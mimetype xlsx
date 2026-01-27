--- v0 (2025-10-02)
+++ v1 (2026-01-27)
@@ -44,74 +44,126 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1894-09-14</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen</t>
+  </si>
+  <si>
+    <t>Emil Hannover</t>
+  </si>
+  <si>
+    <t>Fladbro pr. Langaa</t>
+  </si>
+  <si>
+    <t>Den Hirschsprungske Samling</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen beder i al ydmyghed Emil Hannover modtage et eksemplar af H.P. Holsts nye børnebog "Den lille Hornblæser", som Christiansen har illustreret: Tanken er, at en af Hannovers nevøer kunne få bogen foræret. Christiansen vil også gerne give Willumsens søn Jan et eksemplar og spørger Hannover, om det er korrekt, at familien Willumsen kommer til byen snart. Videre vil han høre til ægteparret Slott-Møllers opholdssted og slutter brevet af med at spørge, om det er Nansen, der under forbogstavet N har omtalt hans illustrationer positivt i Politiken.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ii66</t>
+  </si>
+  <si>
+    <t>Fladbro pr. Langaa
+d: 14de Septbr 1894
+Kjære Hannover!
+Jeg lovede Dem en Gang i Fjor i Paris
+saavidt jeg husker som Belønning for et
+eller andet at De skulde slippe for at
+blive belemret med “den lille Hornblæser”
+naar den en Gang forelaa i Bogform. 
+Da jeg nu imidlertid er i Færd med at
+sende Exemplarer rundt til Venner og Bekjend-
+te saa maa De undskylde at jeg alligevel
+sender Dem et Exemplar af min Børne-
+bog paa Halsen, skjønt jeg ved at De i det
+Stykke er en plaget Mand. Jeg vil nem-
+lig foreslaa Dem at anvende den som
+Foræring naar en af Deres smaa Neveuer
+holder Fødselsdag, maaske kunde detn gjøre
+Fornøjelse ved en saadan Lejlighed og jeg har
+desaarsag undladt Dedikationen foran i
+Bogen.
+Jeg vilde være Dem forbunden om De
+[2]
+vilde lade mig vide om det er sandt at Willum-
+sen med Familie kommer til Byen i Slutnin-
+gen af denne Maaned. Jeg vil nemlig sende
+Jan et Exemplar af min Bog, men hvis
+han kommer til Kjøbenhavn kan det
+jo ikke nytte at sende den til Paris. 
+Slott-Møllers er vel endnu ved Daugaard
+Strand?
+Jeg formoder at det var Nansen som
+under Mærket N. i “Politiken” for i Gaar skjænkede
+mig og mine Tegninger et Par venlige Ord i
+Slutningen af en længere Artikel om Hrr:
+Grøn og “den lille Hornblæser”?
+Venlig Hilsen fra Deres
+hengivne
+R. Christiansen.</t>
+  </si>
+  <si>
     <t>1894-08-27</t>
-  </si>
-[...7 lines deleted...]
-    <t>Emil Hannover</t>
   </si>
   <si>
     <t>Fladbro Kro</t>
   </si>
   <si>
     <t>Charles  Been
 Johan  Rohde
 Joakim Skovgaard
 Agnes Slott-Møller
 Harald Slott-Møller
 Jens Ferdinand Willumsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Den Hirschsprungske Samling</t>
   </si>
   <si>
     <t>Rasmus Christiansen gratulerer Emil Hannover for et indlæg trykt i Politiken. Hannovers tekst er et tilsyneladende ualmindeligt krads svar på en anonym artikel i Nationaltidende, og Christiansen er nysgerrig efter at læse artiklen, der har affødt Hannovers reaktion. Han beder desuden Hannover sende sig en artikel af Julius Lange om Joakim Skovgaard, som også har givet Hannover anledning til et polemisk svar i avisen, fremgår det af Christiansens brev: "Jeg beundrer den Snedighed hvormed De søger at komme Prof: Lange til Livs[...]" Christiansen fortsætter sit brev med at ærgre sig over dårligt vejr, og han efterlyser nyt fra Hannover. Han spørger også til ægteparret Slott-Møller og forestiller sig besværet med at få solgt den vugge, Harald Slott-Møller udstillede på Den Frie samme år. Han spørger desuden efter nyt om Willumsen og Rohde.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/EkXq</t>
   </si>
   <si>
     <t>Fladbro Kro pr: Langaa St:
 d: 27 August 94
 Kjære Hannover!
 Det glæder mig af Deres sidste Artikler
 i “Politiken” at se, at De holder Galden
 flydende, og navnlig er da Deres Indlæg
 imod Kammerherrenøglen i “Nationaltidendes”
 Bagdør den grausamste Salve jeg i lange Tider
 har set Dem affyre. Jeg tvivler ikke om
 at den er fortjent, men det vilde unægtelig
 interessere mig at læse Kammerherrens
 Indlæg i “Nattd”, saa meget mere som jeg i Dag
 i Randers Amtstidende for 25ds læste en Korespon-
 dance fra Kjøbenhavn som hed “Kritiken
 og Marmorkirken”, og hvori udtaltes en stor Forar-
 gelse over den Maade Hrr: E. Hannover i
 Politiken (kjendt som Tilhænger af de Willum-
@@ -152,102 +204,50 @@
 noget ensomt; men det er det jo ogsaa andre
 Steder. Har De hørt noget fra Slott-Møllers?
 Jeg har ikke hørt et Muk siden jeg rejste.
 Nu skal De [de] vel snart til at have Bryderier
 med Vuggen, hvis det skal lykkes at faa
 den afsat, saa der kan være lidt at tære
 paa til Vinteren naar de nu kommer hjem
 fra Landet formodentlig med tomme Lommer.
 Fra Paris har De vel ikke hørt siden det traurige
 Brev fra Willumsen? Hvordan gaar det med
 Rohdes Proses med Sognerødderne om
 hans Altertavle, for De taler vel af og til 
 med Rohde, da det vel er det eneste Men[n]eske
 der endnu er i Byen. Jeg skal se at holde
 [4]
 det gaaende her til henimod Slutningen af
 September, her er saa fredeligt og Naturen
 er saa smuk nu i Eftersommeren naar
 bare man kunde lade være at male.
 Venlig Hilsen fra Deres
 hengivne
 R. Christiansen
 Hils Rohde og Been og skriv et
 Par Ord inden altfor længe.</t>
   </si>
-  <si>
-[...50 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
@@ -323,51 +323,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://emilhannover.ktdk.dk/d/EkXq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ii66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://emilhannover.ktdk.dk/d/ii66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EkXq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -420,101 +420,101 @@
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="s">
-        <v>18</v>
+      <c r="H2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H3" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>26</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>