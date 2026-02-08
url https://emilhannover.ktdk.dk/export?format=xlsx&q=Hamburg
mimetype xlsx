--- v0 (2025-11-02)
+++ v1 (2026-02-08)
@@ -44,322 +44,108 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1893-08-10</t>
+    <t>1893-09-19</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Rasmus  Christiansen</t>
-[...1 lines deleted...]
-  <si>
     <t>Emil Hannover</t>
-  </si>
-[...215 lines deleted...]
-    <t>1893-09-19</t>
   </si>
   <si>
     <t>Johan  Rohde</t>
   </si>
   <si>
     <t>Hamburg</t>
   </si>
   <si>
     <t>Rasmus  Christiansen
 Margrethe  Wildenrath-Krabbe</t>
+  </si>
+  <si>
+    <t>Den Hirschsprungske Samling</t>
   </si>
   <si>
     <t>Hannover er på vej i banken for at sende en sum penge til Rohde. Han takker Rohde for opholdet i Tønning. Det har både gjort ham godt at være et fredeligt sted og at tilbringe tid med en god ven, som han har kunnet betro sine sorger. Hannover beklager at have delt en hemmelighed om fru Wildenrath, som det havde været ædlere af ham at holde for sig selv. Hannover ønsker Rohde god rejse, og håber at se ham til sin fødselsdag 27. september.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/PAzc</t>
   </si>
   <si>
     <t>Hamburg, den 19 Sept. 1893
 Sender dog en Postanvisning
 Kjære Ven,
 Naar jeg nu om lidt har hentet Christiansen
 gaaer jeg til Banquieren, og de 320 Mark vil
 altsaa følge hermed.
 Tak endnu en Gang for Opholdet i Tønning. Roen
 og Freden i den lille smukke By har gjort mig
 godt, men endnu mere godt har det gjort mig
 at være sammen med Dem, hvem jeg kunde
 betro alle mine mange Sorger. Hvis jeg har plaget
 Dem forfærdeligt med min Fortrolighed, skal De
 tilgive mig. Thi jeg var til Tider saa forpint,
 at jeg maatte lette mit Hjærte. Saaledes gik det
 til, at jeg kom til at fortælle Dem Historien
 om Fru W., som det vilde have været ridderligere
 at beholde for mig selv. Men lad den være vel
 forvaret hos Dem! Det har pint min Samvittighed
 meget, at jeg til min egen Lettelse røbede en andens
 Hemlighed.
 Lev vel, kjære Ven, lykkelig Rejse og lad mig snart
 høre fra Dem, f.Ex. til min Fødselsdag, d. 27 Sept., under
 Adressen Bruxelles, poste restante. Deres hengivne
 Emil Hannover</t>
   </si>
   <si>
     <t>1893-10-06</t>
+  </si>
+  <si>
+    <t>København</t>
   </si>
   <si>
     <t>Ludvig 1.
 Wilhelm 2. af Tyskland
 Laurits Andersen Ring
 Arnold Böcklin
 Rasmus  Christiansen
 Ludvig Find
 Carl Frydensberg
 Alice Hannover
 Cavling Henrik
 Svend  Hørup
 Peter Johansen
 Johannes Jørgensen
 Julius  Lange
 Johan Thomas Lundbye
 Karl Madsen
 Agnes Slott-Møller
 Harald Slott-Møller
 George Frederic Watts
 Margrethe  Wildenrath-Krabbe</t>
   </si>
   <si>
     <t>Rohde udstillede, blandt andre danske kunstnerkolleger, to malerier på den internationale udstilling i München i 1893. I kataloget er Rohde repræsenteret med kat. nr. 458, Dänische Landschaft og kat. nr. 459, An der Zuidersee.
 Se også Rohdes postkort til Hannover dateret 25. september 1893.</t>
@@ -527,132 +313,50 @@
 Det er mig en stor Glæde at se at Livsaanderne
 atter vaagner hos Dem, at De er saa glad
 ved Paris og Holland — Jeg har haft den Fore-
 stilling tidligere, at De egentlig ikke kunde lide
 de dejlige Nederlande.
 De spørger om Slott-Møllers Forhold til den frie
 Udstilling? Dertil kjender jeg intet, da jeg ikke har
 talt med Slott-M. derom. Hvad har de skre-
 vet til Dem derom?
 Slott-Møllers er kommen mig meget venligt i Møde
 nu ved min Hjemkomst, jeg har imidlertid noget
 ondt ved at komme i det gamle Forhold til dem [—]
 et Brev som det De læste i Tønning kaster saa lange
 Slagskygger. Og ligeoverfor deres Arbejder staar jeg
 saa vanskelig, imellem os sagt synes jeg egentlig ikke
 om dem. De har imidlertid saa meget at kjæmpe med (saa
 megen Modgang og saa mange Uvenner, at jeg ikke kan be-
 kvemme mig til at sige Dem min oprigtige Mening — jeg synes
 det er Synd — og det piner mig at omgaaes med Folk, som
 Venner, imod hvem jeg ikke kan være fuldt ud oprigtig[;]
 dette er en af Hovedgrundene til, at jeg kun sjældent søger
 Slott-Møllers.
 Deres I. R.</t>
   </si>
   <si>
-    <t>1894-02-21</t>
-[...80 lines deleted...]
-  <si>
     <t>1909-10-25</t>
   </si>
   <si>
     <t>Gudmund Hentze</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/Ss2F</t>
   </si>
   <si>
     <t>München 25 Okt 1909
 [med blyant i Hannovers hånd:] Hentze
 Kære hr
 Emil Hannover!
 De kunde gøre mig en stor Tjeneste ved at
 give mig Deres Anbefaling til at søge det
 Raben|Lewetzauske Fondt. Det er den
 sidste Frist den 1ste November har N.V. Dorph
 skrevet mig til, saa jeg vil bede Dem, hvis De
 vil være saa elskværdig, at sende Anbefa-
 lingen til min Svigerinde Frk. Gunhild An-
 dersen Fælledvej No 12 2. København, hun
 leverer den ind for mig. Jeg bor stadig her
 i München og det gaar mig for saa vidt
 ganske vel, som jeg er rask – usædvanlig
 rask – og arbejder meget. Men det er svært 
@@ -689,50 +393,346 @@
 Han er da Efter min Overbevisning er han da
 med baade i Kraft af sit Talent og sin
 ulykkelige Stilling værdig til al den Støtte, der
 kan ydes ham. 
 [s. 3]
 [fortsat fra s. 1]
 at finde andet og bedre, men med mine
 Pengesager ser det meget, meget sløjt
 ud og nu vil jeg forsøge om jeg ikke
 ogsaa en Gang kunde faa nogle
 Penge gennem Stipendium, jeg 
 har aldrig været saa lykkelig før 
 at kunne faa. Dorph vil støtte mig
 og Knud Larsen har i sin Tid lo-
 vet – uopfordret at ville støtte mig,
 nu har jeg skrevet til Martin Nyrop 
 – om han vil – og nu vil jeg bede
 Dem, hvis De vil og kan, om at give
 mig Deres værdifulde Støtte. Helt
 uqualificeret til at faa Stipendium
 kan jeg dog umulig være.
 Med venlig Hilsen
 Deres ærbødige
 Gudmund Hentze.
 Kaiserstrasse 274 München.</t>
+  </si>
+  <si>
+    <t>1894-02-21</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Vilhelm Hammershøi
+Pietro Krohn
+Viggo Pedersen
+Agnes Slott-Møller
+Harald Slott-Møller
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Hannover er blevet kontaktet af Agnes Slott-Møller angående en uoverensstemmelse med Rohde. Han har meddelt hende, at han finder korrespondancen trættende, og at hun er urimelig i sin kritik af Rohde. Noget tyder på, at uoverensstemmelsen drejer sig om Den frie Udstilling og Hammershøi, som Hannover omtaler rosende i svarbrevet til Agnes Slott-Møller. Slott-Møllers har taget Hannovers replik ilde op, og beklaget sig over ham til Rasmus Christiansen. I indforståede vendinger fortæller Hannover at Pietro Krohn ikke lægger sin vej omkring Hamborg, og spørger om han i stedet kan hjælpe. Dernæst reflekterer han over en "sending af 18. november" som helst ikke skal mistænkeliggøres på skrift, og lykønsker Hannover med at befinde sig udenfor København, så han har mere arbejdsro. Hannover hilser fra Willumsen, og beder Rohde hilse Viggo Pedersen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/aKgp</t>
+  </si>
+  <si>
+    <t>Nygade 7.
+21 Febr. 94
+Kjære Ven,
+Blot et Par Ord i Hast.
+Fru Slott-Møller sendte mig ifor-
+gaars et Brev til Dem til Gjennem-
+læsning og ledsagede det med tre af
+Deres sidste Breve til hende. Jeg skrev
+tilbage til hende, at det ikke havde
+været mig muligt at aflokke denne
+Korrespondance nogen Interesse. Ordret
+skrev jeg saaledes:
+”Jeg synes i min Visdom eller Ligegyldig-
+hed, som er lidt af Visdom, naar
+Talen er om Smaating, at begge Parter
+har Ret eller Uret, ganske som De
+vil. De beklager Dem over, at Rohde
+ikke vil forstaa, at De er anderledes
+end ham, men De vil ikke selv
+forstaa, at han er anderledes end
+De. De vil, han ikke maa
+supponere noget ondt om Dem, og
+[i venstre margen:] Hils Viggo Pedersen fra mig –
+[2]
+De selv supponere al Verdens ondt
+om ham. Om jeg var
+Højesteret og denne Sag blev ind-
+anket for mig: jeg vilde afvise
+den og dernæst rejse Tiltale mod
+Klagerne for unødig Trætte.
+Der er af de fri Udstillere én, der
+har min hele Sympathie. Det er
+Hammershøj. Den er for ham et
+Sted, hvor man hvert Aar sender
+hen de Billeder, man har malet.
+Andet er der ikke for ham, andet
+synes jeg ikke, den burde være for
+nogen, og som andet interesserer 
+den ikke mig personlig”. –
+Jeg meddeler Dem dette Svar
+for alle Tilfældes Skyld. Det er
+[i venstre margen:]
+Hilsener fra Willumsen, fra hvem jeg i Dag havde Brev.
+[3]
+naturligvis blevet taget mig meget
+unaadig om [!]; Slott-Møllers har
+til Christiansen beklaget sig over
+min ”Ligegyldighed for mine Venners
+Skæbne” (Skæbne!) –
+Krohn kommer ikke til
+at rejse til Hamburg. Kan jeg selv
+gjøre noget i Sagen? Jeg finder det
+efter nærmere Overvejelse ikke
+heldigt, at der kommer til at
+foreligge en skriftlig Mistænkelig-
+gjørelse af 18de Novembers Sending.
+Glæd Dem ved Deres Exil og al
+den Tid, som Fritagelsen for Vrøvl
+og Kævl levner Dem til Arbejde.
+Vær venligst hilset,
+Deres hengivne
+Emil Hannover</t>
+  </si>
+  <si>
+    <t>1893-09-01</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen</t>
+  </si>
+  <si>
+    <t>Johan  Rohde
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen vil bestræbe sig på at blive klar til at møde Emil Hannover i Hamborg den 15. september, så han kan nå med på rejsen gennem Holland og Belgien. Han spørger i den forlængelse, om der er særlige attraktioner i Lille. Derefter fortæller han, at han har besøgt ægteparret Slott-Møller, der har fået en sund og rask datter, dog efter en lang og vanskelig fødsel. Afslutningsvist hilser han Hannover fra en Dr. Bergh og beder Hannover skrive, når han rejser fra Tønning og kender sin anskomsttid i Hamborg.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/HSTH</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d: 1ste Septbr 93
+Kjære Hannover!
+Tak for Meddelelsen. Jeg skal gjøre hvad der staar i min Magt for
+at blive færdig til at møde Dem i Hamborg den 15de, da jeg saa gjærne
+gjør Touren gjennem Holland og Belgien med, naar det ikke
+vil tage længere Tid end De opgiver. Det bliver altsaa 3 eller højst
+4 Dage i Holland, hvilket ikke vil kunne spille nogen stor
+Rolle, slipper vi først til Belgien, er det ikke saa dyrt, da vi saa
+kommer til Franc-Systemet. I Lille har jeg ikke været, er der
+noget særligt dèr ud over Voxbusten? – Jeg var hos S-M.s i Dag, det
+gaar meget normalt hidtil baade med Moder og Barn, men det
+var nok en drøj Tour paa omtrent et Døgn, inden det var overstaaet.
+Barnet fik en Arm brækket, men det formenes ikke at ville
+have generende Følger, det er ellers kraftigt og velskabt.
+Jeg kan hilse Dem fra Dr: Bergh. Jeg traf ham paa Gaden i Dag.
+Mange Hilsener til Dem og Rohde fra Deres hengivne
+R. Chr.
+[i venstre margin:]
+Vær saa god at skrive mig til naar De rejser
+fra Tønning med Opgivelse af Tiden De vil være i
+Hamborg</t>
+  </si>
+  <si>
+    <t>1893-08-10</t>
+  </si>
+  <si>
+    <t>Tjele</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Viggo Pedersen
+Johan  Rohde
+Erik Schiødte
+Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>Emil Hannover skal nu kende Rasmus Christiansens utvetydige opfattelse af Hannovers ægteskabelige krise: Christiansen har nemlig intet til overs for Alice Hannovers opførsel - og efter flere brevsiders forargelse over hendes hensynsløshed konkluderer han, "at Kvinden, trods al Intelligens og ydre Politur, alligevel er et laverestaaende og mindre udviklet Menneske end Manden." Rygtet, at Alice er løbet bort med en anden, er nu nået til Tjele, hvor Christiansen opholder sig, og han ser det som sin pligt at gøre Hannover det klart, at separation, jo før jo bedre, er eneste udgang af miseren. Han anbefaler Hannover for adspredelsens skyld at besøge Rohde, der opholder sig i Tønning i Slesvig, og senere på efteråret følges med Christiansen selv via Hamborg, for siden at rejse mod Paris via Nederlandende.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/FzfN</t>
+  </si>
+  <si>
+    <t>Tjele d: 10 Aug 93
+Kjære Hannover!
+Forhaabentlig naar dette Brev
+Dem inden De tager fra Kjøben-
+havn. Jeg skriver for at sige Dem
+min oprigtige Mening om Situa-
+tionen som den har udviklet sig
+at dømme efter Deres sidste Brev.
+De maa se at faa Ende paa
+det hurtigst muligt. Det er umu-
+ligt at det kan blive ved at gaa
+som det nu er gaaet hele Som-
+meren, og det er dog for galt
+om De efterhaanden selv gaar
+helt til Grunde af misforstaaet
+Hensynsfuldhed overfor Deres Kone,
+[2]
+som intetsomhelst Hensyn har taget
+til Dem lige fra Konfliktens Begyndel-
+se og til nu. Hele Deres Kones Færd
+fra Begyndelsen og til Enden er det
+eklatanteste Bevis paa den mest hensyns-
+løse Egoisme som tænkes kan, enhver
+af hendes Handlinger siden Konfliktens
+Begyndelse er udelukkende præget
+af Hensynet til egen Fordel, egen
+Lyst, egen Bekvemmelighed og
+Forfængelighed. Denne stadige Vigen
+tilbage for Afgjørelsen, det er slet
+ikke andet, tror jeg, end Forsøg
+paa stadig at holde en Bagdør aaben
+ad hvilken hun kan smutte hjem
+igjen, hvis det skulde vise sig at
+dette vilde være det behageligste
+for hende. Desuden er hun ganske
+[3]
+blottet for al Moral og Pligtfølelse. At
+tænke sig at hun uden Betænkning
+har kunnet ofre et Samliv som det,
+hun har levet med Dem i 5 Aar for et
+Lune, en Kaprice, som først senere gaar
+over til hensynsløs Lidenskab, det viser
+at Kvinden, trods al Intelligens og al
+ydre Politur, alligevel er et laverestaaende
+og mindre udviklet Menneske end Manden.
+En Mand tror jeg ikke vilde have gjort sig
+skyldig i Sligt. Det lave i hendes Handle-
+maade ligger netop i at hun vèd at
+De stadig holder af hende med alle hen-
+des Fejl, og det benytter hun sig hensyns-
+løst af til at holde Dem i en saadan 
+Tilstand at hun naarsomhelst kan opføre
+Komedien med den angrende Synderinde
+og derved paa ethvilketsomhelst Tidspunkt
+[4]
+efter at have trukket Deres Navn igjen-
+men Snavset atter kan blive modta-
+get med aabne Arme og faa Tilgivelse.
+Men dette er uværdigt for Dem kjære
+Hannover, og jeg vil betragte det som
+en meget stor Ulykke for Dem, om
+De virkelig i et svagt Øjeblik tog hende
+tilbage igjen. Ikke engang almindelig
+Taktfølelse har hun. Saaledes har jeg
+igjennem en Maler som kjender Viggo
+Pedersen, hvor hun bor, hørt at hun
+ganske kynisk dernede har erklæret
+i Forsommeren, at hun var bleven
+kjed af sin Mand nu, men hun
+vilde dog ikke ganske afbryde al For-
+bindelse med han strax, fordi det var
+“Synd”, da han stadig holdt af hende.
+Jeg har ikke tidligere villet meddele
+Dem dette, fordi jeg syntes De havde
+nok at bære i Forvejen, og jeg vilde
+ikke gjøre nogetsomhelst for at influ-
+ere paa Deres Selvbestemmelse med
+[5]
+Hensyn til Forholdet til Deres Kone.
+Rygtet om at hun skulde være løben
+bort med Hrr: K: er forsaavidt
+ogsaa naaet herover, som jeg forle-
+den til en Middag paa Tjele hørte
+det af Direktør Bernhard Olsen,
+som var i Besøg hos Kammerherren.
+Han havde hørt det af Erik Schiødte.
+Kjære Hannover! Jeg har nøje over-
+vejet dette Brev inden jeg skrev det,
+men jeg har ikke kunnet faa
+andet ud af det end at det nu
+var Deres min Pligt at gjøre alt
+for at redde Dem ud af et Forhold
+som allerede har stærkt forkludret
+Dem, og som vil ende med helt
+at ødelægge Dem. Jeg forstaar saa
+godt at De trods alt endnu hol-
+[6]
+der af Deres Kone og kan være
+svag overfor hendes Anger. Men
+jeg tror ikke at der kommer noget
+ud deraf, og jeg har ment at burde
+tilsidesætte Hensynet til det Venskab,
+som jeg har næret for Deres Kone
+af for Hensynet til det Venskab jeg
+nærer for Dem, og som er af betydelig
+ældre Dato. Jeg tror at det nu
+er paa Tide at det bliver sagt Dem
+hensynsløst, hvordan Deres Kones
+Opførsel har været imod Dem,
+maalt med god gammelt hæder-
+lig Moral og Respekt for det en Gang
+givne Løfte. Er man ikke Slave
+af sit Ord, saa bliver man det
+let af noget andet som er meget
+værre og ethvert rettænkende Menneske
+[7]
+maa absolut fordømme enhver Hand-
+lemaade, som kun har Tilfredsstillelsen
+af øjeblikkelig Lyst som Maal, uden
+Hensyn til om man derved træder
+andres Rettigheder fornær. Dette er nu
+min Moral selv om den maaske
+her paa Papiret tager sig mere spids-
+borgerligt ud end den egentlig var
+ment. — Mit Raad til Dem er at
+saasnart De kan saa skal De se
+af[sic] faa gjort de nødvendige Skridt
+til Separationen, som De efter min
+Mening kan gjøre med en god Samvit-
+tighed, og saa skal De tage over til
+Rohde, hvis De da kan komme
+til at bo der. De skal da forsøge
+saa vidt muligt at komme til Ro
+der med et eller andet Arbejde indtil
+[8]
+hen i September, naar jeg er færdig
+til at rejse saa følges vi ad over
+Hamborg. De skal se at paa den
+Maade gaar det meget hurtigere
+og bedre end at gaa og kvæles læn-
+gere med alle disse Pinagtigheder.
+De maa gjærne lade Zeuthen læse
+dette Brev, jeg tror at han vil give
+mig Ret i hvad jeg her har frem-
+ført angaaende Deres Forhold[.]
+I Haab om at De snart maa
+komme til Ro med en difini-
+tiv Afgjørelse, slutter med venlig
+Hilsen fra Deres hengivne
+R. Christiansen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -809,51 +809,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://emilhannover.ktdk.dk/d/FzfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HSTH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/PAzc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/s5kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/aKgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Ss2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://emilhannover.ktdk.dk/d/PAzc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/s5kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Ss2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/aKgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HSTH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/FzfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -928,262 +928,262 @@
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="C3" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="5" t="s">
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>15</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="s">
-        <v>33</v>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K4" s="5" t="s">
-        <v>34</v>
+      <c r="K4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L4" s="6" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="5" t="s">
-        <v>25</v>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="I6" s="5"/>
       <c r="J6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="M6" s="5" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H7" s="5" t="s">
+        <v>48</v>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K7" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 