--- v0 (2025-10-21)
+++ v1 (2026-01-28)
@@ -167,474 +167,54 @@
   <si>
     <t>Hannover takker for et brev fra Rohde. Han vil kigge forbi Rohdes atelier den følgende dag, blandt andet for at låne "Le Latin Mystique" af Rémy de Gourmont. Han meddeler Rohde hvornår han selv vil være hjemme, for det tilfælde at Rohde har tænkt sig at besøge ham.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/3YJP</t>
   </si>
   <si>
     <t>Kære Ven,
 Tak for Deres Brev forleden,
 Jeg vil prøve at søge Dem i
 Deres Atelier i morgen, Søndag
 mellem 2 og 3, bl.a. for at bede
 Dem om at maatte laane
 Remy de Gourmonts ”Le Latin
 mystique”.
 For det tilfælde, De ikke er
 paa Atelieret ved den Tid og
 har tiltænkt mig et Besøg,
 lader jeg Dem vide, at jeg
 næppe er hjemme 10 – 12 og
 efter 2
 Deres hengivne
 E.H.</t>
   </si>
   <si>
-    <t>Søndag</t>
-[...397 lines deleted...]
-    <t>1887-03-04</t>
+    <t>1887-03-12</t>
   </si>
   <si>
     <t>Sofie Holten</t>
-  </si>
-[...20 lines deleted...]
-    <t>1887-03-12</t>
   </si>
   <si>
     <t>Sofie Holten takker for en anmeldelse, Hannover har skrevet. Hun reflekterer i brevet over anmeldelsens indhold, navnlig angående motivvalg og farvebrug. Hun føler sig ikke helt tilpas i det danske kunstmiljø, for kun få er interesserede i skildringen af 'lys' og 'luft' iblandt hendes jævnaldrende. Hun håber, at den stædighed hvormed hun arbejder med disse temaer, i fremtiden vil lade hendes værker skille sig ud som mere selvstændige.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/evf9</t>
   </si>
   <si>
     <t>Nørrevoldgade 25.
 12te Marts 1887 –
 Kære Hr: Hannover!
 Jeg kan ikke andet end paa det hjærteligste takke Dem for den hensynsfulde
 Maade, De har behandlet mig paa. – Jeg sendte straks Anmeldelsen 
 til ”Politiken” – om Farver kan vi to nu engang ikke disputere – men
 hele Maaden de havde skrevet paa var saa alvorlig, at jeg meget takker
 dem – Kritik er jo snarest et gensidigt Respekt-Forhold, og det
 virkelig glæder mig at de tager Hatten af for mig som Kunstnerinde. –
 Med Hensyn til Valget af Motiver lover jeg ingen Forbedring – jeg maa der
 følge mit eget Hoved; jeg tror dog næppe at de har Ret, naar de
 [2]
 mener at dette ligger i Mangel paa Kendskab til Naturen –
 Motiv-Valg er vel snarest ens Smag – at Smag kan udvikle sig og 
 undergaa store Forandringer skal jeg være villig til at indrømme. –
 det jeg nærmest gaar ud paa i mine Billeder er at faa Lys og Luft; – jeg 
 føler mig ikke lidt beklemt om Hjærtet ved at være kommen her hjem
@@ -661,50 +241,53 @@
   <si>
     <t>Sofie Holten er tilsyneladende blevet opfordret til at skrive en udstillingsomtale. Hun er dog usikker på, om det er Emil Hannover eller Martinus Galschiøt der ønsker, at hun skal skrive den, og spørger, hvad der forventes af hende. Hun savner Kliken.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/EHzE</t>
   </si>
   <si>
     <t>Nørrevoldgade 25.
 9de April 1887. –
 Kære Hr: Hannover!
 Tak for deres lille Skrivelse – jo jeg vilde i Grunden finde det rigtig
 morsomt at skrive om denne Udstilling – men er det dem eller
 Galschiøtt der opfordrer mig? eller hvad vil de at jeg skal
 gøre? foreløbig afventer jeg et Svar fra dem –
 Jeg savner ”Klikken” – Med venlig Hilsen deres hengivne
 Sofie Holten. – 
 Vend
 [2]
 Hvis de kalder mig for Sophie saa kalder jeg
 dem Emil_e_</t>
   </si>
   <si>
     <t>1887-05-12</t>
   </si>
   <si>
+    <t>Rasmus  Christiansen</t>
+  </si>
+  <si>
     <t>Christian Krohg fik ikke sin ansøgte tilladelse til at vise maleriet i København, og Karl Madsen skriver bl.a. i forlængelse af en grundig anmeldelse, i Politiken søndag den 15. maj 1887 (samme dag, som Christiansen foreslår Hannover at tage med til Malmø og se maleriet): "Billedet vil sikkert faa godt Besøg i Malmø. Øresund er ikke bredt nok for tilstrækkelig kraftigt at værne Kjøbenhavns Dyd eller Udyd, hvad det nu er, Politimesteren vil beskærme." Madsens artikel refereres i øvrigt af Erik Skram i et brev til Amalie Skram med disse ord samme søndag i maj: "Idag har Carl Madsen skrevet en Artikel om Kroghs Billede i Politiken, jeg har ikke læst den, jeg ser blot, at han råder alle Venner af Kunst til at tage over til Malmø i denne Uge for at se på Billedet. Får jeg Råd gør jeg det. Husk at Du kan købe Politiken i Kristiania i Aviskioskerne." Uddraget af Erik Skrams brev er hentet på tidsaand.no.</t>
   </si>
   <si>
     <t>Rasmus Christiansen foreslår Emil Hannover at tage med til Malmø den kommende søndag for at se et maleri af Christian Krogh. Frk. Holten tager formentlig også med, oplyser Christiansen og tilføjer, hvornår dampskibet afgår fra Kvæsthusbroen.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/dhAs</t>
   </si>
   <si>
     <t>Kjøbenhavn
 Torsdag 12 Mai
 Kjære Hannover!
 Har De ikke lyst til at
 tage med en Tour til Malmø
 paa Søndag for at se Kroghs
 Billede, som er udstillet dèr?
 Jeg har talt med Frk Holten
 i Dag. Hun vil nok med,
 hvis hun kan faa en anden
 Bestemmelse for Søndagen
 annuleret.
 Damperen gaar Form: 11, 15 Min
 Vistnok fra Kvæsthusbroen. 
 Jeg skriver ligeledes til de andre. 
 Venligst
@@ -730,187 +313,50 @@
     <t>Kjøbenhavn d. 5/9 87.
 Kjære Ven!
 De spurgte mig om, af hvad Grund jeg dog skulde
 forære Dem Fotografier — ja jeg maa tilstaa, at det
 er en Sag jeg slet ikke har reflekteret over i
 mindste Maade; — naar man imidlertid gjør en
 Rejse saa langt bort som til Spanien, synes jeg,
 man har visse Forpligtelser. —
 Engang jeg gjorde et større Indkjøb af Fotografier
 til mig selv, fik jeg en del Ting i Hænde som
 jeg tænkte kunde interessere specielt enkelte Venner
 og Bekjendte hjemme, og jeg tog dem med i den
 Tro, at spanske Fotografier ikke saa tit paa
 anden Maade fandt Vejen hjem. —
 Paa denne Maade er de to indlagte Watteau’er
 komne hjem til Dem, modtag dem under den
 Form, De helst vil; men det hele er jo en Baga-
 tel, som der ingen Grund er til at gjøre Væsen
 af.
 Originalerne blev jeg desværre forhindret fra at se, saa
 jeg er hindret fra at give Dem anden Oplysning end den,
 De selv kan læse Dem til.
 Med en venlig Hilsen
 Deres
 Johan Rohde</t>
-  </si>
-[...135 lines deleted...]
-Agnes Rambusch.</t>
   </si>
   <si>
     <t>1887-12</t>
   </si>
   <si>
     <t>Berlin</t>
   </si>
   <si>
     <t>Laurits Andersen Ring
 Harald Immanuel  Hannover
 Sofie Holten
 Valdemar Kleis
 Julius  Lange
 Karl Madsen
 Julius Paulsen
 Niels  Pedersen Mols
 Johan  Rohde
 Agnes Slott-Møller
 Harald Slott-Møller</t>
   </si>
   <si>
     <t>Modtageradresse i Berlin fremgår af brevets indledning.
 Bemærk at scan af brevets side 2 og 3 endnu ikke er tilgængeligt.</t>
   </si>
   <si>
@@ -1667,515 +1113,50 @@
 til Vrøvl — de angaar naturligvis den usalige
 Udstilling. Frants Henningsens Valg, der kun er
 sat igjennem ved meget unoble Midler — for
 ikke ligefrem at sige Valgsvig — har vakt megen
 Forbitrelse, og der begynder atter at tales om
 [4]
 en Separatudstilling, hvilket naturligvis var det
 ene rigtige. Ved en saadan kunde Paulsen, Ring,
 Mols og hvad de nu hedder faa en blive fyldigt
 repræsenterede, hvilket selvfølgelig ikke vil sker
 under de nuværende Forhold. Krøyer staar
 jo nu ganske alene. Paulsen har saaledes
 tænkt paa at anmeldt 14 Billeder — han kunde
 for den Sags Skyld godt have anmeldt alt, hvad
 han havde lavet, det var ikke for meget. —
 Men man mener ikke han vil faa mere end højest
 3-4 Billeder antagne o.s.fv.
 Gid Folk dog kunde samle sig lidt sam-
 men; men man blive skeptisk ved at leve
 i dette Land.
 Men noget maa der gjøres, hvor lidt der saa
 end kommer ud deraf.
 J. R.</t>
   </si>
   <si>
-    <t>1888-04-07</t>
-[...463 lines deleted...]
-  <si>
     <t>1888-09-28</t>
   </si>
   <si>
     <t>Hans Andersen Brendekilde
 Peder Severin Krøyer
 Andreas  Weis
 Johan Peter Wildenrath
 Viggo Winkel</t>
   </si>
   <si>
     <t>Se Hannovers brev 27/8 1888 angående Wildenraths dårlige økonomiske forhold.</t>
   </si>
   <si>
     <t>Rohde takker Hannover for hans seneste brev og det tilsendte særtryk. Rohde er ulykkelig over at høre, hvor slemt det står til med Wildenrath. Hannover har i sit seneste brev spurgt Rohde, om han muligvis kan hjælpe Wildenrath med at afsætte nogle billeder. Rohde kommer her med forslag til, hvordan de bedst muligt kan arrangere dette.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/DteC</t>
   </si>
   <si>
     <t>Kjøbenhavn d. 28/9 88.
 Kjære Hannover ! Siden mit sidste Brev har 
 De været saa venlig at sende mig endnu et Særtryk og et Brev. 
 Naar jeg undtager et Par mindre væsentlige Bemærk[-]
 ninger, som jeg er uenig med Dem i, har jeg
 haft megen Fonøjelse af det første, hvorimod
@@ -2219,408 +1200,85 @@
 Den Person som Frdr.[?] Liebert har i flere Aar
 haft mindst 400 Kr. aarlig til Uddannelser af i de skøn-
 ne Kunster o.s.v. Wildenrath maa jo have
 Forbindelser saa en saadan Hjælp var da
 ikke umulig, lige saa lidt som den var ned-
 værdigende; jeg skulde skal med Fornøjelse tale
 med Weis om Sagen, hvis De synes. 
 Der er rigtignok her den Ting at bemærke, 
 at skal man give, at skal man gøre 
 [3]
 en saadan Anmodning om Understöttelse nogen
 virkelig Vægt, nødes man til at gaa lidt 
 nøjere ind paa W’s Forhold — og hvorvidt
 det er tilladeligt, kan jeg ikke afgjøre, dertil kjender
 jeg ham ikke intimt nok. 
 Noget synes jeg imidlertid der maa gjøres, og er
 De af samme Mening, venter jeg et Par Ord
 fra Dem. 
 Med venlig Hilsen til Dem og Hustru
 Deres
 Johan Rohde
 Min Adresse er nu 
 Nyhavn 22 1 K.</t>
   </si>
   <si>
-    <t>1888-10-14</t>
-[...324 lines deleted...]
-  <si>
     <t>1888-10-22</t>
   </si>
   <si>
     <t>Alice Hannover
 Johan Peter Wildenrath</t>
   </si>
   <si>
     <t>Hannover ville gerne diskutere, hvordan de hjælper Wildenrath, men han har ikke tiden til det. I stedet vil Alice Hannover træde til, og kommer forbi Rohde næste tirsdag med samme formål.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/uONl</t>
   </si>
   <si>
     <t>Udskrift:
 Hr. Maler Johan Rohde
 Nyhavn 22
 K
 Gl. Kongevej 91.
 Kjære Ven,
 jeg vilde gjærne tale med Dem om Sagen
 J. P. W., men det er mig ikke mulig at faa
 Tid dertil. Min lille flinke Kone vil
 derimod gjærne hjælpe mig og kommer til
 Dem paa Tirsdag, naar det passer Dem. – dog 
 helst før Kl. 4½*). Vil De tjene mig med
 omgaaende at opgive mig en Tid.
 Deres hengivne
 Hannover
 *) og nødig før Kl. 1.</t>
   </si>
   <si>
     <t>1888-11-03</t>
+  </si>
+  <si>
+    <t>Johan Peter Wildenrath</t>
   </si>
   <si>
     <t>Hannover undskylder, at han insisterer på, at Wildenraths navn ikke nævnes i forbindelse med det lotteri, de er ved at stable på benene for at skaffe penge til hans hjemrejsebillet. Hannover har sendt listerne til lotteriet ud dagen forinden, og han har indtil videre modtaget 135 kr.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/Lq9g</t>
   </si>
   <si>
     <t>Poststempler: 
 KIØBENHAVN. V. 
 4 11 7 F
 K. 
 OMB. 1 
 4 11 88
 Udskrift:
 Hr. Johan Rohde
 Nyhavn 22
 K
 Kjære Ven,
 Bliv ikke vred over, at jeg indtrængende
 beder Dem undgaa at nævne W.’s Navn.
 Jeg kan ikke forsvare over for ham ikke
 at gjøre alt, hvad der kan gjøres, for at
 hans Navn ikke bliver nævnt. Jeg har
 sendt Listerne ud igaar; til nu indgik 135 Kr.
@@ -2912,242 +1570,50 @@
 Bidrag for hvilket Fru E. Hen-
 riques har tegnet sig, beder jeg
 Dem stryge, da paagældende Dames
 Mand har beklaget sig over
 det til en fælles Bekjendt af os. –
 De har nu sét, at jeg er
 ganske uforbederlig i min Ud-
 tryksform. Men forhaabentlig vil
 denne ikke kunne skræmme Dem
 saameget, at vi to nu ogsaa skulde
 komme bort fra hinanden. Jeg
 vilde beklage dette mange Gange
 mere end jeg beklager et Brud 
 med en Mand, med hvem jeg
 paa ingen Maade passer sammen.
 Min Kone beder mig hilse
 [12]
 Dem. Hun er ikke endnu rask
 nok til at rejse. Jeg længes efter
 at komme bort.
 Deres hengivne Ven
 Emil Hannover
 d. 14 – XII – 88.</t>
   </si>
   <si>
-    <t>1888-12-15</t>
-[...190 lines deleted...]
-  <si>
     <t>April 1889</t>
   </si>
   <si>
     <t>Alice Hannover
 Karl Madsen
 Johan  Rohde</t>
   </si>
   <si>
     <t>Rasmus Christiansen forebereder sin og broderens Paristur i anledning af verdensudstillingen 1889. Christiansen har gjort sig forskellige tanker om pris og standart for logi, og for hvor aftensmaden skal indtages. Broderen skal have sin udstilling klar i en montre før den officielle åbning, så de planlægger den hurtigste rute til den fanske hovedstad - helst med afgang inden udgangen af måneden. Christiansen lader en bemærkning falde om Kunstbladet, som Karl Madsen i 1888 pustede liv i efter 50 års pause, men - som det fremgår - atter er kuldsejlet. Afslutningsvist i brevet vægrer Christiansen sig ved at kommentere på Forårsudstillingen før han og Hannover ses i Paris.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/Ax2V</t>
   </si>
   <si>
     <t>Kjøbenhavn : April 89.
 Kjære Hannover!
 Jeg skal med Fornøjelse tage Deres Frakke
 med til Paris, naar den bare bliver besørget op
 til mig, inden min Afrejse. Ganske vist tænker
 jeg kun at tage en lille Haandkuffert med de
 allernødvendigste Ting med mig, men jeg skal
 nok faa det lavet saadan at vi kan have den.
 Forøvrigt Tak for Deres lange Brev og for al
 Deres Elskværdighed. Naturligvis er vi forberedte
 paa at alt bliver extraordinært dyrt under
@@ -3183,156 +1649,50 @@
 Æder, naar De behøver 3 Frc. for at spise
 Dem mæt.
 Nu hører De formodentlig ikke fra mig,
 førend jeg kan bestemme Dagen for vor
 Ankomst til Paris. Vi rejse den hurtigste
 Route derned, fordi min Broder skal
 være der et Par Dage før Aabningsfesten for at aabne en ordne sin
 Udstillingsmontre, inden.
 “Kunstbladet” henstaar foreløbig i aaben
 Begravelse, da Rohde bestemt afslog at have
 med det at gjøre, ihvertfald for Øjeblikket,
 og han tilraadede energisk at lade Sagen
 hvile noget længere, efter at de forrige
 Udgivere havde begaaet den Dumhed at
 [3]
 slaa det ihjel, istedetfor at lade de andre
 overtage det og forsøge sin Lykke med
 det. 
 Med Hensyn til Foraarsudstillingen
 vil jeg hellere vente, indtil jeg personlig kan
 tale med Dem, da jeg ikke kan skrive
 Kunstkritik.
 Mange Hilsener til Dem og Deres
 Frue fra Deres hengivne
 R. Christiansen.</t>
-  </si>
-[...104 lines deleted...]
-Min Kone siger, det er Bysladder, jeg vil vide.</t>
   </si>
   <si>
     <t>1889-01-18</t>
   </si>
   <si>
     <t>Raphael
 Tizian
 Ernst Bojesen
 Rasmus  Christiansen
 Christoffer Wilhelm Eckersberg
 Maurice Hamel
 Vilhelm Hammershøi
 Carl Holsøe
 Peter Johansen
 Ludvig Kabell
 Peder Severin Krøyer
 Julius  Lange
 Karl Madsen
 Ferdinand Meldahl
 Asta Nørregaard
 Henrik Olrik
 Viggo Pedersen
 Niels  Pedersen Mols
 Joakim Skovgaard
 Agnes Slott-Møller
@@ -3521,262 +1881,50 @@
 Dito solgt Napoleon til Winkel.
 Dito tjerner udmærket
 Dito tjener glubende.
 Dito har tænkt paa at kjøbe et Apothek til sin Broder.
 (Correspondance fra Rom) Frk Asta Nørgaard finder, at
 Loftet i det sixtinske Kapel gjør sig svært dekorativt !!!!
 (Correspondance fra Paris) Kl 8-10 maler jeg en Hestestal paa
 Mars[?]-Marken, fra 10-12 arbejder jeg i en lille Kirke bagved
 Panthéon. Kl 12-2 tager jeg ud til Asnières til et Friluftsbil-
 lede fra 2-4 er jeg i Lag med en Vinstue for Arbejdere 
 fra 4-6 den samme Vinstue i “Kunstig” Lys og fra 6-8
 i elektrisk Lys, saa et lille Maaneskin til 10 men saa
 er jeg træt og gider ikke se mere af Paris!
 (Correspondance fra Berlin endnu ikke ankommen).
 Ja nu kan jeg s’gu ikke mere; men jeg
 vilde dog ikke have at Deres Kone skulde sige
 Sladder for ingen Ting — De véd nok den stakkels
 Mand maa altid undgjælde for Konens Dumheder.
 En venlig Hilsen til Deres Hustru og
 Dem selv
 Deres
 Johan Rohde
 Christiansen beder hilse.</t>
   </si>
   <si>
-    <t>1889-01-21</t>
-[...210 lines deleted...]
-  <si>
     <t>1889-02-04</t>
   </si>
   <si>
     <t>Rasmus  Christiansen
 Pontus Fürstenberg
 Robert Hirschsprung
 Peder Severin Krøyer
 Asta Nørregaard
 Johan Peter Wildenrath
 Jens Ferdinand Willumsen
 Viggo Winkel</t>
   </si>
   <si>
     <t>Flere af oplysningerne i brevet her er opfølgning på information viderebragt og diskuteret i brevene 9. januar, 18. januar samt 21. januar 1889.</t>
   </si>
   <si>
     <t>Wildenraths lotteri er gået middelgodt, men der er nok til at finansiere hans hjemrejse fra Frankrig. Rohde konstaterer, at ingen af arrangørerne (ham selv iberegnet) har vist sig at have de store organisatoriske evner. Rohde må rette nogle misforståelser angående den "bysladder", han videreformidlede i sit brev 18. januar 1889. Krøyer har udstillet "Hip Hip Hurra", som Rohde er begejstret for. Rohde ærgrer sig over, at det er i svensk eje. Kunstbladet er gået ind.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/lFcb</t>
   </si>
   <si>
     <t>Kjøbenhavn d. 4 Februar 89.
 Kjære Ven! Naa saa fik vi da Has paa Lotteriet og
 et nogenlunde tilfredsstillende Udbytte — Middelhøst vil jeg
@@ -3877,174 +2025,50 @@
 Næsen). For mig har dette Billede nu været til stor
 Fornøjelse og jeg beklager meget, at det som alt det
 betydeligste af Krøyer er vandret ud af Landet —
 Den Sundhed og den Malerglæde* der er i dette Billede
 er en saa sjælden Vare her til Lands, og at Folk faar
 (* jeg sigter ikke her til at sex Malere staar og drikker Cham[-]
 pagne og raaber Hurra — men til Glæden ved at male,
 den Fest det er for ham, ikke Spor af det pinlige
 som vi alle alle vi andre lider under.) Skam om
 de ikke synes om det. —
 —
 De ved vel at Hirschsprung forlod Examen, som han
 altsaa skal tage om til næste Aar – De har altsaa 
 Fred et Aar for “Konkurrenten”.
 —
 Den næste Nyhed bliver Bedømmelsen af de til den franske
 Udstilling indsendte Billeder, men derom kan jeg intet med-
 dele i Dag —
 —
 Kunstbladet hensov da blideligt — med en stor Løgn til
 Slutning. —
 Venlig Hilsen til Dem og Hustru
 Deres Johan Rohde</t>
   </si>
   <si>
-    <t>1889-02-07</t>
-[...122 lines deleted...]
-  <si>
     <t>1889-02-12</t>
   </si>
   <si>
     <t>Rasmus  Christiansen
 Viggo Johansen
 Vilhelm Klein
 Ferdinand Meldahl
 Peder Mørk Mønsted</t>
   </si>
   <si>
     <t>Johan Rohde vender tilbage til Meldahl/Johansen-affæren, som Emil Hannover har udtrykt interesse for. Rohde beretter fra censurkomitéen til Pariserudstillingens møde. Han er utilfreds med Vilhelm Kleins optræden, som (med henblik på at sikre sine egne præferencer) har gennemtrumfet, at den samlede komité på tværs af sektioner skal godkende valget af kunstnere. Rohde har hørt fra Christiansen, at Hannover også har udtrykt ønske om at afsløre Kleins slette metoder. Peder Mønsted har afholdt en kritikerrost auktion over sine værker.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/BtX1</t>
   </si>
   <si>
     <t>Kjøbenhavn d. 12/2 89.
 Kjære Ven! Jeg sendte Dem for en halv Snes Dage
 siden en Skrivelse i Anledning af Lotteriets Trækning, som
 jeg antager, De har modtaget; naar jeg i Dag igjen
 skriver Dem til, er det ikke for at minde Dem herom
 men, fordi jeg ved at se Morgenbladet for i Søndags
 mindedes den Interesse, som De efter Deres sidste Brev
 at dømme syntes at nære for d'Hrr. Meldahl og Johan-
 sens sidste Produkt. Jeg har udklippet Artiklen, som
@@ -4096,119 +2120,50 @@
 og herved fik de gamle Overtaget. Der protesteredes
 [3]
 men uden Nytte, “Protokollen” gav Hr Klein Ret.
 Enten maa samtlige Kunstnere, som i temmeligt stort
 Antal var tilstede og som vedtog Sectionsafstemningen
 have været Idioter tilhobe eller ogsaa maa
 der være begaaet Misligheder ved Protokolførin-
 gen og eller dennes Fortolkning, at det er det sidste 
 der er Tilfældet, nærer jeg ikke ringeste Tvivl om
 ligesaalidt som om, at Hr Klein er Manden —
 ihvorvel jeg paa ingen Maade overvurderer de
 Herrer Maleres Intelligens. —
 Læste De samme Mands Artikler om de franske
 Kunstnere i Maanedsskriftet “Literatur og Kritik”
 (i 2 Hefter), hvis ikke det er at faa dem; de
 giver interessante Bidrag til Forstaaelsen ikke blot
 af Kunstkjenderen og men ogsaa af Gentleman..
 og Sædelighedsmanden. —
 Igaar solgtes holdt Mønsted sin anden Auktion
 rost af hele Pressen indbragte den ham hele 12,500
 Kroner!! Frækkere Udstilling har jeg aldrig set.
 —
 Venlig Hilsen til Dem selv og Hustru
 Deres
 Johan Rohde</t>
-  </si>
-[...67 lines deleted...]
-Alice Hannover</t>
   </si>
   <si>
     <t>1889-03-28</t>
   </si>
   <si>
     <t>Gerhard  Heilmann
 Carl Holsøe
 Viggo Johansen
 Julius Paulsen
 Georg Seligmann
 Niels  Skovgaard
 Harald Slott-Møller
 Fritz Syberg
 Frederik Vermehren
 Gustav Vermehren
 Niels  Vinding Dorph
 Johan Peter Wildenrath
 Marie Antonie Elisabeth  Wildenrath
 Jens Ferdinand Willumsen
 Viggo Winkel</t>
   </si>
   <si>
     <t>Rohde har modtaget brev samt nogle værker fra Wildenrath, der stadig befinder sig i Frankrig. Wildenrath ønsker ikke at flytte hjem foreløbigt. Rohde mener at kvaliteten af Wildenraths værker er faldet drastisk. Hannover tror, at Wildenrath har brudt kontakten med ham, men Rohde mener det kan skyldes dovenskab at han ikke har besvaret Hannovers breve. Rohde overvejer hvad de skal gøre med Wildenraths pengesituation, herunder det indtjente beløb fra lotteriet. Dernæst diskuteres Charlottenborgudstillingen der skal til at åbne. Flere har (ifølge Rohde, på uretfærdigt grundlag) fået afvist deres billeder af censurkomitéen. Rohde beder om nyt om de nye kunstbevægelser i udlandet.</t>
   </si>
   <si>
@@ -4457,1032 +2412,158 @@
 er sandt, saa vilde det ikke være
 saa rart. Ved De noget derom?
 Rygtet skulde ifølge Brevskriveren
 stamme fra Krøyer. Imidlertid 
 kan jeg ikke udsætte min Rejse
 [3]
 af forskjellige Grunde, og jeg faar derfor
 løbe an paa, at jeg nok faar et
 lille Kig af Kunstafdelingen med
 ogsaa. De maa endelig ikke gjøre
 nogensomhelst Anstalter med at møde
 paa Stationen eller lign: Vi finder jo
 sagtens R rue de Lille, og hvis De bare
 der har Plads for os, saa vil jeg være
 dem meget taknemlig. 
 Venlig Hilsen til Deres Frue
 og Dem selv fra Deres hengivne
 R. Christiansen.
 Hilsen fra Rohde. Han kalder mig
 et stort Fæ, at jeg rejser saa tidligt paa
 Aaret, men Herregud, naar man
 nu ikke kan rejse paa nogen anden
 Tid.</t>
   </si>
   <si>
-    <t>1889-05-27</t>
-[...97 lines deleted...]
-  <si>
     <t>1889-05-31</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Paris</t>
   </si>
   <si>
     <t>Harald og Agnes Slott-Møller er netop hjemvendt fra Paris, hvor de har tilbragt megen tid med ægteparret Hannovers. Dette fremgår af Hannovers brev af 27. maj 1889 til Rohde, hvor Hannover fra Paris skriver, at Slott-Møllers er rejst fra hovedstaden, hvor han og hustruen Alice "navnlig i den sidste Maaned [var] meget sammen med disse to, som vi kom til at sætte ganske overordentlig megen Pris paa."</t>
   </si>
   <si>
     <t>Emil Hannover har lånt ægteparret Slott-Møller 100 kr., som Harald Slott-Møller her skriver fra København og takker for. Han takker også for en billet - måske til togrejsen hjem fra Paris - som Hannover har sørget for. Rejsen går nu mod Jylland, og Harald Slott-Møller spørger Hannover, om han har været i Ebeltoft. Er Christiansen stadig i Paris, skal Hannover hilse ham.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/uk2M</t>
   </si>
   <si>
     <t>31/5 89
 Kjære rare Hannover
 To Ord i Hast. Tak
 for Laan af Pengene
 som var os til stor
 Nytte i Tyskland
 og Tak for jeres venlige
 Billiet vi var frygte-
 lig kjede af at vi
 kom bort fra jer
 men da vi havde
 ledet noget opgav
 vi det selvfølgelig.
 Da jeg om en Time rejser
 til Jylland kan jeg
 ikke faa Tid til at
 [2]
 fortælle dig om mit
 Indtryk af Kjøben-
 havn. Har Du været
 i Æbletoft?
 Vil du hilse din
 Kone paa det aller-
 venligste fra os
 samt hilse Christiansen
 hvis han er i Paris
 endnu. Selv hilses
 du paa det bedste
 fra din hengivne
 Ven
 H Slott-Møller</t>
   </si>
   <si>
-    <t>1889-06-01</t>
-[...528 lines deleted...]
-  <si>
     <t>1889-08-31</t>
   </si>
   <si>
     <t>Rasmus Christiansen takker for et besøg hos ægteparret Hannover, der opholder sig på landet, og vedlægger brevet to æsker med cigaretter. Betalingen skal blot lægges hos Christiansens bror i København, når Hannovers en dag er i byen. Slutteligt i brevet bedes familien Holm hilst og køerne ligeså.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/4Tyq</t>
   </si>
   <si>
     <t>Kjøbenhavn d: 31: Aug 89
 Kjære Hannover!
 Tak for i Gaar, det var, trods det lidt fugtige
 Vejr en overordentlig behagelig Dag. Og jeg kan
 berolige Dem og Deres Frue med, at jeg hidtil
 ikke har havt ringeste Men af de konserve-
 rede Blommer, ligesaalidt som af Kjøretouren
 uden Plaid. Hermed følger 2 Æsker Cigaretter,
 men jeg kunde ikke opdrive mere end 1 Æske
 af den Slags, som De havde givet mig Opskrift
 paa. Derfor tog jeg en anden som naturligvis
 (ifølge Cigarhandleren) var ligesaa gode. De 40 Kr
 blive afsendte i Formiddag. De behøver ikke at
 sende disse Penge til mig paa Fyn. De kan
 ved Lejlighed lægge dem ind hos min Broder
 i Nygade en Dag naar De kommer til Byen,
 saa skal jeg give ham Besked desangaaende.
 Med venlig Hilsen til Deres Frue og Dem,
 samt til Familien Holm og Køerne, tegner
 jeg 
 mig Deres hengivne
 R. Christiansen
 [i venstre margen:]
 P.S. Lægen mente ikke at der var noget alvorligt paafærde
 med den unge Hr Holm,
 han troede det kun var en min
 lille lokal Forblødning, som Følge af Irritation fra
 en af de Silketraade, … som er anvendt ved det indvendige 
 Saars Forbinding.</t>
   </si>
   <si>
-    <t>1889-09-08</t>
-[...214 lines deleted...]
-  <si>
     <t>1889-11-11</t>
   </si>
   <si>
     <t>Hannover inviterer Rohde over næste onsdag aften.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/dReb</t>
   </si>
   <si>
     <t>Kjære Ven,
 Gjør os den Glæde at besøge
 os første Onsdag Aften – ikke
 senere end 7½.
 Venlige Hilsener fra min Kone
 og Deres hengivne
 E.H.
 11.XI.89</t>
-  </si>
-[...33 lines deleted...]
-Skriv snart.</t>
   </si>
   <si>
     <t>1890-01-06</t>
   </si>
   <si>
     <t>Rohde takker Hannover for en tilsendt tekst. Hannover har været syg og han har bildt Christiansen ind, at han har været nødt til at spise en bøf i timen for at holde sig frisk. Rohde mener, at denne lille spøg er tegn på, at han er ved at være rask.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/1xM0</t>
   </si>
   <si>
     <t>D. 6 Januar 1890
 Kjære Ven! Da min Vej rimeligvis ikke i de første
 Par Dage gaar ad Vesterbro, saa blot foreløbig 
 to Ord for at takke Dem for den nydelige
 lille Nytaarsgave, De sendte mig, det smukkeste
 Stykke Prosa, jeg længe har læst — kun Skade
 at det var saa kort, men De giver os maaske
 en anden Gang lidt mere om denne interessante
 Kunstner. —
 Christiansen fortalte mig igaar, at De var ble-
 ven meget medtagen af Influenzaen, som jeg troe-
 de kulminerede under mit Ophold hos Dem.
 — Han fortalte (i Alvor), at De var nødt til
 at spise en Boeuf hver Time (24 – fire og tyve
@@ -5660,80 +2741,50 @@
 repræsentant eller Magistratsmedlem netop altid
 er Medlem af Foreningen — ; i hvert Fald maa
 der tilføjes i Lovene forudsat at Mænd med
 de ovenfornævnte Tillidshverv ere Medlemmer af
 Foreningen. — Det samme gjælder Bestemmelsen
 om en Kunsthistoriker, som er en endnu sjældnere
 Fugl end en Rigsdagsmand.
 Ja det er, hvad jeg har at bemærke i Øjeblikket
 og forresten god Lykke paa Fredag.
 Undskyld den sjuskede Form, men jeg er kommen
 Træt hjem, og det er bleven sent. —
 Venlig Hilsen og til Slut, hvad jeg skulde have
 Ssagt først, megen Tak for sidst.
 Deres Ven
 Johan Rohde
 Jeg har indlagt et Brev til Deres Kone med
 en Tak, — som da ogsaa gjælder Dem, for
 Venligheden at vilde se mig i paa Torsdag.
 —
 * à propos var det ikke ogsaa en Opgave at faa enkelte af
 vore bedre hengemte Statuer dragne frem af Mørket
 og stillede paa andre Pladser, hvor de kunde være til nogen
 Glæde.</t>
   </si>
   <si>
-    <t>Agnes Slott-Møller
-[...28 lines deleted...]
-  <si>
     <t>1890-02-17</t>
   </si>
   <si>
     <t>Hannovers er på vej til Italien. Rohde har rådet dem til at vente på grund af influenzaepidemien der i øjeblikket raser dernede, men Hannover har hørt fra pålidelig kilde, at faren er drevet over. Hvis han får tid, kigger han op til Rohde og siger farvel inden afrejsen.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/ydKP</t>
   </si>
   <si>
     <t>17.II.90
 Kjære Rohde, 
 Vi rejser vistnok alligevel paa Lørdag, jeg har
 næmlig i Dag faaet den Underretning fra en i
 Rom bosiddende og uinteresseret Mand, at Influenzaen
 er saa godt som forsvundet fra Italien. Jeg meddeler
 Dem dette, for at De ikke skal tro, vi aldeles ikke har
 villet lytte til Deres velmente og venskabelige Raad, som
 vi tværtom har været Dem meget taknemlig for, fordi
 de vidnede om saamegen Interesse for os. Faaer jeg Tid,
 kommer jeg ganske sikkert op og besøger Dem, inden vi
 rejser. Faaer jeg ikke Tid, siger jeg Dem hermed Farvel og
 Tak for godt Selskab denne Vinter. Med venlige Hilsener
 fra min Kone, Deres hengivne E.H.</t>
   </si>
   <si>
@@ -5841,90 +2892,50 @@
 megen forlegenhed; ”Den fri Udstilling” lyder
 meget godt; men Kleis paastaar, at det [mangler] 
 [Vertikalt, i venstre margen:]
 For resten vilde han vist være en udmærket Acquisition for “Kjøbenhavn”,som igaar
 bragte en Artikel af O. M. ([?]: Pur) om Fremtidsmusik – omtrent i samme Genre
 [2]
 [mangler] Kilde til megen Bryderi for ham, da Publikum
 [mangler] “fri” i Betydningen “gratis” — og jeg
 [mangler] saamæn ikke sværge paa, at ikke Folk er
 [mangler] dumme. Samme Kleis beder derfor
 [mangler] om et Navn til at avertere med; men
 [mangler] finde dette synes det vanskeligste af alle — .
 —
 Ja om ikke før[,] ser jeg Dem vel Torsdag
 Aften — Hils Konen, hun har det vel godt.
 De skulde tage hende med; selv om det ikke
 vil more hende at høre paa Manden, saa
 dog maaske vil det dog maaske interessere hende
 at betragte alle de for Breughel sværmende
 Mennesker —
 Venlig Hilsen
 Deres
 Johan Rohde
 [mangler] […]er “Lappen” men jeg har
 [ikke] andet Papir i Huset</t>
-  </si>
-[...38 lines deleted...]
-Mange Hilsner fra mig!</t>
   </si>
   <si>
     <t>1890-03-11</t>
   </si>
   <si>
     <t>Leone Battista Alberti
 Anna Ancher
 Michael Ancher
 Alfred Bramsen
 Georg Brandes
 Vilhelm Hammershøi
 Alice Hannover
 Carl Holsøe
 Viggo Johansen
 Julius Langbehn
 Christian Mourier-Petersen
 Julius Paulsen
 Theodor Philipsen
 Joshua Reynolds
 Agnes Slott-Møller
 Harald Slott-Møller</t>
   </si>
   <si>
     <t>Johan Rohde er bekymret for Emil og Alice Hannovers helbred i det kolde München. Han beklager, ikke at have besøgt Hannovers inden deres afrejse, særligt fordi Alice Hannovers helbred er dårligt. Rohde glædes over den positive modtagelse af den tyske oversættelse af Hannovers bog om Watteau. Rohde opfordrer Hannover til at overveje at tage en universitetsgrad. Han takker Hannovers for deres støtte og opbakning til hans arbejde, og han beskriver, hvor svært det til tider er at færdes i det kunstneriske miljø i Danmark. Han giver udtryk for sin misbilligelse af størstedelen af sin samtids danske kunstnere, og for hvordan kun ganske få af hans kolleger har sans for hans egen kunstopfattelse. Afslutningsvis opremses en række nylige begivenheder: Georg Brandes har forelæst, Henrik Bramsen har afholdt udstilling i Kunstforeningen, Slott-Møllers har begge produceret gode værker, og han fremhæver særligt Agnes af de to.</t>
   </si>
@@ -6055,512 +3066,51 @@
 Dr. G.B. har talt i en Forelæsning om en ny tysk Bog “Rem-
 brandt som Opdrager” et stort (anonymt) filosofisk Værk.
 — og fremkom med en Opfordring til danske Kunsthistorikere
 om at udgive en moderne Skildring af Alberti. —
 I Kunstverdenen har der været Bramsens Udstilling i Kunstfore-
 ningen. Et Par yderst manierisk, sygelige men naturligvis
 ganske interessante og (for det enes vedkommende) ganske karakter-
 fulde Portrætter af Hammershøj. Mange Billeder af Jul. Paul-
 sen , som viste, at man helst skal have ham i smaa
 Dosis — et uendeligt tarveligt Arbejde af Holsøe, et
 meget daarligt Selvpotræt af Viggo Johansen, og aldeles
 dejlige ældre Ting af Anna og Michael Ancher og
 Philipsen. —
 Har Er henrykt over de møllerske Arbejder (begges)
 der tiltrods for de masser af Fejl, de rummer
 (hendes nu ikke saa mange) er saa uendelig forfriskende
 iblant hele den øvrige Middelmaadighed. —
 Syntes i Dag (imorgen er Indleveringen) ikke, at Hovedet paa Dr. [Brandes]
 var lykkedes; raadede Møllers til at vente og ikke sende det ind. De
 var enige med mig, men mente Dr. vilde gjøre Indvendinger. M. 
 vilde iaften efter Kl 11 gjøre et sidste Forsøg med Ham. Haabede paa
 det vidunderlige — jeg ikke — .
 Mange venlige Hilsener til dem begge. Send et Par Ord. Deres Johan Rohde</t>
   </si>
   <si>
-    <t>1890-03-23</t>
-[...460 lines deleted...]
-Permelille</t>
+    <t>April 1890</t>
   </si>
   <si>
     <t>Alice Hannover
 Frants  Henningsen
 August  Jerndorff
 Niels  Pedersen Mols
 Johan  Rohde
 Agnes Slott-Møller
 Harald Slott-Møller
 Peter Tom-Petersen
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Se også Christiansens brev af 18. marts 1890 til Hannover, hvor ægteparret Slott-Møllers respektive malerier til forårsudstillingen beskrives.</t>
   </si>
   <si>
     <t>Rasmus Christiansens brev er adresseret poste restante til Emil Hannover i Rom. Forårsudstillingen på Charlottenborg har været åben i to uger og anmeldelserne begynder at komme i aviserne, skriver Christiansen. Han fortæller, at Harald Slott-Møller ikke fik sin Adam og Eva gennem censuren, men at hans øvrige værker til gengæld fremstår bedre end forventet - mens Agnes Slott-Møllers maleri gjorde sig bedre i parrets atelier. Johan Rohde fik afvist fire malerier, så han har kun en lille skitse med på udstillingen. Videre beretter Christiansen, at Frants Henningsen er valgt til Professor og lærer ved Modelskolen på Kunstakademiet, og der er forlydender om en protest imod dette. Afslutningsvist nævner Christiansen nogle danske malere på vej til Italien, som Hannover måske træffer.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/VALa</t>
   </si>
   <si>
     <t>Kjøbenhavn : April 1890
 Kjære Hannover!
 Efter Opgivelsen i Deres sidste Brev-
@@ -6636,50 +3186,57 @@
 Hvis De ikke allerede har hørt det saa
 kan jeg glæde Dem med, at Deres specielle
 Ven Frants Henningsen er bleven valgt
 til Professor og Lærer ved Modelskolen
 efter Block.[sic] Han fik 14 Stemmer, Jerndorff
 kun 11. Man finder Skandalen saa stor,
 at der for Alvor har været Tale om at
 protestere, men til hvad Nytte? — Forresten
 bliver det naturligvis heller ikke til noget,
 hvordan skulde man kunne blive enig
 om det? — Petersen-Mols og Tom Petersen
 ere forleden afrejste til Italien, saa maaske
 De ved Lejlighed støder paa Dem. Zahrt-
 mann følger efter om kort Tid tilligemed
 et Par af sine Elever.
 Til Slutning en venlig Hilsen med
 Ønske om Helsen og Sundhed til Dem og Frue
 fra Deres hengivne
 R. Christiansen
 [i venstre margen:]
 Vèd De noget om, naar De kommer hjem? Rohde fortalte
 at Deres Penge slog udmærket til, hvilket glæder mig</t>
   </si>
   <si>
     <t>1890-04-13</t>
+  </si>
+  <si>
+    <t>Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Rom</t>
   </si>
   <si>
     <t>Georg Achen
 Anne Marie Carl-Nielsen
 Rasmus  Christiansen
 Christen Dalsgaard
 Malthe Engelsted
 Alice Hannover
 Otto Haslund
 Frants  Henningsen
 Julius Hertz
 Peter Ilsted
 August  Jerndorff
 Viggo Johansen
 Peder Severin Krøyer
 Karl Madsen
 Theodor Philipsen
 Johan  Rohde
 Georg Seligmann
 Joakim Skovgaard
 Knud Christian Søeborg
 Carl  Thomsen
 Frederik Vermehren
 Niels  Vinding Dorph
 Oscar Wandel
@@ -7192,55 +3749,15878 @@
 [3]
 Hvis De, hvad jeg naturligvis ikke antager, skulde
 tænke paa at gjøre en Tour hjem i Slutningen af næste Maaned
 og altsaa med det samme se Udstillingen og saa
 formodentlig skrive om den, gjør mig da den Tjeneste
 saa at skrive mig det til strax, for at jeg kan
 slippe. 
 Da Nansen skulde have besked snart, vilde
 De maaske gjøre mig den Tjeneste, hvis De
 endnu ikke har opgivet at komme hjem, og
 skrive, da at telegrafere mig til[,] blot
 “Ja”
 ikke andet; hører jeg ikke fra Dem, opfatter
 jeg det saaledes, at De ikke tænker paa at
 rejse hjem foreløbig, og jeg gaar saa mulig-
 vis (??) ind paa et af Forslagene at skrive
 lidt af det som falder mig ind; nogen Mono-
 grafi eller lignende indlader jeg mig ikke paa
 —
 De venligste Hilsener fra Deres hengivne
 Johan Rohde
 Jeg hører gjerne fra Dem, men jeg ved nok at
 Rejsendes Tid er kostbar!</t>
   </si>
   <si>
-    <t>1890-04-20</t>
+    <t>1890-05-12</t>
+  </si>
+  <si>
+    <t>Karl Madsen
+Henri  Regnault
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Rohde sender med brevet et særtryk af sin artikel om Charlottenborgudstillingen i Dagens Krönike. Han undskylder, at den er uigennemtænkt og dårligt skrevet. Han har følt sig nødsaget til at trykke den alligevel, fordi Karl Madsen ellers sandsynligvis havde påtaget sig opgaven, og han havde været kritisk indstillet overfor Slott-Møllers. Udstillingen har været en skuffelse for Hannover, Rohde og deres ligesindede. Slott-Møller er blevet beskyldt for plagiat af Henri Regnaults "General Prim", og Rohde tager ham i forsvar.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/EGHX</t>
+  </si>
+  <si>
+    <t>Nyhavn 22. 1.
+D. 12-V-90.
+Kjære Ven! Jeg afsendte i Lørdags et Par Ord til Deres
+Hustru, og siden da er der ikke passeret andet end,
+at forskjellige Mennesker er flyttet paa Landet — blant
+andre Møllers til Vendsyssel — skjønt Guderne skal
+vide, at Vejret ikke er meget sommerligt; jeg fyrer
+i hvert Fald i Kakkelovnen paa Kraft. 
+Mit Ærinde er forresten — en ren og bar Høflig-
+hed vil jeg sige Dem; jeg var s’gu helst fri — at
+overantvorde Dem et Særtryk af “Dagens Krønike”
+en Artikel om Udstillingen, overfladisk tænkt og daar-
+lig skrevet — jeg er nu engang ikke Literat — men
+der var jo kun Madsen til det og han vilde sikkert
+have medtaget Møllers meget stærkt — og de
+kan saamæn (Møllers) have lidt Venlighed Behov.
+Naturligvis saa De før Udstillingens Aabning altfor
+optimistisk paa, hvad den vilde bringe — ja naar
+man tænker paa hvilke Skuffelser De, fordi De ven-
+ter saa umaadelig meget af alt, mellem Aar og
+Dag maa lide, saa maa man virkelig beundre
+Deres Sejghed. De havde ganske sikkert iaar
+ventet den mest fuldkomne Succés og Resul-
+tatet er bleven en Nedrakning, som jeg aldrig
+— jeg gjentager aldrig — har set Mage til hos af
+Uvennerne og en ufattelig Kjølighed hos Deres faa
+Venner.
+[2]
+Jeg kommer i Tanker om, at De har udtalt Dem
+til mig om Møllers Hest's Lighed med Reynaults
+jeg vil dog sige Dem for at forebygge Misforstaa-
+elser, at jeg selvfølgelig er af Deres Mening;
+Der er ingen Tvivl om, at Marskal Prim har haft
+meget stor Betydning for Møller med Hensyn
+paa dette Billede; men hvad De og jeg og selv-
+følgelig alle, som har nogen sand Interesse og Forstand
+paa Kunst har Lov til at mene og sige, kan man
+derfor ikke tillade den første den bedste Student, som
+skriver i Bladene for at tjene til en Tivolibillet,
+og hvis Verdenskundskab akkurat strækker sig fra Grøn-
+ningen til Frederiksberg Runddel. Hvad saadan-
+ne Recensenter og hele Publikum — Mennesker,
+der aldrig har set en Tomme af Reynault [—] har
+tilladt sig overfor Møller i Retning af Beskyldninger
+for Plagiat og ligefrem Tyveri er gaaet over alle
+Bredder; de vil vistnok paa Baggrund heraf kunne
+forstaa mine Udtalelser i Artiklen om dette Emne.
+—
+Jeg vil ikke forlange af Dem, at De skal tilskrive
+mig lange Breve, De er selvfølgelig saa optaget som
+vel muligt; men et Par [Ord] om hvordan De og Deres
+Hustru har det[,] vilde glæde mig meget; jeg
+[3]
+haaber nu hun har det bedre —
+Lev begge vel[,] en venlig Hilsen
+fra Deres Hengivne
+Johan Rohde
+Da det er billigst, lader jeg Særtrykket gaa
+for sig i Korsbaand.</t>
+  </si>
+  <si>
+    <t>1890-07-18</t>
+  </si>
+  <si>
+    <t>Alice Hannover glæder sig til at se Rohde igen snart. Hun svarer på Emil Hannovers vegne, da hun har tilladelse til at åbne og læse hans post.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Khz9</t>
+  </si>
+  <si>
+    <t>Fredag. Reventlowsg 22
+Kjære Hr. Rohde
+Hvis De vil være sikker paa at træffe
+os, maa De komme inden 12 eller efter
+5. Kom til Middag hvis det er Dem muligt,
+men send mig Bud forinden. Vi glæder os
+meget til at se Dem igjen. Jeg svarer for
+min Mand, fordi han ikke var hjemme
+da Deres Brev kom. Jeg har hans Tilladelse
+til altid at aabne og læse hans Breve.
+Paa snarligt Gjensyn Deres
+Alice Hannover</t>
+  </si>
+  <si>
+    <t>1890-09-17</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Marie  Krøyer
+Peder Severin Krøyer
+Johan Peter Wildenrath</t>
+  </si>
+  <si>
+    <t>Rohde kan berette, at der kun står 400 kr. på Wildenraths sparekassebog. Han glæder sig til at tale rigtigt med Hannover, og til at se de fotografier, han har medbragt fra sin udlandsrejse. Rohde spørger til Alice Hannovers helbred og føjer til, at han har hørt, at Krøyers er kommet hjem fra deres bryllupsrejse, og at Marie var i skidt tilstand. Rohde beder slutteligt Hannover hilse sin hustru med det håb, at hun ikke er gal over over Rohdes indblanding i Wildenraths pengeaffærer.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/mbVk</t>
+  </si>
+  <si>
+    <t>Nyhavn 22, 1. 17-Sept. 90.
+Kjære Ven! Kun to Ord for at sige Dem, at jeg er i Kjøben-
+havn, og saa for at meddele Dem, at der kun staar 400
+Kr. paa Wildenradts Sparekassebog. Jeg var nemlig bleven
+bange for, at De muligvis kunde sende ham Pengene
+for saa senere at modtage Sparekassebogen. Saavidt
+jeg ved har jeg stedse talt om 500 Kroner, men saameget
+er der ikke, da han jo fik 400 Franc sendt ned.
+De er vel stadig paa Katterinebjærg? Jeg længes nu efter
+at faa rigtigt talt med Dem og saa længes jeg efter
+de 2 Fotografier, De har bragt med hjem til mig
+og efter at se hele den Stabel, De selv har —
+Men De kommer vel snart ind til Byen.
+— Hvis De engang skriver mig til saa fortæl
+mig hvorledes Deres Kone har det —
+Det blev mig fortalt mig igaar at Krøyer var kommen hjem
+med sin Kone i en yderst sørgelig Forfatning.
+Venlig Hilsen fra Deres
+Johan Rohde
+Hils Deres Hustru mange Gange og sig hende,
+at jeg ikke haaber, hun er vred paa mig for mine Bemærkninger
+om de Wildenrathske Affairer
+[2]
+[Hele bagsiden er udfyldt med ornamenter og ord, bl.a. "Emil Hannover" og "Engel", tegnet i tusch]</t>
+  </si>
+  <si>
+    <t>1890-11-12</t>
+  </si>
+  <si>
+    <t>Hannover sender en invitation til et foredrag, han skal holde følgende dag.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/4Ieq</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Hermed et Kort til mit Foredrag
+imorgen. Jeg sender Dem det, skjøndt
+jeg De vel skal til Kunstnermødet.
+Trøst Dem i saa Fald med, at mit
+Foredrag er daarligt og ikke værd at høre
+Deres hengivne
+E.H.
+12.11.90.</t>
+  </si>
+  <si>
+    <t>1891-01-03</t>
+  </si>
+  <si>
+    <t>Paul Gauguin</t>
+  </si>
+  <si>
+    <t>Rohde ønsker Hannovers godt nytår og vil gerne forære dem et værk som tak for deres gæstfrihed det forgangne år. Oprindeligt havde han tiltænkt dem et bestemt værk, men synes ikke længere, det han havde i tankerne, er godt nok. I stedet inviterer han Hannovers op i sit atelier, hvor de selv kan vælge. Rohde fortæller, at Gauguin efter sigende forærer bønderne i Bretagne de malerier, der ikke kan sælges . men Rohde var ikke selv så gavmild, da en af hans modeller for nyligt spurgte, om han havde nogle billeder, han kunne afse til hendes børn.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/O6Pj</t>
+  </si>
+  <si>
+    <t>Nyhavn .22. D. 3-I-91.
+Kjære Frue!
+Da min Vej næppe de første Dage falder ud ad Vesterbro,
+vil jeg blot foreløbig sende Dem og Deres Mand
+mine bedste Nytaarsønsker.
+Og saa var der et lille Studie, som jeg havde
+tiltænkt Dem Juleaften med Tak for Gjæstfriheden
+i det forløbne Aar, men da det kom til Stykket,
+fandt jeg det var noget Skidt, og saa kom det
+ikke afsted. Hvis De imidlertid er saa rask,
+at De kan gaa ud, og De har Lyst til at stige
+op til mit himmelske Værksted, kom saa der-
+ud en Dag og tag Deres Mand med, og De
+kan jo saa selv se, om De kan finde noget,
+De tror, De kan være bekjendt at have staaende
+i en Krog.
+Tag nu ikke mit Forslag højtideligt og tro De
+skal have en “Gave”—
+Gauguin forærer, som jeg vist har fortalt Dem,
+sine uafsættelige Sager til Bønderne i Bretagne;
+— saa vidt er jeg nu ikke kommen — i hvert Fald
+[2]
+var jeg ikke gavmild i Formiddags, da en fattig Kone,
+der staar Model for mig, spurgte mig, om jeg ikke
+havde nogle Billeder, jeg ingen Brug havde for, til
+hendes Børn — de holdt saa meget af
+Billeder! — men hvor kan man ønske sine
+Arbejder hen hellere end til sine gode Venner;
+De gjør mig en Tjeneste ved at komme og tage et.
+Med venlige Hilsener
+Deres
+Johan Rohde
+Vil De sige Deres Mand, at jeg haaber han
+har opgivet den Flyvegrille med at opstille mig
+(eller rettere muligvis tænke paa at foreslaa mig) til
+Medlem af Kunstforeningens Bestyrelse — for det
+første vil jeg nu foreløbig meget nødigt vælges,
+[3]
+og for det andet vilde det vistnok være umuligt at sætte
+mig igjennem.
+Hvis man kunde sætte hvem som helst igjennem, vilde
+det jo være det naturligste at vælge Karl Madsen,
+Deres Mand og f. Ex. Niels Skovgaard. Men jeg
+anser det for meget mere problematisk at
+faa et saadant Valg sat igjennem — Niels Skov-
+gaard kan maaske knibes igjennem, men mere
+tror jeg heller ikke kan opnaaes.
+Jeg har saa overordentligt ringe Kjendskab til kunst-
+forstandige Folk indenfor Fagmændenes Kreds – hvis
+saadanne virkelig findes, men det kunde jo
+være Deres Mand kunde komme i Tanker om et
+Par brugelige Folk; i saa [Fald] vilde jeg gjerne have
+deres Navne opgivet —— Valget skal vist finde
+Sted d. 22. Jan.</t>
+  </si>
+  <si>
+    <t>1891-04-20</t>
+  </si>
+  <si>
+    <t>Christen Dalsgaard</t>
+  </si>
+  <si>
+    <t>Hannover skrev en omtale af Dalsgaards udstilling, publiceret i Politiken 4. maj 1891.</t>
+  </si>
+  <si>
+    <t>Sofie Holten spørger, om Hannover har planer om at anmelde Christen Dalsgaards udstilling i Kunstforeningen. Hvis ikke vil hun selv forsøge at få optaget en omtale i Politiken, selvom hun helst er fri for det.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/7a6r</t>
+  </si>
+  <si>
+    <t>20de April 1891
+11 Ravnsborggade
+Kære Hr: Hannover!
+Sig mig, har de til Hensigt at skrive om Dalsgaards Udstilling
+i Kunstforeningen; jeg vilde af forskellige Grunde nødig at den 
+i Politiken skulde gaa fuldstændig upaatalt hen, saa nødigt
+at i tilfælde af at de ikke gør det, vil jeg forsøge paa om
+de vil optage en Artikel af mig om den; skønt dette vil
+være noget jeg grumme nødigt griber til.
+Med venlig Hilsen deres hengivne
+Sofie Holten</t>
+  </si>
+  <si>
+    <t>1891-05-17</t>
+  </si>
+  <si>
+    <t>Paul Gauguin
+Karl Madsen</t>
+  </si>
+  <si>
+    <t>Hannover har vedlagt en artikel om Gauguin publiceret i Mercure de France. Hans publikation om Watteau er blevet kritisk omtalt i Dagbladet Kjøbenhavn. Hannover beder Rohde holde ham ajour med reaktionerne på hans anmeldelser imens han er udenlands.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/x1HN</t>
+  </si>
+  <si>
+    <t>Kjære R.
+Har nu modtaget de ud-
+komne Hæfter af "Mercure
+og sender Dem deraf det, der 
+indeholder Artiklen om Gauguin.
+K.M. brugt som Vaaben
+mod mig af Bladet ”Kjøbenhavn”!
+Er det ikke en nydelig Constellation?
+Ses vi ikke inden min
+Afrejse, beder jeg Dem hermed være
+saa elskværdig at holde mig lidt 
+à jour med muligt Efterslæt fra mine
+Anmeldelser i dette Foraar.
+Breve vil altid træffe mig under
+Adresse:
+Postamt, Unter den Linden, post-
+lagernd. Berlin
+Deres hengivne
+E.H.
+[i venstre margen:]
+Jeg rejser næppe før Onsdag Morgen.</t>
+  </si>
+  <si>
+    <t>1891-09-17</t>
+  </si>
+  <si>
+    <t>Nicolai Abildgaard
+Theodor Bang
+Alice Hannover
+Jens Juel
+Peter Paul Rubens
+Hans von Marées
+Oscar Wandel
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Rohde har erfaret, at Hannover befinder sig i Aarhus, og Rohde ærgrer sig over, at han selv nu er i København, da Hannover ellers kunne være taget til Ribe for at mødes. Han er begejstret for Hannovers afhandling om Hans von Marées - det forekommer ham at den er endnu bedre på tryk end i håndskrift. Rohde fortæller, at han har brugt 18 alen lærred over sommeren, men udtrykker utilfredshed med de billeder, han har produceret: "Desværre staar Kvaliteten i omvendt Forhold til Kvantiteten". Videre i brevet opfordrer han Hannover til at besøge Østergaard nær Aarhus, da der befinder sig en del hollandske malerier og værker af Juel og Abildgaard. Rohde fremhæver særligt en version af Rubens "Den fulde Silen". Wandel har tidligere opfordret Rohde til at se, om der skulle være noget af interesse for en udstilling i Kunstforeningen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/xE28</t>
+  </si>
+  <si>
+    <t>[i arkets venstre margen – fortsat fra s. 4, afslutningen på brevet:]
+Men tag nu Derhen, at vi kan faa at vide, hvad om der er noget der duer
+Jeg fortrød, at jeg ikke engang, da jeg i Sommer kom der i Nærheden, tog derhen for
+at se den ordentlig efter. — Deres Kone siger at Brevet skal strax afsted for
+at Naa Dem.
+Derfor i al
+Hast
+Venlig Hilsen
+fra Deres
+hengivne 
+Johan Rohde
+D. 17-IX-91.
+Nyhavn 22.
+Kjære Ven!
+Jeg havde for lidt siden Besøg af Deres
+Kone, som jeg syntes saa ret rask og tilfreds
+ud. Hun fortalte mig den overraskende
+Nyhed, at De befandt Dem i Aarhus.
+— Det ærgrede mig lidt, at jeg nu atter
+sad her i Nyhavn; thi der havde dog
+maaske været lidt Haab, nu at jeg
+kunde have set Dem i Ribe, om jeg
+havde været der — der var et og andet
+som dog nok var en halv Dags Rejse
+værd for Dem at se i denne By.
+Jeg sendte Dem forleden et Brevkort
+hvorpaa, der vist stod at De skulde faa
+Brev fra mig. Hvad jeg vilde Dem
+var nærmest at sende Dem en Tak
+for Deres Marées-Afhandling, som
+jeg syntes er aldeles udmærket —
+[2]
+jeg ved ikke, om De har omarbejdet den i nogen
+væsentlig Grad, eller det er fordi Tryk altid
+gjør et andet Indtryk paa mig end Skrift
+— men jeg Deres Afhandling, som jeg i Manuskript 
+fandt meget vellykket, synes mig nu dog
+langt bedre. Det er vel noget af det bedste
+De har gjort.
+Jeg blev saa glad ved at læse den, at jeg
+vilde sende Dem en Hilsen igjennem
+en Studie herovre fra (jeg mener fra Ribe)
+jeg var ogsaa nogle Gange ude og malede
+forskjellige Ting, men det blev noget tarveligt
+noget, som jeg ikke vilde sende.
+—De spurgte mig, hvad jeg har gjort i 
+Sommer — ja jeg har konsumeret saa
+meget Lærred som aldrig tilforn.
+18 □ Alen som jeg med Mellemrum har
+modtaget fra Vinkel [= Winkel] er forbrugt, foruden
+en Del Panneaus, hvortil min Snedker
+har leveret Tømmeret. Desværre staar
+Kvaliteten i omvendt Forhold til Kvan-
+[3]
+titeten, og det er kun yderst middelmaa-
+dige Ting, jeg bringer hjem med mig.
+Det har imidlertid været min Opgave
+at male saa iaar at male saa meget
+som muligt efter Naturen for at have
+noget at staa imod med.
+——
+Grunden til at jeg skynder mig med
+at skrive Dem til, mens De er i Aarhus
+er den, at jeg vil opfordre Dem til
+at tage ud paa en Gaard, der findes
+i Nærheden og se paa ... nogle gamle Bille-
+der.
+Gaarden hedder Østergaard og ejes af
+en cand. jur. [Bang] — en Mand paa et
+halvt hundrede Aar. Den er beliggende
+en halv Mils Vej fra Stationen Malling
+ved Odderbanen. (Malling ligger en Times
+Kjørsel fra Aarhus). Men det er mulig,
+De paa andre Maade kan komme dertil,
+[4]
+hvilket De formodentlig kan faa at vide
+i Aarhus.
+Der findes en Del gamle Hollandske
+Billeder og en Del Billeder af Juul [i.e. Juel]
+og Abildgaard blant andre.
+Det er nogle Aar siden, jeg var der paa
+et kort Besøg, saa jeg tør ikke udtale
+mig om Billedernes Værd, men jeg vilde
+gjerne have, at De skulde se, hvad der var
+— Der findes blant andre et Billede, som
+er en Variant af det bekjendte Silen-Billede3
+i München, og som udgives for en ægte Ru-
+bens. Herom tør jeg ikke udtale mig, men
+Billedet staar for mig som et ganske
+interessant Billede. Det skal i sin
+Tid have været paa Kunstakademiet
+og er havnet paa Østergaard efter først
+(af Sædelighedshensyn) at være bleven beskaa-
+ren ....
+Wandel bad mig i Sommer (pr Brev) i den
+Tro, at jeg boede i Nærheden, om at tage hen og
+se, om der kunde være noget af Interesse for
+Kunstforeningens Udstilling. Jeg har vist engang
+i Kjøbenhavn fortalt noget om denne Samling.
+[fortsættes på s. 1 i arkets venstre margen]</t>
+  </si>
+  <si>
+    <t>1891-11-09</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Lyngby</t>
+  </si>
+  <si>
+    <t>Villaen, Hannovers opholder sig i, må formodes at være Dr. Johannes Adolph Goldschmidts. Nærmere informationer herom er endnu ikke fundet, men omtales også i brevet fra Rohde til Hannover dateret 4. juni 1891.</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møller annoncerer, hvornår han og hustruen planlægger at ankomme med tog for at besøge Hannovers, der opholder sig i Lyngby i Dr. Goldschsmidts Villa.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/LPAu</t>
+  </si>
+  <si>
+    <t>Mandag
+Kjære Hannover
+Hvis I vil have
+os, har vi tænkt
+at hjemsøge eder
+paa Onsdag Efter-
+middag. Vi har
+tænkt at komme
+med det Tog der
+gaar fra Kjøbenhavn
+Kl 3,35. Faar vi
+at vide om I kan
+tage imod os?
+Venligste [Hils]ner fra H SM&amp;amp;
+Frue</t>
+  </si>
+  <si>
+    <t>1891-12-03</t>
+  </si>
+  <si>
+    <t>Carl Jacobsen
+Karl Madsen
+Oscar Madsen
+Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møller vil gerne lukke snakken med Hannover om det salær, Lauritz Zeuthen har til gode hos dem efter sagen mod Oscar Madsen. Videre fortæller Slott-Møller, at den af hans tegninger, Hannover har ønsket at købe for 200 kr., allerede er solgt til anden side - for bare 25 kr. Pengesager mellem venner er ikke Slott-Møllers kop te, men bliver det nødvendigt - som forventeligt - i løbet af vinteren, vil han og hustruen gerne have mulighed for at låne de 200 kr. af Hannover, skulle det knibe med hans og Agnes' økonomi.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/qaza</t>
+  </si>
+  <si>
+    <t>[tilføjet med blyant:] S.
+Kjære Hannover 
+Spørgsmaalet Zeuthens Salair
+er afgjort, lad os betragte
+det som ude af Verden.
+Jeg skal villig ind-
+rømme, at denne Af-
+gjørelse vel nok lidt
+maa betegnes som en
+Voldshandling af mig,
+da jeg fuldt vel har
+forstaaet, at det lige
+fraa første Færd har
+været din Mening at
+betale hele Sagen,
+dog tror jeg, at du
+oprindelig har taget
+[2]
+den Beslutning under
+Forudsætning af, at
+kun jeg, ikke du,
+kunde gjøre mig Haab
+om et gunstigt Udfald
+af et Søgsmaal. I og 
+for sig fandt og finder
+jeg ikke heri tilstræk[-]
+kelig Grund til, at
+du skulde bære hele
+Sagens Byrde, da
+Fornærmelsen mod mig
+var mindst lige saa
+grov, som den mod
+dig. Det er reverenter
+talt ogsaa kun
+af utidig Flovhed og
+en grundfæstet Uvilje
+[3]
+mod at tale om Penge-
+sager, der har gjort, at 
+jeg ikke tidligere pro-
+testerede.
+Endnu mindre
+Grund blev der da til,
+at du skulde have
+alle Udgifterne ved
+Sagsanlæget, da Zeuthen
+Erklærede, at det ene
+saavel juridisk som
+moralsk vigtige var
+at gjøre det til tre
+Sager. Det du skriver
+om, at kun et ”privat"
+Mellemværende mellem
+Oscar Madsen og dig
+skulde have draget 
+os ind i Sagen, har du
+ganske sikkert aldeles
+[4]
+ikke Ret i, du kan
+være overbevist om, at
+det er igjennem utallige
+smaa underjordiske
+Ledninger, at Næringen
+er blevet tilført min
+smukke, lille Hadets
+Blomst. Jeg beder dig
+nu tro mig, naar jeg
+siger, at da jeg forleden
+ude i Lyngbye bad dig
+ordne Tingen med Zeuthen,
+tænkte jeg Sagen kun
+som et Udlæg, jeg bad
+dig gjøre; jeg behøver
+vel ikke at kalde
+”Gud den almægtige”
+til Vidne herpaa,
+lige saa lidt som
+[5]
+paa, at jeg ikke har
+handlet Karl Madsensk
+i denne Sag.
+Med Hensyn til Kjøbet
+af den omtalte Tegning 
+maa jeg beklage, at
+du ikke kan faa den,
+da jeg har været nødt
+til at sælge den for
+hvad jeg kunde faa
+for den. Du kan nok
+forstaa, at selv om
+det ikke var sket,
+var du kommet alt
+for langt med dine
+200 Kr overfor en Tegning
+jeg har solgt for 25 Kr.
+I det hele taget synes
+jeg, er det et lidt
+[6]
+vanskeligt Forhold
+at sælge Billeder
+til sine Venner,
+ja noget andet
+var det om jeg var
+Bedsteven med Carl
+Jacobsen og Bonkamme
+rat med Etatsraaden,
+eller Kjæreste med deres
+respective (gud bevares
+respectable) Fruer
+men men – – – –
+Skulde du derimod
+paa ingen Maade
+vide dine levende
+Raad med, hvad 
+du skal bruge dine
+[7]
+200 Kr til, saa kan
+du laane os dem
+en Gang i Vinter,
+hvis det skulde knibe
+for os at faa gjort
+vore Billeder færdige,
+hvad det desværre nok
+kommer til. Naar
+vi saa en Gang (Gid
+det ske snart) kommer
+ovenpaa, saa er det
+jo ikke saa farligt
+for os at betale dem
+tilbage. Saa faar de
+sære Børn deres Vilje
+og saa græder de
+ikke. Til Slut Tak
+for dit rare Brev
+og for den elskværdige
+[8]
+Maade hvorpaa du
+har taget den hele
+Sag
+Din hengivne
+Ven
+H Slott-Møller
+Kjøbenhavn 3 XII 91</t>
+  </si>
+  <si>
+    <t>1892-01-08</t>
+  </si>
+  <si>
+    <t>Albert Berendsen</t>
+  </si>
+  <si>
+    <t>Georg Brandes
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Grossist Albert Berendsen svarer Emil Hannover på dennes forslag om at købe et værk af Harald eller Agnes Slott-Møller. Det fremgår, at Hannover har henvendt sig med ideen om et kunstkøb for at afhjælpe ægteparrets pekuniære trængsler. Berendsen er positivt indstillet, dog er han kun interesseret i et mindre billede; gerne et portræt, som Harald Slott-Møller maler af hustruen. Alternativt et studie til portrættet af Georg Brandes. Agnes Slott-Møllers store historiemalerier synes han ikke, han har plads til, og ydermere er han ikke villig til at spendere så stor en stor en sum, som de koster: Han husker, at hendes Dronning Dagmar var sat "drabeligt højt", og han vil som princip ikke forhandle om prisen på kunst.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/39pG</t>
+  </si>
+  <si>
+    <t>[påskrift i Emil Hannovers hånd:] ad Slott-Møll[er]
+8 Jan.
+1892
+Ærede Herr Emil Hannover,
+Tak for Deres ærede Linier ang:
+S[i Hannovers hånd:]lott. M[i Hannovers hånd:]øller. og Hustru. Jeg har desto-
+værre næsten ingen Plads mere
+paa mine Vægge; men et lille
+Billede kunde man vel nok smugle
+ind, men helst et Portræt af ”et
+bekjendt Ansigt”. Det findes der
+vel ikke i Behold? F. Expl: et
+lille Portræt af S.M. forestillende
+hans Hustru. Rigtignok skulde
+det da være af en lidt lysere
+Kolorit end Georg Brandes’ Portræt,
+for det var jo bare Fanden selv!
+Eller skulde der existere en Studie
+af til S.M.’s Portræt af Georg Brandes? 
+[2]
+2.
+Sagen er, at jeg ikke gjærne endnu
+kjøber disse store og kostbare Malerier.
+”Festina lente”. Jeg holder
+mig til Hundreder og gaar
+uden om Tusinderne, idet jeg
+ikke tror mig i Ret til at kjøre
+med Fire paa dette Omraade. Derfor
+Paa den anden Side handler jeg
+aldrig, d: v: s. jeg prutter ikke,
+det er for væmmeligt for begge
+Parter, saa De sér det er lidt
+besværligt at komme Sl.-Møllers
+nær, naar jeg husker den drabelige
+Pris den yndefulde Dronning
+Dagmar har været holdt i.
+Jeg tror et Portræt af Fru Sl.M. ved
+Hr Sl.M. var det, der bedst lod
+sig arrangere for alle Parter.
+Det kunde gjøres for en rimelig
+Pris, da Model ikke behøves; det
+vilde sikkert blive fint og sympa-
+thetisk og det vilde passe ind i 
+min Ramme. Det kunde gjøres 
+hurtigt, det kunde maaske ogsaa 
+[3]
+være vedkommende behageligt at
+komme i H.C. Andersens, Hostrups,
+Skrams, Drachmanns &amp;amp;tes Selskab
+og ved Billedets Størrelse kunde
+Prisen reguleres.
+Vil De have Ulejligheden med
+at sondere Terrainet? I hvert
+Fald skal De have Tak fordi De
+tænkte paa mig, da det altid
+er mig en Glæde at kunne bringe
+min ringe og beskedne Skærv til
+at gjøre andres Existents[sic] taalelig,
+særlig med Mennesker som de, [der] er
+tale om. 
+Deres ærbødige &amp;amp; forb.
+Albert Berendsen
+Georg Brandes? hvor er det Billede?</t>
+  </si>
+  <si>
+    <t>1892-02-01</t>
+  </si>
+  <si>
+    <t>Peter  Nansen</t>
+  </si>
+  <si>
+    <t>Artiklen af Nansen og opfordringen, som Rohde mener bør gives Paulsen til at fjerne sit billede, er endnu ikke undersøgt.</t>
+  </si>
+  <si>
+    <t>Emil Hannover kan informere Johan Rohde om, at det er Peter Nansen, der er forfatteren til en artikel, der omtaler Julius Paulsen meget lidt favorabelt. Som en eftertanke spørger Rohde Hannover, om ikke Paulsen bør opfordres til at tage sit billede ned.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/52tv</t>
+  </si>
+  <si>
+    <t>Mandag Form.
+Kjære Ven,
+Det var Nansen, der havde skrevet
+Artiklen, ganske mod mit Vidende. Den
+Dumhed med Jul. Paulsen, som den indeholder,
+maa altsaa staa for Nansens Regning, og jeg
+har meget eftertrykkelig maatte[t] frabede
+mig Gjentagelsen af det Skete.
+Skal Jul. Paulsen forresten ikke have Ordre
+til at tage sit Billed ned?
+De er velkommen imorgen Aften.
+Deres hengivne
+E.H.</t>
+  </si>
+  <si>
+    <t>1892-04-22</t>
+  </si>
+  <si>
+    <t>Julius Paulsen</t>
+  </si>
+  <si>
+    <t>Kontrakten, brevet omtaler, er formodentlig den længe ventede skriftlige aftale mellem kunstnerne bag Den Frie og Kunsthandler Kleis, som overretssagfører L. Zeuthen havde skullet få på plads siden efteråret 1891. Men dokumentets ordlyd og hvem, mødedeltagere og underskrivere specifikt var, er endnu ikke dokumenteret.</t>
+  </si>
+  <si>
+    <t>Der har været møde blandt en gruppe kunstnere, og på nær Julius Paulsen har alle, til Rohdes store tilfredshed, skrevet kontrakt for to år.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/yeCG</t>
+  </si>
+  <si>
+    <t>22/4-92
+Kl. 1½ Morgen Hotel Phønix
+Kjære Ven!
+Maa meddele Dem, at Mødet 
+var meget tilfredsstillende. Alle
+underskrev Kontrakt for 2 Aar med
+Undtagelse af Paulsen.
+Rejser nu meget lettet herfra.
+Lev vel. God Sommer. Hils
+Deres Kone meget fra mig.
+Hun véd ikke, hvor jeg var
+glad ved den Opmærksomhed
+hun vilde vise mig.
+Venlig Hilsen
+Deres Johan Rohde</t>
+  </si>
+  <si>
+    <t>1892-05-15</t>
+  </si>
+  <si>
+    <t>Georg Achen
+Hans Memling
+Georg Seligmann
+Agnes Slott-Møller
+Harald Slott-Møller
+Jan van Eyck</t>
+  </si>
+  <si>
+    <t>Hannover formaner Rohde om at se at komme til Italien. Han undrer sig over Rohdes fascination af Nederlandene, da den italienske kunst er langt at foretrække for Hans Memling og Jan van Eyck. Der er ikke meget nyt fra København, skriver han, men nævner dog at have anmeldt Georg Achen (i disse år en populær portrætmaler i Danmark) kritisk i Politiken, og at Achen responderede positivt og selvkritisk på det. Hannover vender tilbage til sit uvenskab med ægteparret Slott-Møller: Han interesserer sig stadig for ægteparret og bekræfter, at Agnes Slott-Møller har fået et stipendium fra Akademiet.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/gKYj</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+I Poststemplet paa Deres Brev fra
+Brügge læste jeg med Glæde ”Paris”. Det
+var da vist paa Tide, De kom saa
+langt! Jeg haaber, De hos Me Trappler
+har fundet forskjellige Postsager og
+Breve, jeg siden Deres Afrejse har sendt
+Dem til Paris.
+Hvorfor i Alverden har De dog været
+saalænge i Nederlandene? Dog derom
+maa De jo selv. Men De maa
+Pine Død ikke tage tilbage til Brügge for
+at male, i Stedet for at vende Næsen
+mod Italien. Kommer De først derned,
+er jeg overbevist om, at De vil for-
+tryde hver en Time, De har anvendt
+i Brügge. Der er virkelig noget, der er
+endnu dejligere end Memling og van
+Eyck, og nu skal De snart skynde 
+Dem at faa det at se.
+Ja, andet har jeg egentlig ikke paa
+Hjærte. Hvil Dem nu ud i Paris og
+kom frisk til Italien.
+Herhjemme er naturligvis intet nyt.
+[2]
+Kun havde jeg igaar et overraskende
+Brev fra Achen. Jeg havde sagt ham
+nogle Ubehageligheder i min Anmeldelse
+i ”Politiken”. Han skrev til mig, at jeg
+burde have taget endnu haardere fat
+paa ham; han kunde ikke udholde
+at se paa sine egne Arbejder. Med
+Historien Slott-Møller in mente
+har jeg herefter ligefrem faaet Estime
+for Achen.
+Fru Slott-Møller har ganske rigtig
+faaet 800 Kroner fra Akademiet. Til
+Christiansen havde de fortalt, at de
+om nogle Dage rejser til Jylland, hvor
+de selv skal føre Hus. Til Efteraaret
+har de lejet Scholdans Lejlighed til 
+1100 Kroner.
+Hvorfor skal den fri Udstilling sluttes
+i Dag?
+Der er en Udstilling af Renoir hos
+Durand-Ruel. Ja, egentlig er det vel
+latterligt, jeg underretter Dem om
+sligt.
+Hils Seligmann,
+Deres hengivne
+E.H.
+15.V.92</t>
+  </si>
+  <si>
+    <t>1892-05-24</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Jean-Louis Forain
+Mette Gauguin
+Ida Hammershøi
+Vilhelm Hammershøi
+Alice Hannover
+Cavling Henrik
+Célestin Nanteuil
+Odilon Redon
+Sophus Schandorph
+Joakim Skovgaard
+Agnes Slott-Møller
+Harald Slott-Møller
+Vincent van Gogh
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Emil Hannover takker for et langt brev fra Johan Rohde og giver ham flere håndfaste anbefalinger til hans fortsatte rejse og ophold. På den hjemlige scene ærgrer Hannover sig over det, han synes er smagløse forsøg på at iklæde København "Festdragt" - anledningen må være regentparret Kong Christian 9. og Dronning Louises forestående guldbryllup den 26. maj. Videre fortæller han, at hans bog om Købke er godt undervejs, og efter Rohdes ønske har han vedlagt sin udgivelse om at samle på bøger. Nogle artikler om Célestin Nanteuil er også medsendt, da Rohde har efterspurgt viden om ham. Hannover klandrer Rohde for tilsyneladende kun at have besøgt franske kunstnere i Paris og fortsætter, at indenfor en begrænset budgetramme må han gerne erhverve værker af Redon og Forain til ham. Små stykker silke vil han gerne have til sine bogbind, og hans hustru ønsker sig noget bestemt japansk bomuldsstof.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/udJ0</t>
+  </si>
+  <si>
+    <t>24.V.92
+Kjbhn.
+Kjære Ven,
+Tak for den tykke Convoluts Indhold.
+Det er virkelig rørende, at De finder
+Tid til at sende mig ikke mindre end
+4 tæt beskrevne Ark.
+Jeg vidste ikke, det var Deres Hensigt at
+opgive Italien til Efteraaret, men det
+er vist ganske rigtigt, og jeg tør i hvert 
+Fald ikke være den, der tilraader Dem
+at tilbringe en Sommer i Syden. Hvis
+De vilde vide min Mening om Brügge 
+– Ribe, saa stemmer jeg for Ribe. Jeg
+vilde i Deres Sted tage til Danmark
+i de første Dage af Juni og blive dér
+Juni, Juli, August. Septembers første
+Halvdel er god til at rejse gjennem
+Tyskland, og naar De midt i September
+kom til Italien, kunde De blive der
+indtil Nytaar. Hele Vinteren maa De
+sandelig ikke blive borte fra os. I hvert
+Fald maa De da endelig ikke bruge alle
+Deres Penge op i Paris, naar De ikke
+synes at være saa særlig henrykt over 
+at være der.
+De ved vel, at De i den ellevete Time
+solgte et Billed paa ”den Fri”? À propos 
+[2]
+om denne spurgte Wandel mig igaar,
+om det var sandt, de fri Udstillere
+havde kjøbt – det var hans Ord – 
+Joakim Skovgaard. Jeg beroligede ham
+i saa Henseende med en smuk Forklaring[.]
+Men det er jo dog rent forbistret, at
+sligt kommer ud.
+Byen er ifærd med at iføre sig det,
+man kalder en ”Festdragt”. Det er noget
+saa rædselsfuldt smag…tløst, at man
+ikke behøver hedde E. Hannover for
+at ”lide” ved i disse Dage at bevæge sig
+paa Gaden. Det dejlige Thottske Palais
+paa Hjørnet af Bredgade er blevet ganske
+ødelagt. Pilastrene er blevne malede
+røde, Kapitælerne er blevne forgyldte.
+Igaar blev Plankeværket paa Gammel-
+torv taget væk, og det viste sig, at
+det rare, gamle Springvand er blevet
+moderniseret paa den mest barbariske
+og modbydeligste Maade.
+jeg selv er stærkt optagen af at samle
+det sidste Materiale ind til min 
+lille skikkelige Bog om Købke, som
+jeg haaber at faa skrevet færdigt til
+Sommer. Første Kapitel har jeg
+[3]
+forresten skrevet. Min Afhandling ”Om at
+samle paa Bøger” skal jeg afsende samtidig
+med disse Linier. Men hvad vil De dog
+egentlig med den i Paris?
+Nanteuil har først og fremmest arbejdet
+for Hugo, dernæst for Monpous Romaner,
+endvidere for Dumas og Gautier. Han har
+været Medarbejder ved ”l’Artiste” (c. 1833) og 
+ved ”Le Monde dramatique” (8 vol. in 8o),
+hvis første Bind er fra 1835. Idet jeg skal
+til at fortsætte denne Optælling, kommer jeg
+i Tanker om, at det er meget bedre, jeg 
+sender Dem nogle udklippede Artikler
+om Ga Nanteuil; i den første af dem
+vil De finde noget af det, De søger. De
+er nok saa god at skaffe mig de løse
+Blade fuldtallige tilbage.
+Har De ikke besøgt Redon? Og besøger De
+ikke andre af de franske Kunstnere? Har
+De ikke benyttet Fru Gauguins Adresser?
+Tak for Deres venlige Tilbud at ville
+kjøbe forskjellige Ting til mig. Desværre
+kan jeg kun i ringe Grad benytte mig
+af det, da vore Finanser for Øjeblikket
+er pinende gale. Van Gogh maa jeg
+naturligvis derfor renoncere paa foruden
+meget andet. Et eller andet udmærket 
+indenfor en Pris af 25 francs af Redon
+[4]
+vil jeg dog gærne have. Gavarni og
+Daumier skal De ikke kjøbe til mig.
+Gjengivelser efter Forain vil jeg derimod
+gærne have, hvis De kan faa dem
+billig.
+Det, min Kone tænker paa, er et
+japansk Bomuldsstof, hvidt i Bunden
+med blaat Mønster, lavet til 
+Gardiner. Hvis det er 1 Alen bredt,
+bruger hun 15 Alen, hvis det er 3
+Kvarter bredt 20 Alen, hvis det er
+2 Alen bredt 10 Alen. Hun saa det i
+89 i en japansk Butik paa avenue
+de l’Opéra. Men det er vist højst
+usandsynligt, det ligger der endnu!
+Smaa Stykker sjældent Silketøj
+til Bogbind har jeg altid Brug for,
+hvis Deres Øje en Gang skulde møde
+sligt.
+Forleden Aften havde vi et lille Sel-
+skab, bestaaende af Willumsens,
+Hammershøjs, Schandorphs, Cavlings,
+Christiansen og et Par unge Piger.
+Fru Hammershøj var saa henrivende 
+[5]
+som et af Værkernes Englebørn. Willumsen
+holder vi meget af. Han var her en 
+anden Aften og saa en Del af mine
+italienske Fotografier, og det var en ren
+Fornøjelse at iagttage den Kløgt, hvor-
+med han saa. Han har forandret sig
+meget, siden jeg traf ham sidst. Hans
+Kone gjør et elskværdigt og flinkt Ind-
+tryk.
+Slott-Møllers er rejst igaar, uden at
+vi har set dem her. Jeg kan desværre
+ikke lade være med mangen Gang at
+tænke paa, hvor lav deres Opførsel i 
+Grunden har været. Det har jo altsaa
+vist sig omsider, at deres Venskab for os
+var betinget af, at jeg vilde rose dem
+i Avisen. Maaske er det dog ingen Skade
+til, at jeg har faaet dette at vide; mødes
+vi igjen med Slott-Møllers skal jeg vogte
+mig vel for at byde dem mere Venskab,
+end de har vist sig at være værd. Men
+jeg troer forresten ikke, vi mødes mere;
+jeg kan i hvert Fald ikke foreløbig tænke
+mig nogen Omgangsform med disse
+Mennesker, som jeg slet ikke mere kan
+respektere. For deres Arbejder i Aar har jeg
+[6]
+slet ingen Ærbødighed, og naar deres
+Forfængelighed kan være saa dum og
+smaalig, som den har vist sig at
+være, tvivler jeg højlig om deres
+kunstneriske Udviklingsmuligheder.
+jeg vilde sætte Pris paa, om De ved
+Lejlighed vilde lade .. Slott-Møllers
+vide, at det er mig, der har Ret til
+at være og er forbitret paa dem, og
+ligeledes, at jeg udmærket godt skal
+formaa at bære Savnet af dem, selv
+om jeg til en Begyndelse kan klage
+en Smule over at være bleven holdt
+for Nar i saa mange Aar. jeg føler
+slet ingen Smærte ved at have mistet
+dem som Venner; jeg føler kun Ærgrelse
+over at have været tossegod nok til
+at have interesseret mig for Dem.
+Men –––– over det! Det er
+dumt at blive ved at ærgre sig.
+Om otte Dage rejser vi til Silkeborg
+Kuranstalt, hvor vi skal blive en
+Maanedstid, derfra til Madum. Det 
+er en lidet morsom Sommer at have i 
+Udsigt. Lev rigtig vel, og vær venligst
+hilset af min Kone og Deres hengivne
+Emil Hannover</t>
+  </si>
+  <si>
+    <t>1892-11-08</t>
+  </si>
+  <si>
+    <t>Bogen, brevet omhandler, er Emil Hannovers kommende udgivelse "Maleren Christen Købke. En Studie i dansk Kunsthistorie", som udkom i 1893: Arbejdet med bogen er et centralt emne i hans og Rohdes brevvekslinger, særligt i sommeren 1892.</t>
+  </si>
+  <si>
+    <t>Johan Rohde har læst Emil Hannovers manuskript til bogen om Christen Købke og indleder sit brev med en undskyldning for at have nølet med sin respons. Han kommenterer på stoffets disponering og anbefaler, at Hannover inkluderer et ellers slettet kapitel. Derudover roser han Hannovers stil, der er "velgjørende ædruelig paa en Tid, da det er Brug at vade i Superlativer".</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/5UVx</t>
+  </si>
+  <si>
+    <t>d. 8 XI-92. Nyhavn 22
+Kjære Ven!
+Det skulde gjøre mig meget ondt, om De, som
+Deres Kone sagde, virkelig havde faaet den Forestilling, 
+at jeg syntes mindre godt om Deres Bog.
+Det er imidlertid forstaaeligt, om De har faaet
+den Forestilling; thi naar en god Ven laaner én
+et Manuskript, og det efter flere Dages Forløb
+ikke er læst, skjønt Læsningen kun tager et Par
+Timer, maa han jo let komme til at tro, at
+det ikke har interesseret videre …
+Jeg maa imidlertid bestemt protestere imod,
+at Deres Manuskript har nogen Skyld, naar
+De har ventet paa at faa det tilbage. —
+Da jeg i de Dage var udsat for forskjellige
+Forstyrrelser, havde jeg lagt det tilside for at
+kunne gjennemlæse det, naar jeg en Aften fik
+Ro dertil. —
+Sandheden er den, at Deres Bog har interes-
+seret mig meget, — jeg har kun ønsket, at den
+[2]
+var lidt længere; om dette er en Fejl ved Bogen
+véd jeg ikke; men at det ikke er en Fejl ved Indholdet,
+vil De give mig Ret i.
+Da jeg havde læst det første Kapitel fandt
+jeg nok, at De var Satans reserveret og kjølig, 
+men efterhaanden som jeg læste videre, fik jeg et
+andet Syn, og jeg finder nu, at den valgte Stil netop
+er den rette, den, der passer til Emnet.
+Den er ikke blot saa overordentlig ædruelig – velgjørende
+ædruelig paa en Tid, da det er Brug at vade i Su-
+perlativer, naar man skal behandle en Person, man
+har Sympati for — men den er helt igjennem fin
+og nobel; og naar De i Midten af Bogen udta[-]
+ler Deres varme Anerkjendelse for den gode danske
+Kunst virker denne meget stærkt, uden at der bruges
+overdrevne Midler.
+Hvad Kapitlet om Italien angaar, saa havde
+jeg maaske nok ventet noget mere i quantitativ
+Henseende — som det er, finder jeg det baade
+smukt og rigtigt — men jeg havde nu efter Sam-
+taler med Dem faaet den Opfattelse, at det
+skulde in[d]tage en mere betydelig Plads i Deres
+Bog; men at dette er jo ikke Deres men min
+[3]
+Fejl.
+Skal jeg til Slut give Dem et Raad saa er det
+det, at De skal gjenoptage det refuserede Kapi-
+tel 3. Kjøbenhavn 1. det 2. gamle:
+2 1) Fordi Arbejdet er gjort.
+1 2) Fordi jeg synes, det hører med til Bogen.
+3) Fordi det sikkert interessante Materiale, De
+har samlet, ellers kan gaa til grunde —
+Hvad De siger om Grunden til, at det er strøget,
+forstaar jeg vel godt, men jeg synes, at det er
+uheldig at være principfast i dette Tilfælde —
+— naa forøvrigt er der jo allerede gjort et Brud
+paa Princippet; Kapitlet om Italien er jo
+ogsaa “milieu” —
+Vær derfor artig og tag det med, jeg er sikker
+paa at Deres Bog vil vinde derved, da det
+nok er godt, og Bogen godt kan være lidt større.
+—
+Da De forleden Dag ringede paa min
+Dør, stod jeg og var i Færd med at anlægge
+[4]
+et lille Billede og jeg var vistnok i det hele taget
+lidt fraværende af den Grund. — at jeg da
+ikke talte videre om Deres Bog, maa De ikke
+tage for Ligegyldighed. — Jeg har haft stor
+Glæde af at læse den — og har ikke læst den
+kun som Stileretter.
+Med venlig Hilsen Deres
+Johan Rohde
+—
+Gjør nu Deres Kone og mig den Tjeneste
+at indlægge i Deres Timeseddel “en Times
+Motion i frisk Luft udenfor Kjøbenhavn”.</t>
+  </si>
+  <si>
+    <t>1893-03-26</t>
+  </si>
+  <si>
+    <t>Af de omtalte artikler i "Dannebrog" og "Adresseavisen" fremgår det, at Willumsen ikke deltager, fordi han "er raget uklar" og "aldrig rigtig har sympatiseret med Den frie Udstilling". Willumsen skulle dertil være blevet fornærmet, fordi Skovgaard skulle have modtaget en kompensation på "nogle tusinde Kroner" fra Den frie Udstilling, for ikke at udstille "Kristus i Underverdenen" på årets Charlottenborgudstilling, og dermed heller ikke kunne deltage i konkurrencen om den Eibestedske præmie.</t>
+  </si>
+  <si>
+    <t>"Dannebrog" og "Adresseavisen" har samme dag bragt historier om grunden til Willumsens udeblivelse fra Den fri Udstilling, og om Skovgaards honorering for deltagelse. Emil Hannover mener det nu er på sin plads at afvise rygterne som usande i de respektive aviser.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/VDGR</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+”Dannebrog” og ”Adresse-Avisen”
+kolporterer i Dag … nogenlunde ens-
+lydende Historier (Løgne-) om Grunden
+til Willumsens Udeblivelse fra den Fri
+og om Skovgaards Honorering med nogle
+tusind Kroner.
+Jeg antager, De er enig med mig i Be-
+timeligheden af offentlig at dementere
+disse Rygter. Dementiet bør vel retteligst
+finde Plads i de to paagældende Blade?
+Deres hengivne
+E.H.
+”Bernina”
+26.III.93.</t>
+  </si>
+  <si>
+    <t>1893-08-29</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen meddeler Emil Hannover, der befinder sig i Tønning i Slesvig hos Johan Rohde, at han først vil være klar til at rejse tidligst den 15. september. Han spørger, om Hannover har pas og akkreditiver på plads, og i så fald hvordan sådanne bankgarantier bedst ordnes. Mødested og destination beder han også Hannover oplyse.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/XRPI</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 29 Aug 93
+Kjære Hannover!
+Kun et Par Linier for
+at meddele Dem at jeg i Forgaars
+er kommen hertil Byen.
+Jeg tror ikke at jeg kan blive færdig
+til at rejse før den 15de Septbr tidligst
+og jeg vil spørge Dem om De tror
+at kunne vente saalænge?
+Har De Deres Pas og Akkreditiver
+i Orden; i saa Fald vil jeg bede
+Dem meddele mig hvorledes Der
+mener man bedst gjør ordner dette. Jeg
+har tænkt at udtage et Akkreditiv
+i Landmandsbanken. Jeg vil
+ogsaa gjærne vide hvor vi skal
+mødes og hvortil jeg skal løse
+Billet. 
+Venlig Hilsen til Dem og
+Rohde fra Deres hengivne
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1893-09-01</t>
+  </si>
+  <si>
+    <t>Johan  Rohde
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen vil bestræbe sig på at blive klar til at møde Emil Hannover i Hamborg den 15. september, så han kan nå med på rejsen gennem Holland og Belgien. Han spørger i den forlængelse, om der er særlige attraktioner i Lille. Derefter fortæller han, at han har besøgt ægteparret Slott-Møller, der har fået en sund og rask datter, dog efter en lang og vanskelig fødsel. Afslutningsvist hilser han Hannover fra en Dr. Bergh og beder Hannover skrive, når han rejser fra Tønning og kender sin anskomsttid i Hamborg.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/HSTH</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d: 1ste Septbr 93
+Kjære Hannover!
+Tak for Meddelelsen. Jeg skal gjøre hvad der staar i min Magt for
+at blive færdig til at møde Dem i Hamborg den 15de, da jeg saa gjærne
+gjør Touren gjennem Holland og Belgien med, naar det ikke
+vil tage længere Tid end De opgiver. Det bliver altsaa 3 eller højst
+4 Dage i Holland, hvilket ikke vil kunne spille nogen stor
+Rolle, slipper vi først til Belgien, er det ikke saa dyrt, da vi saa
+kommer til Franc-Systemet. I Lille har jeg ikke været, er der
+noget særligt dèr ud over Voxbusten? – Jeg var hos S-M.s i Dag, det
+gaar meget normalt hidtil baade med Moder og Barn, men det
+var nok en drøj Tour paa omtrent et Døgn, inden det var overstaaet.
+Barnet fik en Arm brækket, men det formenes ikke at ville
+have generende Følger, det er ellers kraftigt og velskabt.
+Jeg kan hilse Dem fra Dr: Bergh. Jeg traf ham paa Gaden i Dag.
+Mange Hilsener til Dem og Rohde fra Deres hengivne
+R. Chr.
+[i venstre margin:]
+Vær saa god at skrive mig til naar De rejser
+fra Tønning med Opgivelse af Tiden De vil være i
+Hamborg</t>
+  </si>
+  <si>
+    <t>1893-10-06</t>
+  </si>
+  <si>
+    <t>Ludvig 1.
+Wilhelm 2. af Tyskland
+Laurits Andersen Ring
+Arnold Böcklin
+Rasmus  Christiansen
+Ludvig Find
+Carl Frydensberg
+Alice Hannover
+Cavling Henrik
+Svend  Hørup
+Peter Johansen
+Johannes Jørgensen
+Julius  Lange
+Johan Thomas Lundbye
+Karl Madsen
+Agnes Slott-Møller
+Harald Slott-Møller
+George Frederic Watts
+Margrethe  Wildenrath-Krabbe</t>
+  </si>
+  <si>
+    <t>Rohde udstillede, blandt andre danske kunstnerkolleger, to malerier på den internationale udstilling i München i 1893. I kataloget er Rohde repræsenteret med kat. nr. 458, Dänische Landschaft og kat. nr. 459, An der Zuidersee.
+Se også Rohdes postkort til Hannover dateret 25. september 1893.</t>
+  </si>
+  <si>
+    <t>Rohde forklarer sin tavshed med en ulyst til at skrive breve. Han har sendt et brevkort i anledning af Hannovers fødselsdag, og hvis ikke det er nået frem, benytter han nu lejligheden til at gratulere endnu en gang. Rohde mener også at Hannover havde godt af sit ophold i Tønning, og beder ham om ikke at sætte noget på spil, nu hvor han tydeligvis er i bedring. Angående Hannovers tidligere beklagelser over sin egen indiskretion vedrørende fru Wildenrath, beder Rohde ham om ikke at tænke mere over det. Rohde håber der snart kommer en ende på Hannovers lidelser. Han glæder sig til at høre om Hannovers rejse til Holland. Rohde har været i München for at se den internationale udstilling, men var ikke imponeret. Han glædedes dog ved en udstilling af G.F. Watts værker, som langt overstiger Böcklins. Rohde er i det hele taget ikke vild med de tyske kunstnere, men Hannover må vente med at høre mere om hans rejse. Hjemme i Danmark har Rohde været på besøg hos Slott-Møllers, hvor han har mødt Julius Lange, der har ytret beundring for Julius Paulsen. Rohde har været på Høstudstillingen hos Kleis, hvor han synes godt om Ludvig Find og Carl Frydensbergs billeder. Peter Johansens værker på samme udstilling er mærkværdige, mens Hørups karakteriseres som idiotiske. Ifølge Rohde er de kun kommet med på udstillingen takket være Cavlings mellemkomst. Han er sandsynligvis også grunden til at Hørup nu skriver i Politiken, senest nogle 'fjollede linjer' om Lundby-udstillingen. Brandes har klaget derover og bedt Rohde skrive om samme udstilling, hvilket han har afslået. I stedet er Karl Madsen i spil, men han har travlt med sin bog om Lundby. Rohde er i det hele taget træt af Politiken, særligt nævner han deres kunstkritik som årsag. Rohde beder hilse Rasmus Christiansen og Trapplers i Paris. Rohde har ikke hørt noget til fru Hannover - kun ganske kort igennem Slott-Møllers. Han glædes over Hannovers tilbagevendende livsglæde. Som svar på Hannovers spørgsmål i foregående brev kan han melde tilbage at han intet ved om Slott-Møllers forhold til Den frie Udstilling. Parret har vist sig venlige overfor Rohde, men han opsøger dem kun sjældent, idet han ikke bryder sig om deres arbejder. Han er tilbageholdende med at sige dem sin oprigtige mening, idet de møder så megen modgang i øjeblikket.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/s5kq</t>
+  </si>
+  <si>
+    <t>Nyhavn 22. D. 6-X-93.
+Kjære Ven! De kjender min Ulyst til at skrive Breve
+og ved altsaa Grunden til min Tavshed. I et Brev-
+kort jeg sendte Dem fra München stod der intet, det
+skulde takke Dem for Deres Hamburgerbrev og bringe
+Dem en Hilsen i Anledning af Fødselsdagen. —
+Har De ikke modtaget det gjør jeg begge Dele om
+her. 
+De skriver mig til fra Hamburg, at De syntes at
+have haft godt af Deres Ophold i Tønning. — Det
+troer jeg ogsaa. — jeg syntes, at det var forbausende,
+som De rettede Dem[,] baade aandeligt og legemligt,
+og jeg saa betydeligt lysere paa Deres Tilværelse, da
+jeg sagde Dem Farvel end den Dag, de kom til
+Tønning. — Det vilde nu i ethvert Tilfælde have været
+mig kjært at have Dem i Nærheden som Kamme-
+rat, men den Tilfredshed, De lagde for Dagen
+ved at bo dernede i Tønning gjorde, at jeg havde
+den største Glæde af vor Samværen.
+Det er nu min Bøn til Dem, at De ikke med
+Ufornuftighed vil ødelægge, hvad De har vundet
+i Retning af Sinds Ligevægt og legemligt Velbefinden-
+de. 
+De klager i Ders Brev over at De har begaaet
+Indiskretioner, som nu piner Dem; jeg synes vir-
+kelig, at det er ganske meningsløst at plage Dem
+med det. Vel kan jeg fatte Deres Skrupler, men
+jeg synes ingen Grund, De har til at nære dem —
+— Det er dog saa menneskeligt at lette sit Hjærte,
+og dette er ikke det samme som at være indiskret. 
+[2]
+Ja, kjære Ven, De har gaaet meget igjennem[,] det vidste
+jeg, og dog har jeg først nu faaet at vide, hvor for-
+færdeligt meget De har lidt; maatte der dog nu
+engang være Slut derpaa, og maatte De nu endelig
+engang faa den Fred og Ro, De saa meget trænger
+til. —
+Jeg længes ellers meget efter at høre lidt fra Dem, om
+hvorledes De har haft det, hvad De synes om Holland
+og om Brügge og om meget andet . — — 
+Hvad mig angaar da rejste jeg jo til München,
+hvor jeg var i 3 Dage. Der var ikke meget ved den
+tekniske Udstilling; en Del tysk Videnskabelighed og en
+Del aldeles pueril Humbug.
+(Paa den tekniske Udstilling fandtes blant andre Mærkelig-
+heder en Silhuet klippet af Kong Ludvig I, og en Pastel
+af Kejser Wilhelm II, paa hvilken han lader Tysker-
+ne slaa Franskmændene; meget passende ikke
+sandt, paa en international Udstilling for Maler-
+teknik.)
+Jeg gik lidt nedslaaet hjem fra mit første Besøg
+— det gik op for mig, at jeg kunde have sparet
+Skillingerne; jeg blev imidlertid holdt skadesløs
+af, hvad jeg saa paa de andre Udstillinger,
+særlig paa den gamle i Glaspaladset, hvor der
+var en ganske dejlig Samling af Watts, der for-
+resten trykkede Böcklins Udstilling ganske til Jorden.
+[3]
+Men hvad jeg ellers saa, maa De vente med at
+høre om til en anden Gang; der er ingen Mening
+i at proppe Dem med Indtryk fra München,
+ligesom De er ankommen til Paris — kun
+saameget, at det var naturligvis ikke de forban-
+de[de] Tyskere, der interesserede mig — skjønt de gjør
+de mest forbistrede Forsøg paa at tiltrække sig en
+Smule Opmærksomhed. 
+—
+Af nyt her i Staden er der ikke meget.
+En kort Visit hos Slott-Møllers, hvor jeg traf
+Julius Lange, der spurgte mig om jeg ikke syntes,
+at Paulsen var kraftigt malt. 
+Et lille Besøg paa Høstudstillingen, hvor Find har
+en smuk Samling, Frydensberg et Par kjønne
+Billeder og Peter Johansen en Udstilling, der er det mær-
+keligste, der endnu er set i Danmark — Ja
+Udviklingen er rapid! Svend Hørup doku-
+menterer sig ikke som vanvittig, stakkels Fyr, men
+som en ganske ordinær Idiot, han har nogle
+Billeder fra China! men det er Synd at spilde
+Ord paa dem — som sagt de er lavet af en
+Idiot andet er der ikke at sige. Kun undskylde dem
+deres Tilstedeværelse med at Cavling var kommen med
+og havde bedt ham hænge dem op, og en saa
+mægtig Mand turde man ikke støde. At Sam-
+[4]
+me Svend Hørup faar Lov til at husere i
+Politiken er maaske ikke mere underligt — Han skrev
+et Par aldeles fjollede Linjer forleden Dag i Poli-
+tiken om den meget betydelige Lundby-Udstilling.
+G. B. beklagede sig meget derover og bad mig skrive,
+hvilket jeg naturligvis ikke vilde; jeg hører nu, at
+man har haft Bud efter Madsen, som nok er vil-
+lig, men ikke gjerne maa for Kunstforeningens Be-
+styrelse, der vil have at han skal spare paa Krudtet
+til sin Bog. 
+For at komme tilbage til Politiken, saa bliver dette Organ
+Dag for Dag værre og værre. Man skulde s’gu tro,
+at det ligesom Kjøbenhavn i sin Tid ejedes af Varie-
+tédirektører.
+Ring havde en lille god Auktions udstilling som blev
+omtalt af hele Pressen med den største Velvilje, kun
+Politiken havde ikke et Ord. Jeg skrev til Johannes
+Jørgensen og bad ham skrive lidt — men der kom
+intet; er det hans symbolistiske Samvittighed mon
+tro, der forbyder ham at nævne Ring og Lundby, i
+saa Fald er han jo ikke et Haar bedre end hans
+store Kollega ved Bladet.
+—
+Naa men jeg er nok lige ved at blive snakkesa-
+lig, og alt dette her er Dem naturligvis saa kom[-]
+plet ligegyldig dernede, hvor De nu er — jeg
+formoder nemlig at De sidder hos Trappler.
+— Jeg haaber nu, at De har det godt, og at De
+er fornuftig og ikke tager Dem for meget paa.
+Hils vor brave Ven Christiansen meget fra mig
+Deres Johan Rohde
+[5]
+[Øverst på arket, ‘på hovedet’:]
+Vil De hilse Frøkenerne Trappler fra mig[,] ønsker den syge
+god Bedring. Jeg synes det er saadan rare Mennesker.
+[Slut …]
+Inden jeg havde faaet medfølgende Brev afsendt
+modtog jeg i dette Øjeblik Deres Brev fra Pa-
+ris og saa, at De befinder Dem vel i Deres
+gamle Logis.
+Skjønt jeg gjerne vilde have Brevet med Posten nu
+om et Øjeblik, maa jeg dog i Hast tilføje et
+Par Ting.
+Det er en Misforstaaelse af dem, kjære
+Ven, naar De tror, at jeg har føldt mig
+krænket over Bemærkninger i Deres Hambur-
+ger[-brev]; — tvertimod, som jeg vist har skrevet om-
+staaende, kan jeg godt forstaa Deres Udtalelser
+— men jeg finder nu at et forpint Menneske
+maa have Lov til at lette sit Hjærte til en
+fortrolig Ven.
+Jeg havde sat mig for ikke at nævne Fru
+Hannover — De skriver imidlertid selv om hende,
+og saa maa jeg blot sige Dem, for at De
+ikke skal misforstaa min Tavshed, at jeg
+ikke har hørt noget om hendes Besøg hos
+Slott-Møllers, og selv ikke har hørt eller set
+noget til hende eller fra hende siden det Brev,
+jeg modtog i Tønning, og som jeg omtalte for Dem
+— Jeg har hørt ganske flygtig et Par Bemærkninger
+af Slott-Møller angaaende Deres Hustru og hendes
+[6]
+Forhold til Dem; paa Grund af en Trediemands
+Tilstedekomst blev de ikke fortsatte; maaske
+var de refererede Udtalelser faldne under det
+Besøg, De omtaler. Jeg troede det var gamle Udtalelser.
+Jeg har talt med Deres Brødre paa Gaden,
+heller ikke de vidste noget om hende.
+Det er mig en stor Glæde at se at Livsaanderne
+atter vaagner hos Dem, at De er saa glad
+ved Paris og Holland — Jeg har haft den Fore-
+stilling tidligere, at De egentlig ikke kunde lide
+de dejlige Nederlande.
+De spørger om Slott-Møllers Forhold til den frie
+Udstilling? Dertil kjender jeg intet, da jeg ikke har
+talt med Slott-M. derom. Hvad har de skre-
+vet til Dem derom?
+Slott-Møllers er kommen mig meget venligt i Møde
+nu ved min Hjemkomst, jeg har imidlertid noget
+ondt ved at komme i det gamle Forhold til dem [—]
+et Brev som det De læste i Tønning kaster saa lange
+Slagskygger. Og ligeoverfor deres Arbejder staar jeg
+saa vanskelig, imellem os sagt synes jeg egentlig ikke
+om dem. De har imidlertid saa meget at kjæmpe med (saa
+megen Modgang og saa mange Uvenner, at jeg ikke kan be-
+kvemme mig til at sige Dem min oprigtige Mening — jeg synes
+det er Synd — og det piner mig at omgaaes med Folk, som
+Venner, imod hvem jeg ikke kan være fuldt ud oprigtig[;]
+dette er en af Hovedgrundene til, at jeg kun sjældent søger
+Slott-Møllers.
+Deres I. R.</t>
+  </si>
+  <si>
+    <t>1893-10-23</t>
+  </si>
+  <si>
+    <t>Ludvig Arntzen
+Andreas Aubert
+Edmond Bailly
+Félix Bracquemond
+Alfred  Christensen
+Rasmus  Christiansen
+Charles Hayem
+Gustave  Moreau
+Edmond Picard
+Auguste Rodin
+Antony Roux
+Émile  Schuffenecker
+Père Tanguy
+Oscar Wandel
+Johan Peter Wildenrath
+Margrethe  Wildenrath-Krabbe
+Adolphe Willette</t>
+  </si>
+  <si>
+    <t>Angående Rohdes forespørgsel vedrørende Gallerikommisionen, se da brev fra Rohde til Hannover 11. oktober 1893 og Hannovers svarbrev 15. oktober 1893.</t>
+  </si>
+  <si>
+    <t>Rohde beklager den lange svartid. Han forventede ikke, at Hannover ville bruge oceaner af tid på opgaven, og vil heller ikke forstyrre ham unødigt på udenlandsrejsen. Når han bad om oplysninger vedrørende de udenlandske gallerikommissioners arbejde, var det udelukkende fordi han var blevet anbefalet at skaffe informationer til Rigsdagen. Rohde mener at Christiansen bør have at vide at han bliver holdt for nar af sine damebekendtskaber. Han har for nyligt mødt Oscar Wandel, som har udtalt, at Hannovers seneste bog er "udmærket". Rohde har modtaget Hannovers brev à 21. oktober 1893 og fortæller nu hvad han ved om fru Wildenrath: af økonomiske årsager kan hun ikke lade sig skille fra Wildenrath. I stedet er hun blevet rådet til, i vidners påhør, at bede om tilladelse fra manden til at hun og deres fælles søn lever adskilt fra ham. Wildenrath lader dog til at være blevet gal, og har ikke villet dukke op til et møde hvor dette kunne arrangeres. Ifølge Rohde er hendes bedste mulighed at flytte hjem til sine forældre, og håbe på at Wildenrath bliver træt af hende. Rohde har foreslået hende at tjene penge ved undervisning, men det lader ikke til at interessere hende. I det hele taget giver hun indtryk af at være en velstående kvinde der nu pludselig må vænne sig til at leve "på livets skyggeside". Hun har ifølge Rohde selv bidraget til, at ægteskabet gik skævt, og selv om hun er elskværdig nok, er Rohde også noget træt af hende. Rohde råder Hannover til at tage imod et tilbud han har fået om ansættelse på Kunstindustrimuseet, selvom Hannover har givet udtryk for stærk utilfredshed med lønnen. Rohde beklager at Hannover har følt sig ramt af hans kritik af Politiken, og beder om godt ord igen. Han har, som ønsket, brændt Hannovers foregående brev. Afslutningsvis videregiver han en række adresser på kunstsamlere i Paris.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/0ENA</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn. D. 23-X-93.
+Kjære Ven! Tak for Brevet som jeg for længst burde have
+besvaret, men De kjender min Svaghed og ved, at jeg er
+en Smule langsom i Vendingen. —
+For at begynde med Slutningen af Deres Brev, da var det
+naturligvis ikke meningen, at De skulde bebyrdes med
+en stor og vidtløftig Korrespondance. — Jeg havde skrevet
+til Aubert og ogsaa søgt at faa nogle Oplysninger andetsteds
+fra; men tænkte mig, at det dog maaske var muligt, at
+De i Paris udenj altfor stor Bryderi kunde skaffe et og andet
+at vide. — Da jeg skrev til Dem om denne Sag, havde jeg
+mine Betænkeligheder; thi jeg synes slet ikke det er pænt at
+bebyrde Folk, der er i Udlandet, for hvem Tiden er særlig
+kostbar, med den Slags kjedelige Hverv; — men det blev sagt
+til mig, at skulde en Rigsdagsmand interessere sig for Sagen, 
+maatte jeg skaffe Materiale til ham, og saa skrev jeg ud til
+forskjellige Kanter i Haab om, at dog en eller anden vilde
+sende mig en Smule. —
+——
+Saa er der Christiansen, som De skriver om — ja jeg synes
+kort og godt, at De skulde fortælle ham, at det er Dumheder,
+han er i Færd med at begaa. — De har Grund til at tale
+med ham om denne Sag, da han i sin Tid har talt til
+Dem eller været Deres Fortrolige. — De Damer holder ham
+jo for Nar enten paa den ene eller anden Maade.
+——
+De skrev et Par bitre Ord i Anledning af den Modtagelse
+Deres Bog havde faaet af Kunstforeningens Bestyrelse —
+jeg mødte Wandel i Dag paa Gaden, der fortalte, at nu
+kom Deres Bog. “Hvad synes De om den”, spurgte
+jeg, “Udmærket” var svaret.
+——
+Efter at ovenstaaende er skrevet har jeg modtaget Deres sidste
+Brev fra d. 21. — Altsaa et Par Ord om den lille
+Frue. 
+[2]
+De tager sikkert ganske Fejl, naar De troer, at der
+er noget “mystisk” ved den Sag, hvorom De begjærer
+Oplysninger.
+Ved et Tilfælde traf jeg Familien Wildenradt; — jeg
+var gaaet ud for at se paa nogle Byggearbejder i vor
+Udstillingsbygning og fandt da Familien i Begreb med
+at arrangere Auktionsudstillingen.
+Nogle Dage efter havde jeg Besøg af Fru W. og 
+aflagde efter hendes Opfordring et Besøg hos Alfred Christen-
+sen. Hun gjorde ingen Røverkule af sit Hjærte, og
+Christensen suplerede, hvad der kunde mangle i hendes
+Fremstilling, som ellers var ganske korrekt, og jeg kan ikke
+se, at der paa noget Sted skulde kunne stikke noget under. 
+Jeg skal med saa faa Ord, som det er mig muligt, sige
+Dem, hvad jeg véd — men De hører næppe noget nyt.
+— Den stakkels Kones Stilling er jo ganske fortvivlet og jeg
+ser ikke nogen Mulighed for, at der gives nogensom-
+helst Hjælp.
+Christensen har raadet fra Skilsmisse, fordi Wildenradt
+har en rig Moder og to rige Tanter af Alder omkring
+80. Der er jo Rimelighed for at de snart kunne dø.
+Fru W. og hendes Søn har da Del i Arven ... og kunne
+ved Skilsmisse forlange deres Part.
+Hvis Fru W. skiller sig fra sin Mand nu, faar hun ikke
+Del i hans eventuelle Arv, og hendes Søn, der jo er
+hans Arving, sandsynligvis heller ikke, idet Wildenradt
+efter alle Beregninger bruger Pengene op i Løbet af gan-
+ske kort Tid.
+Dette har Fru W. meget godt forstaaet og ønsker derfor ikke
+Skilsmisse. —
+Hendes Anstrængelser gaar nu ud paa at faa Lov
+til at leve for sig selv med sin Dreng, men noget
+[3]
+saadant kan kun lade sig gjøre, hvis Wildenradt vil give
+hende en skriftlig Tilladelse eller en Tilladelse givet
+i Vidners Overværelse.
+Alfred Christensen har som hendes Sagfører forbudt hende
+at rejse fra Manden inden en saadan Tilladelse.
+Fordi hun ved at rejse fra Manden uden hans Tilladelse
+af hendes Mand udsætter sig for:
+Enten, at han lader hende hente hjem, hvilket han
+har Ret til (han kan, siger Christensen [,] forsømme
+hende ganske og dog have juridisk Ret.)
+Eller at han forlanger Skilsmisse, og hun kan da
+som bortløben Hustru ikke forlange mindste Understøttel-
+se af ham eller mindste Del i hans Arv. 
+Alt dette forstaar Fru W. meget godt og hun har da
+søgt efter Christensens Raad enten at faa Wildenradt
+til at sætte sit Navn paa et af Chr. opsat Papir,
+eller at faa et Møde bragt i Stand enten hos Wilden-
+radts Sagfører A... Arntzen eller ogsaa hos Christen-
+sen sammen med mig. Fru W. skulde da bede om
+Tilladelsen i Vidners Overværelse.
+Det synes som om Wildenradt imidlertid har lugtet
+Lunten, eller han er maaske bleven gal og stædig over
+de gjorte Forsøg; hvorom alt er, det har ikke været
+hans Kone muligt at faa bragt en Sammenkomst
+tilveje. W er maaske i dette Øjeblik rejst fra Byen;
+det var da hans Agt forleden Dag, jeg oppe hos Winkels
+vexlede et Par Ord med ham; og alt Haab er da
+ude for Fruen.
+[4]
+Med Hensyn til Kunsthandelen i Lièges siger Christensen; ja
+det er meget muligt, at det en vild Idée, men kan hun
+faa et Par Tusind Kroner af den gamle Tante (at
+det er hende maa De ikke omtale) ser jeg ikke hvorfor hun
+ikke skulde gjøre Forsøget — naturligvis stadig under Forud-
+sætning af hendes Mands Samtykke.
+Altsaa med to Ord: skilt fra Manden kan hun ikke
+blive, og sammen med ham kan hun ikke leve…
+Hvorledes han har behandlet hende i den sidste Tid véd De
+Formodentlig.
+Jeg kan i Øjeblikket ikke indse, at hun kan gjøre andet end
+at rejse hjem til sine Forældre og oppebi om ikke et eller
+andet skulde indtræde. f. Ex., at han blev kjed af hende. 
+hvorfor han ikke vil give slip er formodentlig kun, fordi
+han ikke har kunnet finde en Stedfortræder og ikke har
+Raad til at holde Mætresse.
+Mit Forslag om at forsøge herhjemme med Undervisning
+eller lignende synes hun ikke at interessere sig for.
+Mit personlige Indtryk:
+En ung, en Del overspændt, noget forfinet Pige, der
+pludselig kommer til at leve paa Livets Skyggeside; deraf
+den mærkelige Blanding af noget fantastisk og utroligt
+sangvinsk og ganske nøgternt i hendes Opfattelse af Forholdene.
+Har vistnok i Begyndelsen af Ægteskabet haft sin Del af
+Skylden for den senere Misère (og har faaet dette bekræftet
+fra anden Side meget ødsel. Manden meget skinsyg paa Grund
+af hendes Optræden o.s.v.)
+En meget sød lille Kone, som man jo ma faa den største
+Sympati for. Vil ... dog ikke nægte ligeoverfor Dem,
+at hun tiltrods for sin Elskværdighed har virket meget træt-
+tende paa mig.(vel at mærke slet ikke ved at forhandle med
+mig om sine ulykkelige Forhold; hun har paa dette Omraade vist
+en forbausende Resignation. 
+[5]
+Ja dette er hvad jeg kortelig ved at berette — men jeg har vel ikke sagt
+Dem det mindste, som De ikke vidste. Er der imidlertid no-
+get de yderligere troer ..., at jeg kan meddele Dem noget om, 
+beder jeg Dem udspørge mig.
+Jeg er jo nu engang kommen ind i hele den Sag — hvorledes
+skal jeg sige — af Vanvare — og det er vel derfor bedst, at jeg
+følger den. — .
+——
+Hvad De skriver om Deres Udsigter som Museumsmand, bedrø-
+ver mig meget — Jeg haaber dog, at alt ikke endnu er tabt,
+og beder Dem strække Dem saavidt, Deres Ære tillader
+Dem. Naturligvis spiller Pengespørgsmaalet en Rolle for
+Dem, men jeg synes, at det, hvis det viser sig nødvendigt,
+er klogt at slaa af paa dette Punkt. Er De først inde
+kan jo Honoraret sættes op. Jeg synes at det maa
+være af Betydning for Dem at faa fast Fod paa dette
+Musæum, hvor De med al den store Ballast, De møder
+med, med Tiden maa kunne blive den herskende. —
+——
+Jeg har aldrig identificeret Dem med Politiken — men det gaar
+Dem af som andre Medarbejdere ved dette Blad; at kommer
+man engang imellem til at omtale det til en saadan, troer vedkommende
+strax, at man gjør ham ansvarlig for Indholdet — altsaa
+godt Ord igjen.
+——
+Det omtalte Brev fra Dem er brændt.
+——
+M. Hayem’s Adresse: 84 Boulevard Malesherbes.
+Der blev talt noget til mig om den Mand, men jeg husker
+ikke rigtig hvad det var, om det var ham der var ubehagelig.
+Jeg selv besøgte Banquieren M. Roux, Rue Cambon ( ... ...
+(paa Hjørnet af Boulevarden) en meget elskværdig Mand — ejede
+blant andet de Ting, Braquemond har raderet — en Del Ting
+af Rodin o.s.v.
+[6]
+M. Schuffenecker. Rue Durand Claie [Claye] 12. 
+Ouest Ceinture.
+De kan kjøre dertil med Jernbanen (hans Hus ligger tæt ved Stationen)
+kan ogsaa komme dertil med forskjellige Omnibusser. Men jeg vil
+raade Dem til at rekognoscere Terænet godt , inden De drager
+derud, thi Stedet er vanskelig at finde, og ingen Politibetjente
+i Paris vidste i sin Tid, hvor Gaden laa.
+Tanguy. Rue Clauzel. 
+“Le Clou” er et Brasseri oppe i Toppen af rue des martyrs,
+som er dekoreret (ovenpaa); paa 1ste Sal, troer jeg) af Wilette[;] jeg har
+hørt Franskmænd være begejstrede derover; jeg sætter ingen Pris
+derpaa.
+Der er for resten en Del lignende Brasserier, har
+De set et, kjende De Genren.
+——
+Det er, hvad jeg i Øjeblikket finder i min gamle Notebog,
+skulde jeg komme i Tanker om andre, skal jeg nok lade Dem
+det vide.
+Der staar en Adresse: M. Bailly. 11 Chaussée d’Antin[;]
+det er mig ikke muligt at erindre, hvad det er for en Fyr
+men Gud ved om det ikke er en rig meget ubehagelig
+Klædekræmmer, der har en stor Samling af Gustav[e] Moreaus
+Ting. — men sikker er jeg ikke derpaa. —
+——
+Var De hos Picard i Brussel? Saa De hans Mapper.
+——
+Ja nu maa De have Farvel — Hils Christiansen.
+Og vær nu ikke i altfor skidt Humeur — gjem Sorgerne
+til De kommer hjem.
+Venlig Hilsen
+Deres. Johan Rohde</t>
+  </si>
+  <si>
+    <t>1893-11-06</t>
+  </si>
+  <si>
+    <t>Edvard Brandes
+Rasmus  Christiansen
+Gustav Esmann
+Edvard  Munch
+Edmond Sagot
+Agnes Slott-Møller
+Harald Slott-Møller
+Johan Peter Wildenrath
+Margrethe  Wildenrath-Krabbe</t>
+  </si>
+  <si>
+    <t>Rohde takker for brev og skammer sig over at have lånt penge af Hannover mens denne er ude at rejse, og selv har brug for pengene. Han undskylder sig med at, han er blevet snydt af to mulige købere. Han har nu sendt de 200 francs afsted til Hannover. Han takker for de tilsendte litografier [af Henry le Groux; se Hannovers brev til Rohde 31. oktober 1893]. Han synes især vældig godt om det ene, og beder Hannover være på udkig efter lignende motiver. Rohde har for nyligt mødt fru Wildenrath. Hun lader til at have noget for, men vil ikke afsløre nærmere hvad. Rohde har moret sig meget over Hannovers beskrivelse af prøven på skuespillet "En Folkefjende". Han har for nyligt været sammen med Slott-Møllers, som er optimistiske om deres økonomiske situation, hvilket glæder Rohde i disse tider. Derhjemme taler folk mest om en række skilsmissehistorier, herunder Brandes-Esmann-skandalen. Rohde har haft besøg af Edvard Munch, der er på vej til Berlin. Han er ked af at høre om frk. Trapplers søsters dødsfald og beder hilse.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/CNnO</t>
+  </si>
+  <si>
+    <t>D. 6-XI-93.
+Nyhavn 22. Kjøbenhavn 
+Kjære Ven! Tak for Deres Brev som unægteligt har
+gjort mig noget flov. — Jeg kan ikke lade være
+med at betragte mig som Deltager i Udplyndrin-
+gen af en stakkels Rejsende. Da jeg bad Dem
+om et Laan var det imidlertid, fordi jeg var sikker
+paa, at Forholdet imellem os var et saadant, at De
+strax, De behøvede Pengene, vilde forlange ...dem,
+og fordi jeg følte mig overbevist om, at jeg strax
+ved min Hjemkomst kunde sende Laanet tilbage.
+— Naar jeg ikke strax sendte Dem Pengene
+var det, fordi jeg blev narret for nogle Penge.
+En Mand, der havde kjøbt et Billede af mig
+(og faaet mig til at slaa 100 Kr af paa det)
+meddelte mig nu, at hans Kone i Mellem-
+tiden (fordi jeg ikke strax havde forlangt mine
+Penge) var kommen til at synes bedre om en 
+anden Malers Billede og derfor vilde han ikke
+kjøbe mit! En anden Mand narrede
+mig paa en lignende dog maaske mere lum-
+pen Maade. — .— . Ære være disse gode Men-
+nesker!
+Jeg har i Dag pr Postanvisning afsendt 200
+frs. Resten skal følge efter, naar De ønsker
+det. Foreløbig Tak for Laanet og undskyld 
+den hafte Ulejlighed. 
+[2]
+Mens jeg er ved Forretningerne maa jeg med det
+samme takke Dem for de besørgede Lithografier,
+som jeg er meget glad ved. Det ene af 
+dem[,] “Une séance à l’Académie”, finder jeg
+er et ganske fortrinligt Blad, og skulde De falde
+over noget lignende til en rimelig ... Pris, vil jeg
+bede Dem om at erhverve det til mig.
+I Deres Brev stod Prisen ansat til 8 frs og 6 frs
+i Sagots Regning til 8 for 8 frs. hvilket jeg har
+betalt.
+——
+Fru W. talte jeg to Ord med paa Gaden i
+Lørdags — hun havde nye Planer for, kunde
+jeg mærke, men hvilke sagde hun mig ikke, hvil-
+ket der jo heller ikke var Lejlighed til.
+W. er rejst til Jylland.
+——
+Deres Skildring af Prøven paa en Folkefjende
+har moret mig meget — skal De op-
+træde i Folkehoben? Jeg ser i Aviserne at
+der hverves Kunstnere og Studenter hertil —
+—
+Var igaar et Besøg hos Slott-Møllers der
+var i det mest optimistiske Humeur — de
+[3]
+var ganske sikker paa, at Guldregnen kom.
+— Det er dog alligevel en Fornøjelse at træffe
+paa saadanne Mennesker i disse Tider, og
+i hvert Fald højest mærkeligt. 
+Her ellers intet nyt; Folk mest optaget af
+Skandalen E. B. — Esmann og af andre Skils-
+missehistorier. Epidemien florerer stadigt.!
+—
+Havde igaar Besøg af Edvard Munch der
+agter sig til Berlin — hvor han sælger Bil-
+leder!
+—
+Venlig Hilsen til Christiansen som til
+Dem selv
+Deres hengivne
+Johan Rohde
+Vil de hilse fru Trappler – det har
+gjort mig meget ondt at høre, at hendes
+Søster er død. Lever den gamle Moder?</t>
+  </si>
+  <si>
+    <t>1893-11-19</t>
+  </si>
+  <si>
+    <t>Margrethe  Wildenrath-Krabbe</t>
+  </si>
+  <si>
+    <t>Rohde har afsendt 200 francs pr. postanvisning til Hannover, og beder denne bekræfte at han har modtaget dem. Rohde har erfaret at fru Wildenrath snart rejser til Liège over Paris, og beder i den anledning Hannover om ikke at begå nogen dumheder.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/2fwq</t>
+  </si>
+  <si>
+    <t>d. 19-XI-93.
+Nyhavn 22.
+Kjære Ven!
+Efter Modtagelsen af Deres Brev af 3die Nov. afsendte
+jeg strax (det kan vel have været d. 5 eller 6 Nov)
+et Brev og en Postanvisning paa 200 Francs
+Da der jo altid er en Mulighed for at Pen-
+geanvisninger kan gaa tabt, beder jeg Dem
+om at lade mig vide, om De har modtaget
+ovennævnte.
+Her ellers intet nyt; De ved vel at vor
+lille Frue gjør Springet tiltrods for alt — —
+Hun rejser paa Tirsdag til Liège over —
+Paris. — Gjør nu blot ingen Dumheder.
+Haaber ellers, De har det godt —
+En venlig Hilsen
+fra Deres
+Johan Rohde
+Hils Christiansen!</t>
+  </si>
+  <si>
+    <t>1893-11-28</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Julius  Lange
+Peter Magnussen
+Edmond Sagot
+Niels  Vinding Dorph
+Margrethe  Wildenrath-Krabbe
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Fru Wildenrath har været forbi Rohde for at hente nogle billeder hun vil forsøge at sælge i Liège. Rohde kan berette at hun den forrige onsdag har opsøgt N.V. Dorph i det samme ærinde, og at hun derfor ikke kan være rejst fra København tidligere end torsdag. Rohde har ondt af hende, men imponeres over hvordan hun håndterer sin situation. Kunsthandleren Edmond Sagot har kontaktet Rohde med henblik på at åbne en afdeling i København. Rohde har foreslået ham at tage kontakt til Winkel og Magnussen, men beder nu også Hannover tale med ham og forklare lidt om de danske forhold. Rohde spørger efter et regnskab for de offentlige samlingers administration i Paris. Rohde lykønsker Hannover med hans ansættelse ved Kunstinudstrimuseet samt hans seneste udgivelse. Den indbundne version giver et meget bedre indtryk end manuskriptet. Rohde har også hørt positivt om den fra anden side. Afslutningsvis kommenterer han nogle avisartikler og anmeldelser i Politiken, Dannebrog og Berlingske. Rohde har hørt igennem fru Wildenrath at Hannover planlægger at rejse hjem igen til juli.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/jl7f</t>
+  </si>
+  <si>
+    <t>D. 28-XI-93
+Kjære Ven!
+Fru W. var sidste Gang hos mig i Søndags otte Dage; hun
+kom for at bede mig om at faa nogle af mine Bil-
+leder med til Liège. Vi fandt omsider i mit Pul-
+terkammer nogle, hun mente at kunne have Nytte
+af. Hun skulde da, efter hvad hun sagde, rejse Tirs-
+dag Morgen. Imidlertid fortalte Dorph — (hvem hun
+ogsaa havde søgt for at faa nogle Billeder) — mig et
+Par Dage efter[,] at han (vistnok om Onsdagen) havde
+Haft Besøg af hende, saa før i Torsdags er hun næppe
+rejst. —
+Hun holder Modet mærkværdigt oppe[,] den lille Stakkel;
+—hele hendes Projekt forekommer mig ganske vanvittigt.
+—
+Sagot har korresponderet med mig om at aabne et Filial
+heroppe. Han forespurgte mig om et mig ganske ukjendt
+Firma — Jeg anbefalede ham Winkel og Magnussen.
+Har De Lyst til, hvis De engang har Tid og Lejlighed
+at se ind til ham og forklare ham noget om Forholdene
+her – De maa da blandt andet gjøre ham begribeligt,
+at han ikke maa vente et stort Publikum for sine
+Artikler her i Byen. —
+—
+Hvis De kunne skaffe mig et Regnskab for Administra-
+tionen af de offentlige Kunstsamlinger i Paris[,] vilde jeg være
+Dem meget taknemmelig. Jeg har faaet saadanne
+[2]
+andre Steder fra og der maa formodentlig ogsaa existere
+saadanne i Paris, om man maaske end ikke køber faar
+sligt igjennem Boghandelen. —
+—
+Til Lykke med Pladsen! Og til Lykke med Bogen,
+som De har stor Ære af. Den gjør sig meget bedre
+nu i Bogform end da jeg læste den i Manuskript,
+og den har derfor beredt mig en behagelig Overraskelse.
+— ikke at forstaa saaledes, at jeg ikke syntes om den,
+da jeg læste den sidst. — men den tager sig meget
+bedre ud nu.
+Jeg hører ogsaa almindelig Glæde over den. —
+Hvem havde dog skrevet det skrækkelige Vaas i “Politiken”
+— har De set Dannebrog-Anmeldelsen. — Bryder
+De Dem om sligt, og faar De det ikke sendt fra
+andre, skal jeg gjerne sende Dem det — Lange
+skrev forleden i Berlingske et Par Ord om Deres
+Anmeldelse af hans Piece. —
+Ja jeg har ikke Tid til mere, De har
+jo bedt mig at svare omgaaende.
+Venlig Hilsen
+Deres hengivne
+Johan Rohde
+[3]
+Naar tænker De paa at komme hjem?
+Fru W. sagde til Juli, er det sandt?
+Hils Christiansen.
+I Dag bringer de forskjellige Aviser Meddelel-
+ser om Deres Udnævnelse!</t>
+  </si>
+  <si>
+    <t>1893-12-05</t>
+  </si>
+  <si>
+    <t>Laurits Andersen Ring
+Thorvald Bindesbøll
+Vilhelm Hammershøi
+Carl Holsøe
+Karl Jensen
+Julius Paulsen
+Johan  Rohde
+Georg Seligmann
+Agnes Slott-Møller
+Harald Slott-Møller
+Fritz Syberg
+Rudolph Tegner</t>
+  </si>
+  <si>
+    <t>Rohde sender en liste over en række danske kunstnere og deres fødselsdatoer. Han har læst i avisen at Hannover planlægger en rejse til England.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/7uMu</t>
+  </si>
+  <si>
+    <t>D. 5-XII-93.
+Kjære Ven! Hermed de ønskede Oplysninger
+(paa omstaaende Side.)
+Hvorledes gaar det? Ser i Aviserne her, at De
+agter Dem til England. —
+Intet nyt at melde — —
+Venlig Hilsen — — —
+Deres
+Johan Rohde
+[2]
+Hammershøj 15 Maj 1864.
+Holsøe 21 Dec 1866.
+Karl Jensen 22 Nov 1851. 
+Jul. Paulsen 22 Oktober 1860. 
+L. A. Ring 15 August 1854. 
+Johan Rohde 1 November 1856. 
+Seligmann 22 April 1866. 
+Slott-Møller 17 August 1864
+Fru Slott-Møller - - 1862
+Syberg 28 Juli 1862
+Tegner 30 November 1854. 
+Bindesbøll 21 Juli 1846. 
+Er lidt i Tvivl, om det er den ældste Holsøes Alder, 
+der er angivet.</t>
+  </si>
+  <si>
+    <t>1893-12-29</t>
+  </si>
+  <si>
+    <t>John Constable
+William Cuthbert Quilter
+Henry Moore
+William Morris
+Dante Gabriel Rossetti
+George Frederic Watts</t>
+  </si>
+  <si>
+    <t>Rohde takker for Hannovers seneste brev, og giver ham anvisninger på hvad og hvem han bør opsøge under sit ophold i London. I Guildhall og Kensington findes malerier af Præ-Rafaelitterne George Frederic Watts og Dante Gabriel Rosetti. Herudover videregiver Rohde oplysninger og adresser på en række privatsamlinger som det vil være værd at opsøge. Rohde ønsker godt nytår og beder Hannover hilse fru Trappler.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/bc9f</t>
+  </si>
+  <si>
+    <t>D. 29-XII-93.
+Kjære Ven!
+Tak for Deres Linjer. Jeg har ikke meget
+at oplyse Dem om med Hensyn til engelsk
+Kunst.
+Der skal i Guildhall (er det stavet rigtigt?) findes
+Billeder af Rosetti (jeg kunde ikke faa Adgang
+til Festsalen, da den var under Reparation)
+I South-Kensington* saa jeg en temmelig stor
+Samling Watts — den af Prærafaelitterne som
+jeg — efter det lidet jeg kjender — sætter højest.
+En kunstelskende Englænder, jeg ifjor var sam-
+men med i Dortrecht — anbefalede mig at af-
+lægge en Visit hos
+W. Cuthbert Zuilter [?] M. P. 
+South Audley Street
+W.
+hos hvem jeg kunde se en udmærket
+Samling engelsk Kunst.
+—
+Han (den omtalte englænder) var meget begejstret
+for Marinemaleren Henry Moore og anbefalede
+mig at besøge ham — Hans Adresse:
+* Sammesteds er der, husker jeg ret, en meget stor
+og udmærket Samling af Constable.
+[med blyant, fremmed håndskrift (Hannover?) - er anført yderligere tre adresser på denne side:]
+G. F. Watts
+Little Holland House
+6 Melbury Road
+Kensington W.
+W. Morris
+Oxford Street 449
+i Nærheden af North Audley Street
+New Bond Street 133:
+Dekorationer af Whistler
+[med blyant, fremmed håndskrift (Hannover?) i øverste venstre hjørne:]
+Melbury Road gaar fra 
+Kensington Road til 
+Addison Road]
+[2]
+H. Moore
+Collingwood
+Maresfield Gardens
+Hampstead
+N. W.
+En Fotograf, som bor i Nærheden af South Ken-
+sington, har fotograferet største Delen af Præra-
+faelitternes Billeder og hos ham vil De kunne
+faa en god Oversigt over deres Kunst. Jeg
+skal om et Øjeblik se om jeg kan finde
+Adressen paa ham. —
+Et godt Nytaar og paa
+snarligt Gjensyn
+Deres hengivne
+Johan Rohde
+Gjør mig den Tjeneste at hilse Fru Trappler
+og tak hende for et meget langt Brev hun
+sendte mig — jeg har ikke haft Tid til
+at takke hende.</t>
+  </si>
+  <si>
+    <t>1894-01-15</t>
+  </si>
+  <si>
+    <t>Hannover er ankommet til København, og vil gerne se Rohde, selvom han er træt efter rejsen. Han spørger om Rohde kan komme op til ham samme aften.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/cMh8</t>
+  </si>
+  <si>
+    <t>Jærnbanehotellet
+Halmtorvet
+Mandag Form.
+Kjære Ven,
+Jeg er kommen hertil i Morges, vilde
+gærne se Dem endnu i Dag, men er noget
+medtagen efter den lange Rejse. Har De
+Tid at se op til mig paa Hotellet i Aften?
+Jeg vil vente Dem fra 7 og indtil 8.
+Paa Gjensyn,
+Deres E.H.</t>
+  </si>
+  <si>
+    <t>1894-01-28</t>
+  </si>
+  <si>
+    <t>Adolph Menzel</t>
+  </si>
+  <si>
+    <t>Johan Rohde spørger Hannover hvor vidt det vil være muligt at skaffe værker af Adolph Menzel til Den frie Udstilling, og om han vil rejse til Berlin for at skaffe dem. Rohde vil gerne have svar inden tirsdag, og beder Hannover hemmeligholde forespørgslen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/GByW</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn D. 28-I-94.
+Kjære Ven!
+Tror De, der var en Mulighed for
+at “den frie Udstilling” kunde faa
+en Samling af Menzels Ting til sin
+Udstilling, og vilde De eventuelt i
+den Anledning for den frie Udstillings
+Regning rejse til Berlin?
+Tanken faldt mig først ind i Dag
+maaske er den urealisabel. Jeg vilde
+gjerne have Svar inden Tirsdag Middag,
+men i hvert Fald beder jeg Dem om
+ikke at omtale Planen.
+Deres
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1894-02-01</t>
+  </si>
+  <si>
+    <t>Rohde beklager at han næsten ikke har set noget til Hannover siden denne kom hjem fra sin udenlandsrejse. Han har selv opfordret Hannover til at se så lidt til sine venner som muligt efter hjemkomsten for at "holde fred med dem", men frygter nu at Hannover har taget denne opfordring lidt for bogstaveligt. Rohde opfordrer ham til enten at komme forbi til middag eller at se forbi hans værelse eller værksted.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/po4X</t>
+  </si>
+  <si>
+    <t>D. 1-II-94.
+Kjære Ven!
+Siden De er kommen hjem har jeg omtrent intet
+set til Dem. Det falder mig ind, at jeg 
+den første Aften efter Deres Hjemkomst mod-
+tog Dem med det Raad, "at se saa lidt
+til Deres Venner for at holde
+Fred med ..dem”. De skulde da ikke
+have fulgt det praktisk lige over for mig?
+Saa vilde jeg da meget beklage det — —
+De er selvfølgelig altid særdeles velkommen
+enten De vilde spise et tarveligt Maaltid
+i mit og min Families Selskab eller De
+til andre Tider søger mig paa mit Værk-
+sted eller paa mit Værelse —
+Husk det!
+Venlig Hilsen og paa snarligt
+Gjensyn
+Deres
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1894-03-23</t>
+  </si>
+  <si>
+    <t>Pietro Krohn
+Joakim Skovgaard</t>
+  </si>
+  <si>
+    <t>Hannover vil gerne diskutere Pietro Krohns afvisning af at udlåne Joakim Skovgaards Eva-fad, og beder derfor Rohde kigge forbi den følgende dag. For få dage siden har Krohn nemlig givet udtryk for at det ikke ville være noget problem.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/rL2s</t>
+  </si>
+  <si>
+    <t>Bernina 
+Torsdag Aften
+Kjære Ven,
+Jeg er hjemme imorgen,
+Fredag, fra 10 – 1 Form. Har De 
+Tid, beder jeg Dem komme op til
+mig, for at vi kan snakke om
+Krohns Forbud mod Udstillingen
+af Skovgaards Fad. For faa Dage
+siden sagde han mig næmlig, at
+der intet var til Hinder, og
+jeg kan ønske at faa Klarhed
+over hans Ombestemmelse. Det
+kan jo slet ikke gaa an, at han
+lader sig kujonere af saadan en –
+men det er sandt, De har jo advaret
+mig mod ubesindige Ord om mine
+Foresatte! – Deres E.H.</t>
+  </si>
+  <si>
+    <t>1894-6</t>
+  </si>
+  <si>
+    <t>Edvard Brandes
+Joakim Skovgaard</t>
+  </si>
+  <si>
+    <t>Hannover vedlægger en opsigelse stilet til Edvard Brandes af hans stilling som kunstanmelder ved Politiken. Det er særligt en bemærkning af Brandes om et maleri af Joakim Skovgaard, der har forårsaget Hannovers afsked. Hannover vil gerne informere Rohde om opsigelsen inden han sender den afsted.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Oxbd</t>
+  </si>
+  <si>
+    <t>Kære Hr. Doktor,
+Efter Deres Bemærkning i Dag om Skovgaards Billed anser jeg det for
+rigtigst at meddele Dem, at jeg ikke mere ønsker at være ”Politikens”
+Kunstanmelder.
+Der er jo ingen Mening i, at jeg efter bedste Ævne og paa den alvorligste
+Maade søger at bibringe Bladets Læsere en Forestilling om,
+hvor udmærket Skovgaards Billed er, naar umiddelbart derefter
+en af Bladets Udgivere reducerer samme Kunstværk, som jeg har
+kaldt et Mesterværk, til et ”intetsigende Billed”.
+Det hører jo noget nær til Bladets Dagsorden, at den ene Med-
+arbejder desavouerer den anden, men jeg erindrer ikke at have
+set én af Udgiverne desavouere. en af Medarbejderne. Det er
+det, der er sket her, og jeg kan ikke finde mig deri.
+Verte
+[2]
+Kære Ven,
+Forinden jeg afsender omstaaende Linjer til
+Dr. E. Brandes, vil jeg gærne gøre Dem bekjendt
+dermed. Jeg har … i saa mange Tilfælde ladet
+Hensynet til den Smule Nytte, jeg kunde gøre ved
+Politiken, gaa forud for Hensynet til mig selv,
+men er nu ked deraf. Jeg formoder, De vil forstaa
+mig.
+Hvis De anser Sagen for flere Ord værd, træffer
+De mig i Aften Kl. 8 – 9. 
+Deres hengivne
+E.H.</t>
+  </si>
+  <si>
+    <t>1895-01-18</t>
+  </si>
+  <si>
+    <t>Viggo Pedersen</t>
+  </si>
+  <si>
+    <t>Rohde kan berette at Viggo Pedersen vil bringe et forslag op, om at Den frie Udstillings parter skal have fri adgang til at udstille på Charlottenborgudstillingen. Hannover finder dette forslag forkert, og mener det er i modstrid med Den frie Udstillings principper.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ElDN</t>
+  </si>
+  <si>
+    <t>I nederste højre hjørne under udskriften med blyant med anden hånd (Johan Rohdes?): EH
+Kære Ven,
+Jeg erfarer i Dag lejlighedsvis, at
+Viggo Pedersen i Morgen vil indbringe
+Forslag om, at den fri Udstillings Part-
+havere skal have fri Adgang til at ud-
+stille paa Charlottenborg.
+De kan sige, at den Sag ikke rager
+mig. Og med Rette. Men da jeg er vant
+til at udvexle Meninger med Dem om
+Spørgsmål af denne Art, vil De for-
+haabentlig ikke finde det urimeligt,
+at jeg skynder mig med at sige Dem, at
+al min Sympathi vil være paa deres
+Side, som forlader den fri Udstilling, 
+hvis dette lussede Forslag gaaer igjennem,
+og jeg vil ikke blive træt af at forklare
+det Publikum, jeg muligvis har, at den 
+fri Udstilling – hvis dette Forslag gaar
+igiennem – har tabt enhver Begrundelse
+for sin Existens,
+Er vi enige? 
+Deres hengivne
+E.H.
+Fredag Aften 18.I.95</t>
+  </si>
+  <si>
+    <t>1895-01-19</t>
+  </si>
+  <si>
+    <t>Det omtalte forslag er ifølge Hannovers brev 18. januar 1894 fremsat af Viggo Pedersen, som mener at Den frie Udstillings parthavere bør have fri adgang til at udstille på Charlottenborgudstillingen.</t>
+  </si>
+  <si>
+    <t>Rohde er blevet ked af at læse Hannovers brev à 18. januar 1894, hvori han fornemmer, at Hannover mistænker ham for at støtte et "luset" forslag fremsat af Viggo Pedersen i Den frie Udstillings regi. Rohde har selv hørt tale om forslaget, og han mener imidlertid at det er utænkeligt at nogen af Den frie Udstillings medlemmer vil stemme for det. Han er dog glad for at hans venskab med Hannover er så solidt at det kan stå imod den slags mindre rystelser.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/zqMZ</t>
+  </si>
+  <si>
+    <t>Nyhavn 22.
+19-1-95.
+Kjære gode Ven!
+Der kommer i dette Øjeblik et Brev ind ad
+Døren til mig, som gjør mig ondt, fordi det
+fortæller mig, at en af mine bedste Venner
+mistænker mig for at kunne være med til
+noget “lusset”, ja at han endog har ment
+det nødvendigt at indføre en let Trudsel
+for at afholde mig fra noget saadant. 
+——Naa naturligvis er det ikke “Lejlighedsvis”,
+De har faaet den Tanke. Jeg hørte den
+nemlig selv igaar Aftes paa Østergade,
+og den havde sit Ophav fra en Person,
+som er mig ligesaa modbydelig, som han
+sikkert er Dem.
+Hvad forøvrigt selve Forslaget angaar, da
+antager jeg iøvrigt ikke, at det faar en
+eneste Stemme. [Jeg blev først bekjendt 
+med det samtidigt med de andre Part-
+havere]. Saa De kan være ganske
+[2]
+rolig. 
+Jeg trøster mig imidlertid med, at vort Venskab
+er saa solidt, at ikke saadanne smaa Jord-
+rystelser kan frembringe Revner i det.
+Jeg kan ikke nære Venskab for et Menneske
+som jeg ikke har den fulde Agtelse for,
+og det samme gjælder sikkert Dem i fuldt saa
+højt Maal.
+venligst
+Deres hengivne
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1895-05-27</t>
+  </si>
+  <si>
+    <t>Paul Gauguin
+Edmond Sagot
+August Strindberg</t>
+  </si>
+  <si>
+    <t>“Udstillingsbrevene”: i.e. polemik i Dagbladet Politiken [Bodelsen (1942), # 204, 205, 207]</t>
+  </si>
+  <si>
+    <t>Rohde skriver for at ønske Hannover god rejse til Paris. Han fandt først ud af at Hannover var rejst efter at han var taget afsted. Rohde har ikke set noget til deres fælles venner på det seneste, og det eneste han kan berette, er at avispolemikken "Udstillingsbrevene" endnu giver anledning til lidt diskussion. Rohde har glemt at skrive til Edmond Sagot om to kataloger fra Gauguins seneste auktion, og spørger om Hannover, nu da han er i Paris, kunne skaffe dem.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/PYJ6</t>
+  </si>
+  <si>
+    <t>27-V-95.
+Nyhavn 22.
+Kjære Ven!
+Der er egentligt intet, som jeg har paa Hjærte —
+og havde jeg noget, var det jo ogsaa Synd at
+plage Dem dermed i Øjeblikket. Men jeg
+maa jo dog sende Dem en Hilsen til Paris
+og ønske Dem god Fornøjelse, selvom det
+bliver lidt sent. — Jeg ahnede nemlig ikke,
+at De var rejst, før De forlængst var over
+alle Bjærge.
+Har absolut intet set til fælles Venner; — intet 
+nyt. Endnu gaar nogle svage Dønninger i
+Pressen efter den Storm “Udstillingsbrevene” vakte,
+men lad Dem endelig ikke forstyrre deraf. 
+Fornøj Dem godt og hils de smukke-
+ste Pariserinder fra mig. 
+Deres hengivne Ven
+Johan Rohde
+[I arkets venstre side har J. R. tilføjet flg. note, vertikalt:]
+Det er sandt, jeg fik naturligvis ikke skrevet til Sagot efter de to Kataloger fra Gauguins sidste Auktion med
+Fortale af Strindberg; saa kunde De nu uden megen Ulejlighed faa fat i dem, var det maaske det heldigste. Skulde De ellers se noget morsomt nyt, som ikke er for dyrt, saa kjøb det til mig.</t>
+  </si>
+  <si>
+    <t>September 1895</t>
+  </si>
+  <si>
+    <t>Invitationskort</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Valdemar Kleis</t>
+  </si>
+  <si>
+    <t>Emil Hannover og ledsager inviteres af Rasmus Christiansen til særudstillingen af Christiansens værker i Kleis' Kunsthandel 1895.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/v0uq</t>
+  </si>
+  <si>
+    <t>[logo, f.t.v.]
+KLEIS
+GEORG
+ØSTERGADE
+4
+RASMUS CHRISTIANSEN
+UDSTILLING
+AF
+MALERIER, STUDIER
+OG AKVARELLER
+FRA 2DEN TIL 16DE
+SEPTEMBER
+[tegning af ko i Christiansens hånd]
+verte
+[2]
+[med håndskrift, i blæk:]
+Hr. direktør Emil Hannover
+[trykt:]
+med Ledsager indbydes herved til at aflægge
+udstillingen et Besøg paa Aabningsdagen den
+2. September eller senere.
+[i Christiansens hånd:]
+R. Christiansen
+[trykt:]
+Georg Kleis.
+Østergade 4
+verte</t>
+  </si>
+  <si>
+    <t>1896-01-30</t>
+  </si>
+  <si>
+    <t>Telegram</t>
+  </si>
+  <si>
+    <t>Det lader til (jf. Rohdes svarbrev til Hannover samme dag), at den pågældende afstemning drejer sig om hvorvidt Den frie Udstilling bør sammenlægges med Charlottenborgudstillingen.</t>
+  </si>
+  <si>
+    <t>Emil Hannover telegraferer til Johan Rohde og beder om hans stemme i en afstemning iblandt Den frie Udstillings medlemmer vedrørende sammenslutningens form.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/54UY</t>
+  </si>
+  <si>
+    <t>1896-02-14</t>
+  </si>
+  <si>
+    <t>Ottilia Jacobsen</t>
+  </si>
+  <si>
+    <t>Et "Album" - festskrift - skal udgives for at fejre Ny Carlsbergs 25 års jubilæum, og Rasmus Christiansen må med beklagelse skrive til Emil Hannover, at publikationen ikke kan anmeldes på forhånd, da han har lovet fru Jacobsen, at den ikke vises til nogen før jubilæet.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/4Wtf</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d: 14de Febr 96
+Kjære Hannover!
+Efter at have talt med min Broder
+tror jeg at vi maa opgive at faa
+Albumet anmeldt allerede til
+Jubilæet. Vi har nemlig bestemt
+lovet Fru Jacobsen at Ingen skulde
+faa det at se inden Jubilæet, og jeg
+kan altsaa ikke godt anmode hende
+om Tilladelse til at der skrives derom
+uden samtidigt at indrømme, at
+jeg har brudt mit Løfte ved at lade
+Dem se Albumet før tiden. 
+Men maaske kunde det gjøres
+senere, hvis det paa en eller anden
+Maade bliver offentlig udstillet, og Publi-
+kum vil da kunne faa Lejlighed
+til selv at tage Arbejdet i Øjesyn sam-
+tidig med at den officielle Deres Anmeldel-
+se fremkommer. 
+I hvert Fald skal De have Tak
+for Deres venlige Hensigt, hvad enten
+den realiseres eller ej.
+Venlig Hilsen Deres
+R. Christiansen.</t>
+  </si>
+  <si>
+    <t>1896-03-02</t>
+  </si>
+  <si>
+    <t>Emil Hannover skal anmelde et "Album" - et festskrift - i anledning af Ny Carlsbergs 25 års jubilæum, men han har været dårlig og har ikke set den pågældende udgivelse. Rasmus Christiansen undslår sig at give input til Hannovers tekst; Hannover må selv skrive anmeldelsen, når han er rask nok til at tage ud og se anmeldelsen genstand.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/31fa</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d: 2 Marts 1896
+Kjære Hannover!
+Jeg vil helst være fri for at være
+med til at bestemme hvad der skal 
+skrives om Albumet. Hvis De var
+saa daarlig i Gaar at De ikke kunde
+gaa ud, saa synes jeg det er bedre at
+vente indtil De kan blive rask nok
+til selv at tage Arbejdet nærmere
+i Øjesyn. Det vil ikke have Spor af Værdi
+for mig at vide naar jeg vèd, at De kun for gam-
+melt Bekjendtskabs Skyld føler Dem
+forpligtet til at skrive et Par “pæne” Ord.
+Venlig Hilsen
+fra Deres hengivne
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1896-07-05</t>
+  </si>
+  <si>
+    <t>Charles  Been
+Rasmus  Christiansen
+Christoffer Wilhelm Eckersberg
+Alice Hannover
+Erik Henrichsen
+Agnes Slott-Møller
+Harald Slott-Møller
+Jens Ferdinand Willumsen
+Juliette Willumsen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Hannover undskylder, at der er gået lang tid siden han sidst har skrevet til Rohde. Hans tavshed skyldes travlhed, og ikke - som Rohde har frygtet - at de er ved at fjerne sig fra hinanden. Han savner Rohde, og priser deres venskab og Rohdes kamp for deres fælles interesser - selvom de til tider har været uenige om hvilke midler der skulle tages i brug. Christiansen er kommet hjem fra en længere rejse, hvilket glæder Hannover. Hannover er kommen på god fod med Alice, som han skal hilse fra. Hun formodes at gifte sig til efteråret, og de er derfor ved at få ordnet skilsmissen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/OmRY</t>
+  </si>
+  <si>
+    <t>Nygade 7.
+Kbhn. 5/7.96
+Kære Ven,
+Nej, der er slet ingen af de Grunde,
+De antager i Deres sidste Brev, til
+min lange og haardnakkede Tavshed.
+Der er overhovedet slet ingen Undskyldning
+for den, og jeg skammer mig i høj Grad
+over den. De maa dog ikke tro, jeg i
+al denne lange Tid har glemt Dem;
+min onde Samvittighed har næsten
+daglig bragt mig Dem i Erindring, hvad
+den ikke behøvede, for jeg har savnet
+Dem meget, og jeg længes hidsigt efter
+Dem ved mange Lejligheder. Nu efter
+Deres sidste Brev maaske endnu mere
+end før. For jeg kan jo ikke skrive
+alt det, jeg saa gærne vilde sige Dem,
+og som alt sammen gaaer ud paa at
+raabe ind i Deres Øren, saa De aldrig
+glemmer det, at De skal være ved godt
+Humør, at De skal være det, fordi
+De ikke har Grund til andet. Se Dem
+om og spørg Dem selv, hvem der mere
+end De har Aarsag til med nogen
+[2]
+Tilfredshed at se tilbage og med nogen
+Fortrøstning frem. De kan se tilbage paa
+saa stor en mængde gode Gærninger,
+baade kunstneriske og praktiske, som
+faa af os andre, og De kan se frem med
+den Fortrøstning, som det giver, at vide
+sig selv lige ung og modtagelig i Sindet,
+lige andagtsfuld overfor det gode og det
+smukke, – de frygtelige 40 tiltrods. Skidt
+være med alt det, der ramler om Een,
+om ogsaa man selv har været med
+til at lave det. Hovedsagen er dog den,
+at man bevarer sin Lyst til at bygge
+noget nyt. Alt Arbejde vilde jo være
+forgæves, om man maalte det med
+Evigheden. Selv om den fri Skole og
+den fri Udstilling havde holdt vor
+Levetid ud, maatte andre Tider jo
+en Gang føre andre Forhold med sig.
+Om de udslettes lidt før eller … senere,
+hvad gør det til Sagen, naar blot vi
+har følt Lysten ved at prøve vore
+Kræfter.
+[3]
+Jeg er ingen Optimist; jeg er ikke en
+Gang i særlig godt Humør, medens jeg
+skriver disse Linjer. Men jeg har et Sted
+i mig en Fjeder, der, som alle Fjedre,
+gærne vil slappes ved Brug, men som 
+jeg ikke giver Lov dertil. Andre Mennesker
+eller mange gør Gymnastik eller driver
+Sport; min Sport er den Ræsonneren,
+som holder hin Fjeder nogenlunde spænstig[sic]
+stadig. Den har mange Gange været
+ved at briste, men jeg troer dog, dem
+skal holde en Del Aar endnu. Pas paa
+Deres, for jeg véd, De har én.
+Om man overhovedet mistede Ævnen
+til en Gang imellem at tilraabe sig
+selv et ”Hyp min Hest”, vilde man jo
+snart gaa i Staa. For udefra kommer
+det ikke. Udefra prøver de jo helst at
+faa Een til at brække Benene paa
+Forhindringer, de stiller Een i Vejen.
+Men foreløbig er da ikke en Gang De,
+gamle Mand, ældre, end at De
+sagtens kan sætte over og ovenikøbet
+føle Glæden ved at overvinde Forhindringerne.
+[4]
+men man skal sikkert blive ved
+at øve og prøve sin Ungdoms Ævne
+for sligt, og om De har nogen Fejl,
+er det maaske den, at De altfor
+tidlig prøvede Gærdet dér, hvor det
+er lavest. Bliv ikke vred, fordi jeg
+siger det. Ingen kan holde mere af
+Dem end jeg; ingen kan navnlig have
+en mere urokkelig Tro paa Deres
+Karakters Værdi end jeg. Men fra
+at være den lidenskabelige Idealist, De
+– ikke var, men er, er De bleven
+en Begynder i den Kunst, som ikke
+har noget med Idealisme at skaffe.
+Jeg har med den fuldeste Tilfredshed
+set, at for den Kunst havde De ikke
+de Anlæg, man tilskrev Dem. De
+blev begejstret af dem, der i saa Hen-
+seende var Dem overlegne.
+Jeg mener at kunne skrive dette saa-
+ledes, fordi jeg ikke noget Øjeblik har
+troet andet, end at De kæmpede for
+en Sag og ikke for Dem selv. De har Ret:
+[5]
+om Maalet var der Dem og mig
+imellem aldrig Uenighed, men om Vejene
+til Maalet har jeg paa det sidse jævnlig
+været uenig med Dem. Jeg troer, jeg havde
+Ret (man troer det jo gærne). Jeg er i
+hvert Fald ikke bleven straffet med saa
+stort et Maal af Pessimisme, som De,
+men rigtignok har jeg jo ogsaa kun lagt
+en Haand til, hvor De var engageret
+med hele Ryggen.
+Naar nogen spørger mig, hvem jeg
+holder mest af af blandt mine Venner, er
+mit Svar i mange Aar ufravigelig:
+”Rohde”. Med ingen anden Mand har
+jeg følt mig sjælelig i saa god Overens-
+stemmelse. Det var for mig næsten
+altid som at gøre Prøve paa et Regne-
+stykke at erfare, at De delte min
+Mening om dette eller hint. Den Gang,
+da jeg var gift, sagde min Kone ofte
+halvt i Spøg og halvt i Alvor, at jeg
+vist godt kunde undvære hende, naar
+blot jeg havde Dem. Hende har jeg
+maattet lære at undvære; om Dem er
+jeg endnu fuldt og fast overbevist, at jeg
+[6]
+ikke kan undvære Dem. Om De er
+her eller andet steds, saa har jeg dog
+stedse den Bevidsthed, at al Afstand
+i Rum eller Meninger tiltrods er De
+ved min Side som min paalideligste
+Ven. Se D derfor lyder det i mine Øren
+som ren Snak, naar De troer, at
+nogen skulde kunne undergrave mit
+Forhold til Dem. –
+Nej, min Tavshed har som sagt slet
+ingen Aarsag haft anden end den, at
+jeg fra Dag til Dag opsatte at skrive.
+I Foraaret Vinter skrev jeg saa flittigt paa
+min Bog, at jeg ikke kunde bekvemme
+mig til at gribe Pennen, naar jeg endelig
+fik den lagt fra mig. Saa kom Foraaret,
+og det har i disse sidste Aar haft
+et mægtigt Tag i Resterne af min
+Ungdom og Ungdommelighed. Jeg boer
+ligesom i fjor ude i Frederiksdal,
+og jeg synes, der er altfor skjønt ude
+til overhovedet at være inde. Om
+Søndagen gør jeg dog Pønitense for
+[7]
+de andre Dages Lediggang og arbejder paa
+min Bog her inde i Byen, og det er efter
+en saadan lidt anstrængende Dag, jeg sent
+paa Aftenen sidder og skriver disse Linjer.
+Jeg har den Tro foreløbig, at min Bog om
+Eckersberg skal blive anstændig; den
+optager mig i hvert Fald stærkt og er
+mig selv en Kilde til Tilfredshed, – ikke
+fordi den svarer til mine Forestillinger
+om, hvordan en saadan Bog bør være,
+men fordi den tager alle mine Tanker
+fangen, saasnart jeg sætter mig til at
+beskæftige mig med den, – baade de
+Tanker, der ikke er … saa lystelige og de,
+der er altfor lystelige til, at de ikke
+skulde bære i sig Kimen til nye Sorger.
+Christiansen er kommen hjem –
+selvfølgelig uforandret efter at have besejlet
+en Fjerdedel af Jordkloden. Han har haft
+hele sit ”Materiale” med og arbejdet ude
+i den Biskaiske Bugt aldeles, som om
+han sad i Reventlowsgade. Af alt, hvad
+han har bragt hjem, synes jeg desværre,
+D de 250 Fotografier, han har taget, er det
+interessanteste. Men det bedste, han har
+[8]
+bragt hjem, er dog ham selv. For han er
+jo og bliver en Engel, om end én, der
+er født paa Landet. Slott-Møllers er
+i England. Henrichsen har boet nogle
+Uger sammen med mig i Frederiksdal;
+jeg holder saare meget af ham. Been
+har den Plan at rejse til Efteraaret og
+bliver derfor formodentlig hjemme. Wil-
+lumsens taler paa Ny om at rejse til
+Amerika; han vil jo ikke lave det, han
+kunde leve af, og han kan jo ikke leve
+af det, han – ikke – laver.
+Fra Fru Hannover kan jeg hilse Dem. Hun
+bad mig ved Nytaarstid om Lov til at be-
+søge mig, og siden har hun med nogle
+Ugers Mellemrum stadig ladet sig se.
+Dette dog mellem os. Vi kommer godt
+ud af det med hinanden; jeg har altid
+Fornøjelse af at tale med hende, naar
+blot hun ikke leder Talen hen paa
+sig selv. Thi hun har gennemgaaet
+meget mere, end nogen kunde ønske hende,
+og hun har maaske endda det værste
+tilbage. Formodentlig gifter hun sig
+til Efteraaret. Til den Tid vil da vort
+[i venstre margen:]
+Glem ikke at fortælle mig, hvad De har malet. Skal De ikke hjemsende noget?
+[9]
+fornyede Bekendskabs lille Intermezzo
+være endt, men jeg er glad over, at vi kan
+mødes fredelig og med Ro i vore Sind … til
+den forestaaende Skilsmisses Formaliteter. Jeg
+vil i de Dage, der følger efter, Treaarsdagene for
+Begyndelsen af mit Ophold i Tønning, mange
+Gange mindes det Asyl, jeg fandt hos Dem. Ak,
+den Gang var det i Sandhed smaat med den
+Fjeder, hvoraf jeg nylig har pralet.
+Hvis det kunde tænkes, De var hjemme tiltrods-
+for, at De er ude, og jeg spurgte Dem, hvorlænge
+De endnu vide blive borte, vilde De vist lade,
+som om De overhørte Spørgsmaalet. Men nu
+kan De ikke unddrage Dem Svaret. Jeg har nemlig
+[10]
+længe haft den Tro, at jeg ikke saa snart
+skulde faa Dem at se igjen. Jeg fortænker Dem
+ikke i, at De foretrækker at være borte, men
+altfor længe maa De ikke blive ude, og paa
+Spørgsmaalet om hvorlænge maa De i hvert
+Fald svare, hvis De da ved noget derom.
+Men nu er jeg altfor søvnig til at
+fortsætte mere. Skriv snart igjen, saa faaer
+De et lige saa langt Brev. Hils Zahrtmann;
+han paastaar, jeg ikke kan lide ham, men
+han véd vel selv, at han er bekendt for sine
+forrykte Paastande. Lev vel og vær paa det
+allerhjærteligste hilset af Deres gamle Ven
+Emil Hannover</t>
+  </si>
+  <si>
+    <t>1896-09-24</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/4InR</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d: 24 Septbr 96
+Kjære Hannover!
+Som De kan tænke har jeg maattet
+gjøre færdig hurtigst muligt paa Landet
+saasnart jeg fik Meddelelse om den indtraadte
+Krise i min Broders Forlagsfor[r]etning.
+Efter at have sat mig ind i Sagernes Stilling
+haaber jeg sikkert at det skal lykkes at over-
+vinde de forhaandenværende Vanskeligheder
+saaledes at Forretningen kan føres videre,
+idet Standsningen … væsentlig skyldes Over-
+produktion i Forhold til den forhaandenværen-
+de Driftskapital, men den har sat mig i en
+øjeblikkelig Forlegenhed, idet jeg havde gjort
+Regning paa nogle Penge til den 1ste Oktbr,
+som jeg nu ikke kan faa foreløbig.
+Tror De at De i Løbet af en Ugestid
+kan afse de 200 Kr eller en Del af dem
+forhaabentlig kun for en Tid? Jeg agter
+ogsaa at skrive til Willumsen. Slott-
+Møllers kan det vel ikke nytte at tænke
+paa, med mindre at de skulde have
+faaet Mønt som Forskud paa Raad-
+stuebestillingen. Ved De noget om det?
+Med venlig Hilsen
+Deres hengivne
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1897-05-17</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen skriver til Emil Hannover for at forsikre ham om, at et lille træ - vel en plante, Christiansen har foræret parret ved sit sidste besøg hos dem - efter en god vanding kan klare sig længe. Og skulle Alice ikke bryde sig om planten, kan hun lade den visne.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/wclN</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d: 17 Maj 97
+Kjære Hannover!
+Kun et Ord om “Træet”.
+Hvis De bliver kjed af det
+saa behøver Deres lille Frue
+kun at “glemme” det et Par
+Dage. I modsat Fald vil det
+ved rigelig daglig Vandforsyning,
+efter hvad man forsikkrede[sic] mig,
+kunne holde sig en hel lille
+Evighed af Mellemstørrelse.
+Hilsen til Herren og Fruen
+med hjærtelig Tak for sidst fra
+Deres hengivne
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1898-04-27</t>
+  </si>
+  <si>
+    <t>Charles  Been</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen kondolerer for et dødsfald, som ægteparret Hannover har oplevet. Begravelsen fandt sted allerede samme dag, som døden indtraf, har Christiansen hørt fra Charles Been. Han slutter sit brev af med at spørge, hvordan ægteparret har det, og om han må besøge dem.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/TtOQ</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d: 27 April 1898
+Kjære Hannover!
+Tro ikke det er af Ligegyldig-
+hed overfor den store Sorg som har
+ramt Dem og Deres Kone at De
+hidtil intet har hørt fra mig.
+Jeg fik Meddelelse om Dødsfal-
+det fra Been Tirsdag Morgen og
+jeg fandt at i dette Tilfælde var et-
+hvert Forsøg paa skriftlig eller mundt-
+lig Trøst en Umulighed. De jeg i Ga
+i Aften forhørte mig hos Been angaaen-
+de Tidspunktet for Begravelsen, hørte
+jeg til min Overraskelse at denne
+allerede havde fundet Sted samme
+Dag.
+Hvorledes har Deres Kone det?
+Og De selv? Maa jeg se op til Dem
+med det allerførste?
+Venlig Hilsen fra Deres
+Hengivne
+R. Christiansen.</t>
+  </si>
+  <si>
+    <t>1898-05-18</t>
+  </si>
+  <si>
+    <t>Georg Bestle</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/1Hrt</t>
+  </si>
+  <si>
+    <t>[trykt brevhoved:]
+Georg Bestle
+Skindergade 47 
+Telefon Nr. 1038
+Kjøbenhavn, d. 18 Mai 1898
+K.
+Herr Forfatter Emil Hannover!
+Efter at jeg idag har modtaget Deres venlige
+Brev angaaende Slott-Møller, søgte jeg strax En
+af mine Kollegaer i Inspektionen for Helligaands Kirken, 
+men han vilde paa ingen Maade give sit Samtykke
+til at det omtalte Relief blev anbragt i Hellig-
+aands Huset; saa at det er haabløst – men da De
+skriver, at det er en saare vanskelig Tid for Ægte-
+parret Slott-Møller, saa vil jeg spørge Dem, om de
+vil modtage et Beløb paa 3 a 400 Kr som en Hjelp,
+saa er de til Tjeneste.
+Med Høiagtelse
+Georg Bestle
+[forneden til højre, langs siden, i Emil Hannovers hånd med blyant:]
+ad Slott-Møller</t>
+  </si>
+  <si>
+    <t>1903-11-20</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen takker Emil Hannover for to litografier i en stor, ældre ramme. Christiansen har gjort plads til rammen over sit arbejdsbord og kan fortælle, at hans hustru er glad for trykkene, særligt gengivelsen af en soldat. Christiansen beder Hannover lægge vejen forbi på en af sine spadsereture for at se ophængningen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/WulV</t>
+  </si>
+  <si>
+    <t>København d: 20 Novbr:
+1903
+[i Hannovers hånd:]
+Christiansen
+Kære Hannover!
+Hjærtelig Tak for de to morsom-
+me Lithografier og for den prægti-
+ge gamle Ramme. Trods dens
+Omfang har jeg straks ryddet Plads
+og faaet den anbragt paa Væggen
+over mit Arbejdsbord. Min Kone
+vil ikke høre noget om at lægge
+Lithografierne i en Skuffe, hun
+interesserer sig levende for den lille
+Soldat med Bukserne, hun synes
+at det maa været et farligt … Mas
+med alt det Tøj at bringe i Orden
+i en saa kritisk Situation.
+Naar De en Dag er ude at spasere
+med Madammen og Børnene kunde
+De gøre os den Fornøjelse at lægge Vejen
+om ad Holbergsgade og se hvorledes
+det tager sig ud.
+En venlig Hilsen fra min Kone
+og Deres hengivne
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1905-09-28</t>
+  </si>
+  <si>
+    <t>Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen lover Emil Hannover, at han ikke lader sit forslag - formentlig en revision - af J.F. Willumsens udkast til monumentet over Viggo Hørup gå videre. Han er ikke begejstret for "Buksemanden", skriver han, men vil blande sig uden om sagen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/eDC1</t>
+  </si>
+  <si>
+    <t>[i Hannovers hånd med blyant:]
+Christiansen
+København d: 28 Septbr
+1905
+Kære Hannover!
+Jeg skal gærne love Dem
+ikke at lade mit Forslag
+angaaende Willumsens Udkast
+til Hørups Statue gaa videre,
+selv om jeg tror at der paa denne
+Maade kunde opnaaes et udmærket
+Resultat uden stor Risiko.
+Jeg skal heller ikke paa anden
+Maade lægge Deres Agitation
+Hindringer i Vejen, men nogen
+begejstret Tilhænger af Bukse-
+manden under nogensom-
+helst Form kan jeg desværre
+ikke blive.
+Venlige Hilsener fra min
+Kone og Deres hengivne
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1905-11-10</t>
+  </si>
+  <si>
+    <t>Herdis Christiansen</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen fortæller Emil Hannover, at hans hustru Herdis samme dag har født en datter.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Xpyq</t>
+  </si>
+  <si>
+    <t>[i Hannovers hånd med blyant:]
+Christiansen
+København d: 10 Novbr:
+1905
+Kære Hannover!
+Min Kone har i Dag
+Kl: 12 faaet en Datter.
+Alt vel!
+Venlig Hilsen fra
+Deres
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1906-06-06</t>
+  </si>
+  <si>
+    <t>Rasmus Andersen
+Agnes Slott-Møller</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen indleder sit brev med kraftigt at fraråde Emil Hannover at arbejde for en bortlodning af et maleri af Agnes Slott-Møller. Sagen kan dog stilles i bero et par måneder, mens ægteparret Slott-Møller opholder sig på Damgaard. Christiansen fortsætter sit brev med at fortælle, han ikke kan blive i København så længe, som Hannover har foreslået: Han skal til Mariager og er afhængig af en dampers ugentlige afgang dertil. Han ser frem til fred og ro der efter "det journalistiske Rakkerarbejde". Som en eftertanke referer han i margenen til en artikel om billedhuggeren Rasmus Andersen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/sNDm</t>
+  </si>
+  <si>
+    <t>[i Hannovers hånd med blyant:]
+Christiansen
+København d: 6 Juni 1906
+Kære Hannover!
+Tak for Deres Brev! En eventuel
+Bortlodning af Fru S-M’s Billede maa
+efter min Mening kun finde Sted i
+yderste Nødstilfælde. Foreløbig lader jeg
+Sagen bero da de er rejste til Dam-
+gaard paa Besøg i et Par Maaneder.
+Jeg kan desværre ikke blive i Byen
+til Søndag otte Dage. Der gaar kun Dam-
+per til Mariager en Gang om Ugen og
+hvis jeg ikke kommer afsted Torsdag den
+14de ds kan jeg først komme afsted 8
+Dage senere og saa er vi allerede i
+Slutningen af Maaneden. Jeg trænger
+til lidt Ro ovenpaa det journalistiske
+Rakkerarbejde og det faar jeg ikke før
+jeg kommer bort fra Byen.
+Tak fordi De vilde … se mig hos
+Dem til Frokosten. Venlige Hilsener
+til Deres Kone, Børnene og Dem selv
+fra Deres hengivne
+R. Christiansen &amp;amp; Co.
+[i venstre margen:]
+Det var en livlig Artikel Sigurd Müller skrev om Billedhugger Rs Andersen, 
+jeg vilde kun ønske det var en Mand med mere Autoritet som havde sat sit Navn
+under.</t>
+  </si>
+  <si>
+    <t>1906-11-27</t>
+  </si>
+  <si>
+    <t>Johanne Krebs</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/3CZm</t>
+  </si>
+  <si>
+    <t>Niels Juelsgade 8
+27–11–06
+[med blyant i Hannovers hånd:] Krebs
+Hr Direktør Hannover!
+Af et Brev fra Hr Rohde ser
+jeg at han er rejst, og altsaa ikke
+modtager et Brev, jeg i Dag har
+skrevet til ham. Det var an-
+gaaende Elevernes Stilling til 
+hans Sag. Indholdet af mit
+Brev var i faa Ord følgende: 
+2 af Eleverne, om hvem jeg ikke
+har Grund til at tro andet,
+end at de taler efter deres Over-
+bevisning, udtaler sig fuldstæn-
+dig mod hinanden, idet Frk.
+Holm, der hele Tiden har været
+ivrig for Rohde, holder paa,
+at der har været Agitation*, me-
+*mod Rohde
+[2]
+dens Frk. Harhoff erklærer
+dette for en Misforstaaelse.
+Mig er det umuligt at dømme
+disse imellem. Men jeg blev me-
+get forfærdet, da jeg gjennem
+den Afstemning, jeg bad Frk Har-
+hoff foretage, saa hvor faa
+af Eleverne, der vilde holde paa
+at faa Rohde, naar Skoleraa-
+det ikke ønskede det. Jeg ind-
+saa at man ikke kunde garan-
+tere for hvorledes Sagen vilde
+udvikle sig, naar Rohde blev
+udnævnt; det kunde vel nok
+være blevet meget ubehageligt,
+især da jeg nu hører, at Rohdes
+Udnævnelse var baseret paa
+Elevernes Ønske.
+Med særdeles Agtelse
+Johanne Krebs</t>
+  </si>
+  <si>
+    <t>1906-11-28</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/fYe7</t>
+  </si>
+  <si>
+    <t>[med blyant i Emil Hannovers hånd:] Krebs
+Niels Juelsgade 8
+d 28–11–06 
+Hr Direktør Hannover!
+Jeg haaber at De ikke misforstod
+mit Brev igaar. Alt hvad der
+er foregaaet paa Skolen, inden
+Skoleraadets Indstilling af Ir-
+minger, ved jeg god Besked med.
+Det er kun hvad der er fore-
+gaaet siden, der nærmest maa
+tage Form af Formodninger
+hos mig. Jeg har i de sidste
+Uger ikke været rask og ikke
+været meget paa Skolen, og har
+med Vilje heller ikke villet blan-
+de mig meget i Elevernes Sager,
+da Johansen i denne Sag har
+havt Indflydelsen, jeg ingen. efter
+Med særdeles Agtelse
+Johanne Krebs</t>
+  </si>
+  <si>
+    <t>1911-06-22</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen skriver til Emil Hannover for at takke ham for et deltagende brev, som Christiansen modtog i forbindelse med sin mors dødsfald.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/YRRy</t>
+  </si>
+  <si>
+    <t>København d: 22 Juni 1911
+[i Hannovers hånd med blyant:]
+Christiansen
+Kære Hannover!
+Hjærtelig Tak for Deres deltagende
+Brev i Anledning af min gamle
+Moders Død. Den kom som befri-
+ende Afslutning for hende, efter
+at en ondartet Kræftsygdom i
+Løbet af godt et Aarstid fuldstæn-
+dig havde nedbrudt hendes før saa
+kraftige og sunde Konstitution.
+Hun havde ikke aldrig før været syg saa
+saa langt som jeg kan huske tilbage
+til min tidligste Barndom. Det
+er jo altid et smærteligt Tab at miste
+sin Moder, selv om hun har naaet
+opimod Støvets Aar, det er et
+stort Afsnit af mit Liv som med
+hende begraves. 
+Med de venligste Hilsener til Deres
+Kone og Dem selv er jeg Deres
+hengivne
+Rasmus Christiansen
+Min Kone beder mig hilse mange Gange.</t>
+  </si>
+  <si>
+    <t>1914-09-27</t>
+  </si>
+  <si>
+    <t>Emil Hannover fylder 50 år på denne dag, og Rasmus Christiansen lykønsker ham og reflekterer over tidens gang: Han føler sig selv så ung som før, dog "med Undtagelse af at jeg er bleven Idiot overfor visse moderne maleriske Fænomener, som nu trumfes igennem med samme Frejdighed som da De og jeg var unge."</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/CIuP</t>
+  </si>
+  <si>
+    <t>[i Hannovers hånd med blyant:]
+Christiansen
+København d: 27 Septbr 1914
+Kære Hannover!
+Jeg sendte i Dag et Telegram
+ud til Deres Sommerbolig i Bagsværd 
+for at lykønske Dem til de 50 Aar. 
+I Aften kom imidlertid Telegrammet
+tilbage med Paategning: Direktør
+Hannover bortrejst, hvoraf jeg altsaa
+kan se at De maa være flyttet ind
+til Byen. Tillad mig derfor
+herved med et Par fattige Ord at
+gentage min Lykønskning, idet jeg
+haaber at De, ligesaalidt som jeg,
+maa mærke noget til at De
+nu kommer paa den gale Side
+af de Halvtreds. Herregud hvor
+Tiden dog gaar, hidtil har vi jo
+nogenlunde kunnet opretholde
+det Selvbedrag, at vi endnu er
+unge Mennesker, og jeg synes i
+hvert Fald at det ik den Tid da
+[2]
+vi virkelig var det[,] ikke ligger saa 
+langt tilbage som Aarene udsiger. 
+Jeg troede for resten at vi var lige
+gamle, men jeg har allerede
+for 1½ Aar siden passeret de
+Halvhundrede, uden at i nogen
+Maade at føle mindre ungdom-
+meligt, tror jeg da, med Undtagelse
+af at jeg er bleven Idiot overfor
+visse moderne maleriske Fænome-
+ner, som nu trumfes igennem
+med samme Frejdighed som
+da De og jeg var unge. Jeg
+forsøger stadig, trods alt, at holde
+Krudtet tørt og Galden flydende.
+Modtag til Slutning en
+fornyet Lykønskning og de venlig-
+ste Hilsener til Deres Kone
+og Dem selv fra deres
+hengivne 
+Herdis &amp;amp; Rasmus Christiansen</t>
+  </si>
+  <si>
+    <t>1919-08-25</t>
+  </si>
+  <si>
+    <t>Note</t>
+  </si>
+  <si>
+    <t>Dokumentet har karakter af en note og er stilet til Emil Hannover.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/sy3l</t>
+  </si>
+  <si>
+    <t>Hr. Direktør Emil Hannover. 
+Hermed anerkender jeg Modtagelsen af
+mit Billede: Lola som danser.
+København. d. 25 August 1919
+J. F. Willumsen –
+[med blyant i Hannovers hånd i venstre margen:] Willumsen</t>
+  </si>
+  <si>
+    <t>1920-02-16</t>
+  </si>
+  <si>
+    <t>Ida Sara Hannover</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen udtrykker sin deltagelse i anledning af dødsfaldet af Emil Hannovers moder.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Rqln</t>
+  </si>
+  <si>
+    <t>København d. 16/2 20
+Kære Emil Hannover!
+Jeg vil gærne herved give Udtryk
+for min Deltagelse for Dem ved Tabet
+af Deres kære gamle Moder. 
+Jeg gaar i Erindringen tilbage til
+vor tidlige Ungdom og husker de mange
+hyggelige Timer jeg tilbragte hos Dem i
+Deres Hjem paa Gl. Kongevej og Billedet
+af Deres Moder fra den Gang og langt
+senere staar klart for mig. 
+Med Hilsen og hjærtelig Deltagelse 
+Deres hengivne
+Rasmus Christiansen
+[i venstre margen i Hannovers hånd med blyant:]
+Christiansen, R.</t>
+  </si>
+  <si>
+    <t>1901-12-31</t>
+  </si>
+  <si>
+    <t>København
+Holbergsgade</t>
+  </si>
+  <si>
+    <t>Emil Hannover har bedt Rasmus Christiansen låne sig 500 kr., og Christiansen forsikrer Hannover om, at ønskede han 1000 kr., kunne han også låne det. Christiansen vil besøge Hannover og hustru den følgende dag for at overbringe pengene og ved den lejlighed ønske ægteparret godt nytår.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/zmpA</t>
+  </si>
+  <si>
+    <t>[i Hannovers hånd:]
+Christiansen
+Holbergsgade 16
+d: 31 December 1901
+Kære Hannover!
+Jeg vil med Glæde gøre Dem
+den ringe Tjeneste som De beder
+mig om, jeg er kun gnaven
+over at De har ment det nødven-
+digt at fremkomme med en
+Redegørelse af Deres økonomiske
+Forhold i den Anledning, som
+om De ikke til enhver Tid kunde
+faa hos mig uden Omstændigheder saameget som
+jeg paa nogen Maade kan und-
+være. De kan godt faa indtil
+1000 Kr, hvis De maatte ønske det,
+idet jeg ligesom De gaar ud fra
+at skulde jeg imod Forventning
+faa Brug for Pengene inden De
+[2]
+faar det omtalte Bo i Orden, saa
+kan vi nok i Fællesskab faa Beløbet
+bragt tilveje paa anden Maade.
+Foreløbig vil jeg komme ud
+med de 500 Kr i Morgen og samtidig 
+benytte Lejligheden til at ønske Dem
+og Deres Kone et glædeligt Nytaar. 
+Med venlig Hilsen
+Deres hengivne 
+R. Christiansen.</t>
+  </si>
+  <si>
+    <t>1903-05-20</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen takker ja til sammen med sin "Maaske-Kone" at besøge Emil Hannover i Bagsværd. Christiansen har travlt med at afslutte nogle forretninger, han skal holde bryllup og derefter på en måneds ophold i Jylland - så et besøg hos Hannover vil passe ham bedst om fem-seks uger.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/WMkb</t>
+  </si>
+  <si>
+    <t>[i Hannovers hånd:]
+Christiansen
+Holbergsgade No 16
+d: 20 Maj 1903
+Kære Hannover!
+Tak for Deres venlige Brev
+og de gode Ønsker! Hvis det bliver
+muligt vil jeg meget gærne besøge
+Dem i Bagsværd sammen med
+min Maaske-Kone, men jeg faar skrække-
+lig travlt i de resterende 5-6 Uger,
+hvis jeg skal blive færdig med mine
+forskellige Forretninger saaledes at jeg
+kan faa Tid til at holde Bryllup
+omkring d: 1ste Juli, for derefter straks
+at rejse til Jylland en Maanedstid.
+Venlige Hilsener til Deres
+Frue, Børnene og Dem selv fra
+Deres
+hengivne
+R. Christiansen &amp;amp; Co.</t>
+  </si>
+  <si>
+    <t>Søndag</t>
+  </si>
+  <si>
+    <t>Peder Severin Krøyer</t>
+  </si>
+  <si>
+    <t>Bergensgade
+København</t>
+  </si>
+  <si>
+    <t>Krøyer skriver til Hannover og aflyser deres aftale den følgende dag: Et maveonde har sendt ham på havresuppe som eneste kost. Hannover må komme onsdag i stedet for.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/IYYI</t>
+  </si>
+  <si>
+    <t>Bergensgade 10. Ø.
+Søndag.
+Kjære Hannover
+Jeg fik
+inat en pludselig og
+voldsom Mavehistorie og
+har idag ligget paa Sofaen
+og kun spist Havresuppe.
+Jeg har ikke vidre[!] Tro 
+til imorgen og beder Dem
+hellere opsætte med at
+komme ud til mig
+til paa Onsdag – ved 
+samme Tid.
+Undskyld – men ”Sygdom-
+me”
+Deres
+P.S. Krøyer</t>
+  </si>
+  <si>
+    <t>1889-02-07</t>
+  </si>
+  <si>
+    <t>Nansensgade
+København</t>
+  </si>
+  <si>
+    <t>Christian Clausen
+Alice Hannover
+Johan  Rohde
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Se også brevvekslingerne mellem Hannover og Rohde fra 1. og 18. januar samt 4. februar 1889.</t>
+  </si>
+  <si>
+    <t>Emil Hannover må i dette brev høre for det mindre velorganiserede lotteri over et af Wildenraths malerier, som han var initiativtager til før sin afrejse med hustru til Berlin. Rasmus Christiansen og Johan Rohde har for en uge siden med stort besvær afsluttet lodtrækningen, og "en ret kjøn Skilling" er kommet ind for billedet. Christiansen skal til Paris i foråret i forbindelse med verdensudstillingen og han håber at møde Hannover der. Han planlægger at indlogere sig hos Madame Trappler og spørger, hvad han skal forvente, et værelse koster. Slott-Møllers må have været på tværs, for som en eftertanke i brevet tilføjer Christiansen, at han håber at have afværget besvær fra ægteparret.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/IFXK</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d: 7de Febr 1889
+Nansensgade 5\3.
+Kjære Hannover!
+De kan være glad ved at jeg ikke
+skrev Dem til for en 8te Dages Tid siden,
+medens Rohde og jeg sad til op over
+Ørerne i Lotteri-U-Væsenet, — for saa
+var De skam ikke kommen til at
+dø i Synden. Hvis ellers fromme
+Ønsker kan nytte noget, saa vil jeg
+haabe, at De har havt en brà uroligt
+Nat ovenpaa hvert nyt mislykket
+Forsøg vi havde har gjort paa at bringe
+Rede i dette Kâos. Nu har imidler-
+tid Tiden lagt sin mildnende Haand
+over det værste Raseri, saa at De faar
+Lov til at slippe nogenlunde helskindet. 
+Men det var virkelig forskrækkeligt.
+Det vil være mig fuldstændig umuligt
+at udmale alle vore Gjenvordigheder,
+men vi begyndte jo med at tage de
+[2]
+smaa Numre, som vare trykte paa
+noget skrækkeligt Makkulaturpapir, og
+gjøre dem istand til Udsendelse, fordi De
+jo havde været saa snedig at udsende
+i Flæng, til Folk, af de andre Numre, før-
+end de vare stemplede. Da vi saa havde
+faaet Stempelmærkerne i Orden og faaet
+de fleste Numre i Konvolutter med Ud-
+skrift, saa opdagede vi, at det vilde være
+nødvendigt, at Folk fik de samme Num-
+re i stemplet Stand, som De havde
+udsendt ustemplede. Dette nødvendig-
+gjorde at vi måtte begynde helt for-
+fra paa Listen. Og saa var der Folk
+som havde betalt uden at faa Lodder,
+andre havde betalt og faaet Lodder (ustemplede)
+som saa maatte mortificeres, atter andre
+havde betalt Penge til Winkels uden
+at skrive nogen ordentlig Adresse f.
+Ex: Thiele 10 Kr, Comtesse Lerche 10 kr
+Hannover 10 Kr o.s.v. Naar man nu
+har en tre fire fem forskjellige
+[3]
+Hannovere at gjætte paa, saa er det
+virkeligt ikke nemt at træffe den rette. 
+Dertil kom at da vi endelig kom saa-
+vidt at vi kunde tænke paa Trækningen
+og Omdelingen af Numrene, saa maatte
+vi sidde og skrive 128 Gange, naar Træk-
+ningen vilde finde Sted og hvor det vil-
+de blive bekjendtgjort, da der jo ikke stod
+andet paa de Sedler vi maatte benytte end
+et ganske lille diskret Nummer oppe
+foroven. — Men jeg skal ikke plage Dem videre
+med dette Emne. Jeg kan kun sige at det
+er glædeligt, saaledes som Resultatet blev, da
+det jo er en ret kjøn Skilling som er kom-
+men ind for Billedet.
+Hvorledes har De det ellers i Berlin?
+Jeg haabe baade De og Deres Frue have
+været raske, ovenpaa al den Sygdom, De
+havde at trækkes med her i Kjøbenhavn.
+Jeg haaber at se Dem til Foraaret i
+Paris, hvorhen De vel inden ret længe
+begiver Dem. Jeg havde skrevet et Brev
+til Madame Trap[p]ler Rue de Richelieu, for
+[4]
+at spørge, om hun kunde have min
+Broder og mig en Maanedstid og paa
+hvilke Betingelser. Hun svarede meget
+høfligt og elskværdigt, at vi skulde være
+velkomne, naar bare vi vilde underrette
+hende betids om vor Ankomst; men
+hun tav klogelig stille med det som
+interresserede mig mest, nemlig omtrent-
+lig hvor meget hun skulde have for det
+omtalte Værelse, da vi naturligvis ikke
+kan regne den Pris Rohde og Clausen
+gav paa en Tid, hvor der ingen Udstilling
+var. Jeg har hørt af Rohde at De har korre-
+sponderet med hende i samme Anledning
+og funden hende for dyr, hvilket har
+foruroliget mig en Del. Hvis De ved Lejlig-
+hed vilde spilde en halv Time paa mig vilde
+De gjøre mig en Tjeneste, hvis De kunde
+meddele mig nogle Oplysninger om
+denne Sag. Jeg er nu færdig med
+Michelet’s: Histoire de France, som jeg har
+havt megen Fornøjelse af og takker meget
+for Laanet af den. Jeg kan vel ved Lej-
+lighed bringe den ud paa Gl: Konge-
+vej 91?
+En venlig Hilsen fra Deres hengivne
+R. Christiansen
+[i venstre margen:]
+Rohde har nu sendt en “advarende Røst” til Slott-Møller og Co:
+gid den ikke maa lyde forgjæves</t>
+  </si>
+  <si>
+    <t>August 1889</t>
+  </si>
+  <si>
+    <t>Katrinebjærg</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen har modtaget brev fra Emil Hannover og spørger, hvordan man finder til Katrinebjærg, hvor Hannover og hustru opholder sig.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/uOYf</t>
+  </si>
+  <si>
+    <t>Nansensgade 5\3
+Kjøbenhavn : Aug 89
+Kjære Hannover!
+Jeg kom hertil i Gaar Aftes
+og fandt til min Overraskelse
+Brev fra Dem. Hvordan bærer
+man sig ad med at komme
+til Katrinebjærg herfra? — Er
+De hjemme i denne Uge?
+Venlig Hilsen
+til Deres Frue og Dem fra
+R. Christiansen
+[på bagsiden er der noter med blyant, delvist ulæselige:]
+St Strandstr 16, 1 Sal
+forskj.
+Bredgade 18. Ti [?]
+[?] 10 Øre for
+[?]
+Nørregade 32 3 Sal:
+et Skab</t>
+  </si>
+  <si>
+    <t>1891-01-02</t>
+  </si>
+  <si>
+    <t>Glædeligt nytår, ønsker Rasmus Christiansen Emil Hannover. Han besøgte ellers ægteparret Hannover dagen forinden han skrev og sendte dette brevkort; brevets anledning er at sende Hannover oplysninger om en Hr. Guldbergs tre døtre.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/W5v5</t>
+  </si>
+  <si>
+    <t>Nansensgade 5
+d: 2den Jan 1891
+Kjære Hannover!
+Den Meddelelse jeg vilde gjøre
+Dem, kan jeg ligesaa godt sende Dem
+skriftlig, da det kun drejer sig om
+Frøknerne Guldbergs Adresser. Men
+Grunden til at jeg besøgte Dem i Gaar
+var egentlig ligesaameget for at ønske
+Dem og Deres Frue et glædeligt Nytaar,
+hvilket jeg nu ogsaa herved beder
+Dem modtage skriftlig. — Guldberg
+havde 3 Døtre. Deraf er den ældste, Margrethe,
+gift med Borgmester Petersen i Ringkjøbing.
+Hun er formentlig den bedste at henvende
+sig til. En anden Datter, Julie, er gift med
+Korpslæge Hempel, St.: Kongensgade Kbhvn:
+Den tredie endelig, er gift med Jægermester
+Wedel, Hegnetslund pr Kjøge.
+Venlig Hilsen og glædeligt Nytaar
+Deres
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1891-05-22</t>
+  </si>
+  <si>
+    <t>Tordenskjoldsgade
+København</t>
+  </si>
+  <si>
+    <t>Agnes Slott-Møller
+Sigurd Wandel</t>
+  </si>
+  <si>
+    <t>Krøyer har vedlagt brevet 100 kr.: Beløbet er hans andel til erhvervelsen af et af Agnes Slott-Møllers billeder, som vennekredsen omkring Slott-Møllers går sammen om at købe for at afhjælpe parrets økonomiske lavvande.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/RMJq</t>
+  </si>
+  <si>
+    <t>Tordenskjoldsgade 15
+22 Mai 91
+Kjære E Hannover
+Jeg sender
+Dem herved de 100
+Kroner som min Part 
+af Bidraget til Indkjøb
+af Fru Sl. M.s Billede,
+idet jeg beder undskylde
+at jeg først nu faaer
+dem sendte
+Deres
+P.S. Krøyer</t>
+  </si>
+  <si>
+    <t>1894-05-22</t>
+  </si>
+  <si>
+    <t>Holckenhus
+København</t>
+  </si>
+  <si>
+    <t>Vilhelm Bissen
+Agnes Slott-Møller
+Harald Slott-Møller
+Oscar Wandel</t>
+  </si>
+  <si>
+    <t>Brevet er afsendt fra Holckenhus, hvor P.S. Krøyer og Marie i 1892 flyttede ind i en af kunstnerboligene i den monumentale bygning, der blev opført i 1891-1893 med bl.a. en lang række atelierer til først og fremmest billedkunstnere. Se Kjeld Villadsen, "Billedkunstnere i Holckenhus", Civilingeniør Knud Nørgaard og hustru Grethe Nørgaards Fond, 2019.</t>
+  </si>
+  <si>
+    <t>Krøyer omtaler Slott-Møllers pengenød og at Bissens indstilling er, at vennegruppen selv skal gå sammen om et lån, så ægteparret ikke skal låne i banken med renter. Banklånet er desuden også gået i vasken indtil videre, fordi grosserer Wandel ikke kan stå som garant.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/s5J4</t>
+  </si>
+  <si>
+    <t>Holckenhus 22/5–94
+Kjære Hr Hannover
+Bissen var strax
+villig, men sagde: ”hvorfor
+laaner vi ikke ganske simpelt
+Slott-Møllers den Sum, saa
+de faaer et rentefrit Laan,
+istedetfor at lade dem betale
+Renter til en Bank osv. Jeg
+vilde allerhelst gjøre det paa
+den Maade, jeg skal strax
+give mine 250 Kroner.” Jeg
+mente at de andre Garanter
+neppe kunde det. Men da
+nu det er mislykket at faa
+Vandel til Garant for Banken,
+kunde der maaske være Grund
+til at optage den Tanke.
+Deres
+P.S. Krøyer</t>
+  </si>
+  <si>
+    <t>1901-12-23</t>
+  </si>
+  <si>
+    <t>Ludvig Find</t>
+  </si>
+  <si>
+    <t>Kochsvej
+København</t>
+  </si>
+  <si>
+    <t>Ludvig Find er blevet inviteret hjem til Hannover den kommende fredag, men Find må afslå invitationen, da han allerede har en aftale den aften om at påbegynde et portræt af en smuk kvinde: og "saa gaar jeg hellere dér end alle andre Steder."</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/g2tt</t>
+  </si>
+  <si>
+    <t>[Foroven med blyant med Emil Hannovers hånd:] Find
+Kære Hannover. Det gør mig
+ondt at maatte sige Nej Tak
+til Deres Forslag om at kom-
+me til Dem Fredag Aften.
+Jeg skal den Aften begynde
+et Portræt af en smuk Dame,
+og sender hun ikke Afbud, 
+saa gaar jeg hellere dér end
+alle andre Steder. Med 
+venlig Hilsen til Deres Kone
+og Ønsket om Glædelig Jul,
+og at De vil huske mig en
+anden Gang, er jeg
+Deres heng.
+Find.
+Kochsvej 3. 23 – 12 – 01.</t>
+  </si>
+  <si>
+    <t>1902-02-09</t>
+  </si>
+  <si>
+    <t>Det lader til, at Ludvig Find har solgt et billede og takker Hannover for hans mellemkomst i den forbindelse. Find spørger desuden Hannover, om noget skulle forhindre, at han udstiller værket i Kunstforeningen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Wgxs</t>
+  </si>
+  <si>
+    <t>[foroven med blyant med Emil Hannovers hånd:] Find
+Kære Hannover. Tak for Deres Brev
+Det var mig i høj Grad kærkom-
+ment, De ved, jeg selv helst vilde
+have det saadan. Og Tak for Deres
+Interesse for Sagen, det er den, jeg 
+skylder det gode Udfald. –
+Der er vel ellers ingen Formaliteter
+at iagttage ved saadant et Salg,
+og jeg maa vel nok udstille Billedet i 
+Kunstforeningen?
+Venlig Hilsen til 
+Deres Kone og Dem selv.
+Deres heng.
+Find.
+Kochsvej 3. V. 9–2–02.</t>
+  </si>
+  <si>
+    <t>1902-06-07</t>
+  </si>
+  <si>
+    <t>Hotel Fønix
+København</t>
+  </si>
+  <si>
+    <t>Anna Ancher
+Michael Ancher
+Richard Bergh
+Oscar Björck
+Holger  Drachmann
+Heinrich Hirschsprung
+Alexander Kielland
+Sophus Schandorph
+J.C. Schiødte
+Anton Svendsen</t>
+  </si>
+  <si>
+    <t>Afstøbningerne, der omtales i brevet, er i dag i Den Hirschsprungske Samling. Busten, der i brevet benævnes "En Campagnel" med året 1880 noteret, er registreret i museets samling som "En bonde fra Abruzzerne". "Skagens Fisker" med året 1883 tilføjet, bærer stadig samme titel, dog med dateringen 1882 i stedet for Hannovers note i brevet, der siger 1883. De øvrige buster identificeres let på den portrætteredes navn og fremgår af museets bestandskatalog. En buste af Krøyers datter Vibeke er føjet til i 1906. Jf. Saabye et al. (red.), "Den Hirschsprungske Samling af danske kunstneres arbejder. Katalog over malerier og skulpturer", København 2009.</t>
+  </si>
+  <si>
+    <t>Heinrich Hirschsprung har aflagt Krøyer vist på Hotel Fønix. Hirschsprung vil gerne have originalafstøbningerne til Krøyers buster, så han har bedt Krøyer sende Hannover en oversigt over busterne. "La voila" skriver Krøyer til Hannover og lister i alt 12 værker. Han har sat enkelte kommentarer ind vedrørende afstøbningernes stand, og bemærkninger er også tilføjet i Hannovers hånd.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/UTNN</t>
+  </si>
+  <si>
+    <t>Hotel Fønix
+7de Juni 1902
+Kjære Hannover
+Hirschsprung
+har været her i dette 
+Øjeblik og bedt mig at
+faa Originalafstøbningerne
+til mine Buster til sin
+Samling. Og efter hans
+Ønske sender jeg Dem
+Listen over mine Buster
+La voila:
+[2]
+[foroven med blyant i Emil Hannovers hånd:] Krøyer
+[nogle numre efter titlerne på de billeder, der nævnes, er også indføjet i Emil Hannovers hånd. Det kan også være Emil Hannover, der har sat spørgsmålstegn ved numrene 7, 8 og 9]
+1. Skagens Fisker [Hannover:] 83
+2. En Campagnel [Hannover:] 80 [efter klamme ved 1. og 2. i Krøyers hånd:] unique
+3. Holger Drachmann [Hannover:] 82
+4. Anton Svendsen [Hannover:] 81
+5. Heinr. Hirschsprung [Hannover:] 81
+6. Rud. Bergh [efter klamme ved 3. – 6. i Krøyers hånd:] Originalafstøbninger
+? 7. J. C. Schiødte [Hannover:] Vinteren før hans Død.
+Originalen 
+vist ubrugelig
+? 8. Alex Kjelland Originalen tilh.
+Alex. Kjelland.
+? 9. Oscar Bjørck Orig. beskadiget.
+10. Schandorph. Original i Pastel-
+lina. [formodentlig overstreget af Hannover]
+11. Michael Ancher
+12. Anna Ancher. [efter klamme ved 11 og 12 i Krøyers hånd:] Originaler i Farvet Gibs.
+Om de Buster, hvor Ori-
+ginalafstøbningen mangler eller er
+ubrugelige, tør erstattes med
+senere Afstøbninger, maa De
+og Hirschsprung afgjøre. Ori-
+[3]
+ginalerne er selvfølgelig alle mer
+eller mindre medtagne, som
+Følge af de tagne Former samt
+Tid og Støv.
+Deres
+P.S. Krøyer</t>
+  </si>
+  <si>
+    <t>1905-04-28</t>
+  </si>
+  <si>
+    <t>Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Amaliegade
+København</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/wBR2</t>
+  </si>
+  <si>
+    <t>[med blyant i Hannovers hånd:] Zahrtmann
+Amaliegd 14. 28 April 5
+Kære Hr. Hannover!
+Tak for Forespørgslen. Jeg tror ikke
+der existerer Fotografi direkte efter 
+Billedet af Leon. Christina i Ma-
+ribo. Derimod haves et stort, særd[e]-
+les godt Fototypi hos Winkel og Mag[-]
+nussen af Gætjes Tegning dertil og 
+den kan jeg ikke sende. Winkel &amp;amp;
+M. have i sin Tid foruden at tage Bil-
+ledet lille til L. Chr. Mappen taget 
+det ene Billed stort, men jeg har aldrig
+haft noget Exemplar deraf. Derpaa 
+er Lysfordelingen mere storslaa[e]t tror
+jeg end i Billedet. 
+præterea censeo at den døen[-]
+de Sofie Amalie er langt betydeli-
+gere i hver Henseende.
+Deres heng.
+Kristian Zahrtmann
+Sidste sætning[?] tildels[?] tilføjet fordi jeg i enkelte
+Ting elsker en behersket Dissonans, saaledes
+de røde Trekanter i Tæppet paa Atelieret paa
+den frie.</t>
+  </si>
+  <si>
+    <t>1900-2-29</t>
+  </si>
+  <si>
+    <t>Frits Thaulow</t>
+  </si>
+  <si>
+    <t>Den titel, som beskriver en Hr. Strøms rolle ved Verdensudstillingens norske afdeling i Paris år 1900, er blevet diskuteret af Tuxen og Krøyer. Krøyer meddeler Hannover hvad titlen bør være, dog med det forbehold, at den muligvis kan kollidere med Frits Thaulows.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/WWsV</t>
+  </si>
+  <si>
+    <t>Bergensgade 10 Ø.
+29[28?] Febr 1900
+Kjære Hannover
+Tuxen og
+jeg er blevet enige om
+at Hr Strøm bør kalde
+sig: ”Délégué des artistes
+Norvegiens à l’Exposition
+Universelle de Paris”.
+Men om det kunde 
+kollidere med Thaulows
+Titel kan vi ikke svare
+for men undgaa dog at 
+han kalder sig "Comissaire
+&amp;amp;c."
+Deres
+P.S. Krøyer</t>
+  </si>
+  <si>
+    <t>Udateret, før 1909</t>
+  </si>
+  <si>
+    <t>Se det også udaterede brev fra Christiansen til Hannover, der fortæller om den da afholdte skovtur.</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen har arrangeret en skovtur og oplyser Emil Hannover om, hvornår toget afgår fra Klampenborg station. Er vejret ikke egnet til turen, er planen at gå på udstilling (formentlig Den Frie) og spise frokost på Nimb på Kgs. Nytorv.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/0K6O</t>
+  </si>
+  <si>
+    <t>Nansensgade 5\3
+Tirsdag Aften
+Kjære Hannover!
+Da De har overladt Sagen
+til mig, saa har jeg skrevet til
+de andre, at vi tage i Skoven om
+Formiddagen paa Søndag. Jeg synes
+det er det behageligste, om Eftermiddagen
+kommer der saa mange Mennesker.
+Mød altsaa ved Klampenborg
+Station, Toget gaar præcis Kl:
+9.[ekstra understreget] — I Tilfælde af ugunstigt Vejr
+kan vi jo gaa paa Udstillingen
+og siden samles til Frokost Kl
+11 Form: hos Nimb paa Kongens
+Nytorv.
+Venligst
+Deres
+R. Chr.</t>
+  </si>
+  <si>
+    <t>1889-01-09</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Peter Johansen
+Julius  Lange
+Ferdinand Meldahl
+Johan Peter Wildenrath</t>
+  </si>
+  <si>
+    <t>Se de udvekslede breve 18/1, 21/1 samt 4/2-1889 for uddybende information om de oplysninger, Hannover efterspørger her.</t>
+  </si>
+  <si>
+    <t>Hannover skriver fra Tyskland og beder om nyt hjemmefra. Bl.a. har han hørt rygter om, at kunsthistorikeren Peter Johansen har forfattet teksten til Ferdinand Meldahls seneste udgivelse, under Meldahls navn.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/TEO0</t>
+  </si>
+  <si>
+    <t>Berlin, Unter d. Linden 58
+9 – 1 – 89.
+Kjære Rohde,
+jeg længes lidt efter at høre fra Dem; – om W. 
+om Møller-R., om ”Kunstbladet” gaar ind, om
+Langes Foredrag i Kunstforeningen o.s.v. Sig ogsaa til
+Christiansen, at han dog skulde skrive til mig en
+Gang. …………Peter J. ……..
+……………………..? Det Rygte har
+naaet mig, at Peter J. har skrevet Texten til Etats-
+raad, Direktør M.'s sidste Bog under M.’s Navn.
+Er det sandt? Fortæl mig lidt om, hvad gode Venner
+maler, og om Formaningen til dem i Italien har
+hjulpet.
+Venligste Hilsener fra min Kone og Deres hengivne
+Emil Hannover.
+[I venstre margen:] 
+De skulde komme lidt herned!
+[I højre margen:]
+Min Kone siger, det er Bysladder, jeg vil vide.</t>
+  </si>
+  <si>
+    <t>1889-01-21</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Just Cohen
+Eiler Hagerup
+Alice Hannover
+Harald Immanuel  Hannover
+Laura Hannover
+Fanny Hannover Cohen
+Robert Hirschsprung
+Peter Johansen
+Jacob Joseph Lachman
+Julius  Lange
+Gustav Lotze
+Ferdinand Meldahl
+Asta Nørregaard
+Niels  Pedersen Mols
+Ernst Wasmuth
+Philip Weilbach
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Flere af oplysningerne i brevet her omtales også i brevene 9. januar, 18. januar samt 4. februar 1889.</t>
+  </si>
+  <si>
+    <t>Hannover glæder sig over, at arbejdet med Wildenrath-lotteriet snart er overstået, og han gør status over sit salg af sedler. Han har ikke selv købt sedler til lotteriet, da han sidste sommer ydede økonomisk hjælp til Wildenrath. Han mener ikke, det bør være muligt at bytte det bortloddede billede til et andet, som Rohde har foreslået tidligere. Hannover vil gerne til bunds i Meldahl-Johansen-sagen, da han synes, hele affæren lyder lusket, og han overvejer at anmelde den pågældende publikation. Han kommenterer nogle af de informationer, Rohde har rapporteret hjem i sit foregående brev. Hannover har ikke hørt fra Niels Pedersen Mols i et godt stykke tid, og tror at Mols har lagt ham på is i en periode. Heller ikke Wildenrath har han hørt fra længe. Afslutningsvis beder Hannover om mere bysladder hjemmefra.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/bmLB</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Tak for Deres elskværdige Brev. Det
+glæder mig at høre, at Lotteriet snart
+kan være overstaaet, og jeg er Dem
+meget taknemlig for Deres Arbejde i den 
+Retning. De 180 Kroner skriver sig fra
+at min Søster har betalt 10 Kr.
+min Broder 20 - 
+min Svigerinde 10 - 
+min Kone 10 -
+Grosserer Lachmann 10 -
+Etatsraad Lotze (Odense) 10 -
+Architekt Bruun 10 -
+min Svoger kjøbt et Billed 100 - [Understregningen angiver afslutningen af de opregnede poster, før facit på 180]
+180 –
+Lotze, Lachmann har vel faaet Sedler
+tilsendt?
+Avertissementet behøver vel kun at se
+omtrentlig saaledes ud:
+[Bølgelinje i venstre margen ud for de følgende to linjer:]
+Det bortloddede til Bortlodning stillede Maleri, som var udstillet
+hos V. Winkel er vundet paa No. –
+og kan vel trykkes med Petit.
+[2]
+For at De ikke skal forundre Dem
+over, at jeg ikke har tegnet mig for
+noget Bidrag, vil jeg dog sige Dem, at
+jeg ikke godt kunde gjøre det, efter at jeg
+i Sommer sendte W. en ikke stor men
+for mig forholdsvis stor Hjælp, som jeg
+bad ham ikke betragte som Laan.*)
+Med Hensyn til Deres Forslag om at 
+vælge et andet Billed til Bortlodning,
+finder jeg det egentlig ikke praktisk.
+Der er dog maaske ogsaa nogle, der synes
+at Billedet er smukt, og som vil finde
+det mærkeligt, at vi i sidste Øjeblik
+byder dem et andet Billed end det i 
+Udsigt stillede. Skulde det særlige Uheld
+indtræffe, at Billedet skulde tilfalde paa
+et af de Lodder min Kone har tegnet
+sig for, beder jeg Dem sælge Billedet for en
+eller anden Bagatel til Fordel for W.
+Deres Meddelelser om
+”Kunstbladet” lyder ret forvirrende. Jeg 
+[Med blyant:]
+*) Dette bliver naturligvis mellem os
+[3]
+tvivler dog ikke om, at det jo gaaer
+ind. Langes Foredrag kan jeg efter Deres
+Beskrivelse ret tydelig forestille mig.
+Historien Meldahl-Johansen
+interesserer mig noget. Jeg har næmlig i
+Øjeblikket lidt at gjøre med Meldahls
+Forlægger, den store Wasmuth hernede. 
+Samme kjender Johansens Forhold til
+Meldahls Arbejde, der, som De rigtig
+formoder, er en Samling Fotografier
+efter dansk Renaissanse, ledsaget med
+en Text.
+Lange fortalte mig før min Afrejse, at
+der en Dag i et Bogudvalgsmøde paa
+Akademiet af Weilbach var blevet
+stillet Forslag til at anskaffe Meldahls
+Arbejde. Lange spurgte saa den til Stede
+værende M: ”Hvad er det for et Arbejde”?
+Meldahl: ”Aa, det er ikke noget videre,
+det er ikke noget for Akademiets
+Bibliothek”.
+[4]
+Lange: ”Jo naturligvis skal vi have
+det herop”.
+Meldahl: ”Nej, jeg forsikrer Dem, De
+skal ikke tage et saadant Hensyn til
+mig; der er saa meget andet, Akademiets
+Bibl. kan behøve.”
+Dette forekom Lange noget muggent, og
+han gik derfra ind til Boghandler
+Hagerup, Akademiets Leverandør. Han
+bad denne sende Meldahls Arbejde op
+paa Akademiet til Gjennemsyn. Hagerup
+erklærede, at det havde han allerede
+gjort, men han havde samme Dag
+faaet det tilbage fra Meldahl selv!
+Sagen interesserer mig nu
+væsentlig, fordi jeg en Gang ved
+Lejlighed kunde have Lyst til at
+anmelde Bogen, og saa er det jo
+ganske rart at vide, hvem det er man
+[5]
+har at gjøre med. Jeg ved ikke ret, 
+om jeg i denne Sag skal finde M. eller
+P. J. mest Foragt værd. Det forekommer
+mig at være én af de simpleste Forretnin-
+ger, jeg længe har erfaret. Wasmuth
+fortalte … for resten, at han ventede
+Meldahl herned.
+Her er i forvejen en Hoben Danske i
+Berlin, men jeg ser dem heldigvis ikke.
+Det blev mig ogsaa sagt, at R. Hirschspr.
+skulde være her, men det er vel en
+Fejltagelse, da han vel næppe endnu er
+færdig med sin Examen?
+Hvor glædeligt, at Christiansen har
+saa godt et Udkomme…! Jeg troede
+forresten, hans Broder var Papirhandler
+og ikke Apotheker. En f… Frk. Asta
+Nørgaard den forhenværende Fru
+Reinhard, og til hvem skriver hun 
+Kunst-Korrespondance?
+Niels – P. – Niels hører jeg intet fra og 
+[6] 
+venter det for den Sags Skyld heller
+ikke. Jeg mødte ham en Ugestid før
+min Afrejse i Kjøbenhavn, og han
+lovede saa at komme til mig Dagen 
+efter. Han kom ikke, og jeg har ikke
+siden hørt fra ham. Han har formodent-
+lig en af de Perioder, hvor han ikke
+kan udstaa mig; i de 8 Aar jeg har 
+kjendt ham er saadanne Perioder
+regelmæssig vendt tilbage hvert andet
+Aar.
+Forsyn mig nu snart igjen med
+Bysladder, – dog ikke om Hvalen,
+i Henseende til hvilken ”Politiken”
+aldeles formaaer at tilfredsstille mig.
+Véd De noget om, hvem der havde
+skrevet den daarligt skrevne Anmeldelse af
+min Bog i samme enorme slette
+Blad.
+[7]
+Jeg har nu i vistnok mere end 6
+Uger intet hørt fra Wildenradt, skjøndt
+jeg gjentagent og indtrængende har bedt
+om Underretninger.
+Hjærtelige Hilsener fra min
+Kone og Deres hengivne
+Emil Hannover
+hils Christiansen!
+Berlin 21 – 1 – 89.
+Unter d. Linden 58</t>
+  </si>
+  <si>
+    <t>1889-01-31</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Harald Immanuel  Hannover
+Sigrid Hannover
+Fanny Hannover Cohen
+Jacob Joseph Lachman
+Gustav Lotze</t>
+  </si>
+  <si>
+    <t>Hannover har hørt, at Rohde har svært ved at hitte rede i de solgte lodder til Wildenraths lotteri, så han sender her en liste over hvem, han har solgt lodder til og for hvilke beløb.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/7avv</t>
+  </si>
+  <si>
+    <t>Berlin
+U. d. Linden 58 d. 31/1-89
+Kjære Rohde,
+jeg hører hjemmefra, at De er i Vilderede
+med Lotteriet. Jeg afskrev til alt Held min Liste
+og modtog Afskriften inden min Afrejse. Ved denne
+havde betalt til mig: 1) Lotze, 2) Bruun, 3) Lachmann, 4) Sigrid
+Hannover (min Svigerinde), 5) min Søster, Iris Cohen,
+6) min Broder (paa Gl. Kongevej 91) og 7) min Kone, – 
+henholdsvis 1) 10 Kr. 2) 10 Kr. 3) 10 Kr. 4) 10 Kr.
+5) 10 Kr. 6) 20 Kr. 7) 10 i alt Kr. 80. Lotzes anden
+Tikrone maa altsaa returneres.
+Deres hengivne
+EH.
+[I venstre margen:]
+Lotze har No. 124 og 125 paa min
+Liste.</t>
+  </si>
+  <si>
+    <t>1889-02-13</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Vilhelm Klein</t>
+  </si>
+  <si>
+    <t>Hannover takker Rohde for nogle tilsendte udklip hjemmefra. Han indrømmer ikke at have læst Vilhelm Kleins artikler. Han har tidligere overvejet at skrive noget om Klein, men har droppet idéen for nu. Hannover er i Berlin og har ikke tid til at skrive mere på grund af travlhed inden sin snarlige afrejse til Paris.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Y4zY</t>
+  </si>
+  <si>
+    <t>Berlin 13/2-89.
+Kjære Ven,
+Tak for Deres forskjellige Sendinger, Udklip etc.
+Kleins Artikler har jeg ikke læst. Det var ganske
+vist en Gang min Plan at skrive en Karakteristik
+af K., men jeg føler mig i Øjeblikket aldeles ikke
+mere kaldet til at rage andres Kastanier ud af Ilden.
+At det ikke er af Frygt for Ilden, véd De jo. Jeg har
+saa meget at bestille i denne Tid før min Afrejse til
+Paris, at De maa nøjes med disse Linier. Tak Chr.
+for hans Brev. Saasnart jeg kan, skal jeg skrive til
+ham. Jeg underhandler nu selv paa Ny med Madame
+i rue Richelieu. Venligste Hilsener fra min Kone og
+Deres hengivne
+EH.</t>
+  </si>
+  <si>
+    <t>1889-03-25</t>
+  </si>
+  <si>
+    <t>Emil Hannover
+Johan Peter Wildenrath
+Margrethe  Wildenrath-Krabbe</t>
+  </si>
+  <si>
+    <t>Hannovers har ikke hørt fra Wildenrath i fire måneder, og Alice Hannover spørger nu Rohde, om han kender noget til årsagen. Emil Hannover har skrevet to gange til Wildenrath, blandt andet for at meddele resultatet af lotteriet, og det bekymrer dem derfor, at de ikke har fået svar.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/svJR</t>
+  </si>
+  <si>
+    <t>Rue de Lille 57[1?]. Paris
+25.4.89.
+Kjære Hr Rohde,
+Har De hørt fra Wildenraths
+siden vi rejste fra Kjbhavn?
+Min Mand har skrevet to Gan-
+ge til dem uden at faa Svar.
+Han meddelte ogsaa Resultatet
+af vort Arrangement uden dog
+at berøre dette nærmere. Vi kan
+ikke begribe hvorfor J P. W. ikke
+har ladet høre fra sig i 4 Maa-
+neder og hans Tavshed ængster
+os. Skulde De kende Grunden
+til denne, eller have hørt nær-
+mere om hans øjeblikkelige For-
+hold, vilde vi være Dem taknem-
+lige for et Par Ord desangaaende.
+I Hast, Deres
+Alice Hannover</t>
+  </si>
+  <si>
+    <t>1889-09-08</t>
+  </si>
+  <si>
+    <t>Odense
+Langesø</t>
+  </si>
+  <si>
+    <t>Hannover skriver til Rohde i august 1889 om artiklen om Rafaëlli i Dagens Krønike. Se også brevene udvekslet mellem Hannover, Rohde, Slott-Møllers og Christiansen i samme måned, samt breve af henholdsvis 8. og 15. september, hvor maleriet af hingsten omtales.</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen takker Emil Hannover for et særtryk af hans artikel om Rafaëlli. Christiansen fortæller at et fransk, illustreret katalog nu kan købes i København, så Johan Rohde vil undlade at købe en udgave af det til Hannover i Paris. Han fortæller også, han har mødt Agnes Rambusch og hendes moder i København og udfrittet dem om det maleri i størrelsen 1:1 af en hingst, som Harald Slott-Møller arbejder på i Gjerrild i Jylland.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/0q7B</t>
+  </si>
+  <si>
+    <t>Komigjen Kro ved Langesø
+pr. Odense
+Søndagen d: 8de Septbr 89
+Kjære Hannover! — Tak for det tilsendte
+Særtryk af Rafaëlli, som jeg modtog nogle
+Dage før min Afrejse herover. Jeg lovede
+Rohde, før han rejste, om at underrette 
+Dem om, hvad De maaske allerede vèd,
+at den franske ill: Katalog nu kan faaes i
+Kjøbenhavn hos min Broder og andre Steder,
+hvorfor han anmodede mig om at bede Dem
+fritage ham for sit Løfte om at kjøbe Kata-
+log til Dem i Paris, da den jo ikke fylder saa
+lidt i en Haandkuffert. Dagen før jeg rejste fra
+Kjøbenhavn traf jeg Fru Rambusch med Datter
+paa Gaden og jeg pumpede dem naturligvis
+efter Evne angaaende den famøse Møllerske
+Hingst, da de havde tilbragt en Feriemaaned
+i Gjerrild. Der er en Rytter paa, en Karl som
+rider den tilvands. Den vender Siden til
+og trykker sig for at gaa i Vandet. Alle
+fire Ben staa paa Jorden. Jeg var nær 
+rejst over for at se den; men jeg turde ikke friste
+det gode Vejr længere. Derfor opgav jeg det.
+Venlig Hilsen til Dem og Frue fra Deres
+R. Christiansen.
+Opgiv mig ved Lejlighed Deres tilkommende Kjø-
+benhavnske Adresse.</t>
+  </si>
+  <si>
+    <t>Alice Hannover har været til læge i Rom, og der er heldigvis udsigt til bedring, selvom hun endnu er svag (og derfor ikke må skrive længere breve). Lægen har rådet hende til at tilbringe næste vinter i syden. Hun har forsøgt at mande sig op på rejsen mod Italien for at få set noget af landskabet og kunsten, men nu bliver hun på sit værelse og lader sig pleje.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/4zhZ</t>
+  </si>
+  <si>
+    <t>Hotel du Midi, Via delle Finanze Roma.
+Kjære Rohde, Da det er mig forbudt at skrive
+”rigtige Breve” maa De foreløbig nøjes med et
+Par Ord om Resultatet af Undersøgelsen af Læ-
+gen i Rom. Til min store Trøst opfatter han
+foreløbig Sygdommen som akut, og giver
+mig godt Haab om Helbredelse. Han raader
+os til at tilbringe næste Vinter i Syden. Paa
+Vejen herned følte jeg mig ret syg, men gjorde
+mig stærk, for at kunne nyde det herlige Land
+og den vidunderlige Kunst. Lægen – den danske Dr.
+Bull, Slott-Møllers Læge – mener at jeg paa Rejsen her
+ned har gaaet med en Lungehindebetændelse, der rime-
+ligvis har haft til Følge de stærke Komplikationer til 
+Lungen, som han forefandt ved min Ankomst.
+Jeg tør nu ikke forlade Værelset, bliver fodret op,
+og har den omhyggeligste Pleje. Jeg haaber snart
+at være saa rask, at De kan faa glædeligere Efterretnin-
+ger fra os. Mange Hilsner fra Emil og Deres Alice Hannover.
+[på den anden led i margenen foroven:]
+Skriv snart.</t>
+  </si>
+  <si>
+    <t>1890-03-06</t>
+  </si>
+  <si>
+    <t>Munchen</t>
+  </si>
+  <si>
+    <t>Robert Dohme
+Adolf Rosenberg</t>
+  </si>
+  <si>
+    <t>Hannovers er i München, hvor det er frygtelig koldt - så koldt at Hannover kun kan arbejde nogle få timer om dagen. Han håber, det bliver bedre i Firenze, som de rejser videre til senere på måneden. Den tyske oversættelse af Hannovers bog om Watteau er blevet vel modtaget i Tyskland, og det glæder ham. Han lover at sende nogle af de kyndigere anmeldelser til Rohde, hvis han kan skaffe dem.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/fRB3</t>
+  </si>
+  <si>
+    <t>München. 6.III.90.
+Kjære gode Ven,
+Jeg tænker De interesserer Dem for at høre et Par Ord om,
+hvorledes vi klarer os i denne rent forbistrede Kulde, – igaar 
+paa 14 Grader! Vi har holdt os foreløbig ved godt Helbred og
+er meget forsigtige. Vi har nogle vældige Filtsko paa
+Benene i Museerne og Tæpper til at dække os til med.
+Alligevel fryser vi i den Grad, at jeg kun kan gjøre Noter
+nogle faa Timer hver Dag, – længere kan jeg ikke føre
+en Blyant med mine stivnede Fingre. Men lidt bedre
+maa det vel blive syd for Alperne. Ca. d. 15de er vi i Florents,
+hvorhen De kan skrive poste restante, hvis De vil glæde os
+… med et Brev. Jeg havde paa Vejen herned, i Berlin, den
+Glæde at erfare bl.a. af forskjellige kyndige Anmeldelser (… af
+Dohme og Rosenberg), at min Bog i Oversættelse er bleven endog
+usædvanlig velvillig optagen i Tyskland. Naar jeg faaer fat i
+nogle af de forstandigere Anmeldelser, og hvis De bryder Dem om
+at læse dem, skal jeg sende Dem dem. Modtag hjærtelige Hilsener
+fra min Kone og Deres hengivne
+Emil Hannover
+[I venstre margen med blyant med Alice Hannovers hånd:]
+Mange Hilsner fra mig!</t>
+  </si>
+  <si>
+    <t>1890-06-09</t>
+  </si>
+  <si>
+    <t>Se Emil Hannovers brev til Rohde 27. juni 1890 angående de her omtalte destinationer i Italien.</t>
+  </si>
+  <si>
+    <t>Dele af brevet mangler. Alice Hannover skriver fra Rom. Hun har været sengeliggende og er stadig noget afkræftet. Emil Hannover er for øjeblikket i Milano, hvor Alice snart skal mødes med ham. Fra Milano planlægger de at tage til Schweiz, hvor mælk og bjergluft skal hjælpe hendes helbred. De er efter planen tilbage i Danmark til juli, men hun ønsker at rejse til Italien igen næste vinter - alene, skriver hun, da Emil Hannover ikke tåler varmen så godt og lider "ved at se mig skrante."</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/fSap</t>
+  </si>
+  <si>
+    <t>Roma
+Kjære Hr. Rohde, Tilgiv, at jeg først nu [mangler]
+Dem for Deres Brev, og Deres smukke [mangler]
+som glædede mig saameget. Da jeg modto[g] [mangler]
+Brev i Neapel var jeg sengeliggende; vi for[lod skynd-]
+somst Neapel, og rejste til Rom, hvor jeg atter kom [til]
+Kræfter. Min Mand har været i Venedig, og er [mangler]
+i Milano, hvortil jeg rejser en af de nærmeste [Dage.]
+Vi tager derfra til Schweiz, hvor jeg skal drikke Mæ[lk] 
+og have Bjærgluft. I Slutningen af Juli kommer vi
+hjem, men det er min bestemte Hensigt at tilbringe
+næste Vinter i Italien. Hvis jeg kan sætte det igjennem rej-
+ser jeg ene, da min Mand lider ved Klimaet, og ved at se mig
+skrante. Jeg er bleven tapper kan De tro. Det har været vanske-
+lig nok at holde Humøret oppe, i disse 14 Dage, jeg har været 
+ene i Rom. Men jeg vilde ikke at min Mand skulde opgive Vene-
+zianerne for min Skyld. Mit Bryst gaar fremad, men Kræfterne
+tager af. Dette kan dog være en Følge af Varmen. Naar jeg bliver
+rask, skal Livet atter ligge lyst for mig. Hils alle gode Venner
+Deres Alice Hannover</t>
+  </si>
+  <si>
+    <t>1891-06-06</t>
+  </si>
+  <si>
+    <t>Holger  Drachmann
+Fanny Hannover Cohen
+Joris-Karl Huysmans</t>
+  </si>
+  <si>
+    <t>Hannovers yngste søster har lovet at skaffe anden del af Holger Drachmanns roman "Forskrevet" til Rohde. Hannover spørger Rohde om han vil låne ham Huysmans romaner.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/dVtU</t>
+  </si>
+  <si>
+    <t>Lyngby, Lørdag
+Kjære Herr Rohde,
+Min yngste Søster har lovet at skaffe
+Dem 2den Del af ”Forskrevet”. Enten
+sender hun den til Deres Bopæl i Ny-
+havn, eller hun lægger den ned til
+Portneren i Kronprinsesseg. 8, hvor De kan
+hente den Mandag Formiddag.
+Hvis De endnu har Lyst til at laane os
+Huysmans Romaner, vil jeg bede Dem
+være saa venlig at lægge dem frem, saa
+at jeg kan hente dem hos Deres Familie,
+naar jeg en Dag kommer til Byen.
+Venlig hilsen fra min Dreng og Deres heng.
+A Hannover.</t>
+  </si>
+  <si>
+    <t>1891-09-20</t>
+  </si>
+  <si>
+    <t>Theodor Bang</t>
+  </si>
+  <si>
+    <t>Angående Rohdes anbefaling af værker på Østergaard, se hans brev dateret 17. september 1891 til Hannover.</t>
+  </si>
+  <si>
+    <t>Hannover beder Rohde komme til middag hos Alice og sig og tage sin kuffert og malerkasse med i fald, han kan opholde sig der nogen tid. Han takker også for et brev fra Rohde, som han modtog, mens han opholdt sig i Aarhus og beklager, han ikke kom til Østergaard (nær Aarhus), hvor Rohde havde anbefalet ham at tage ud for at se ældre hollandsk malerkunst og værker af Juel og Abildgaard. Hannover forklarer, at han på Hotel Royal havde hørt, at Bang, der var forpagter af Østergaard, selv ville være i Aarhus i weekenden og derfor ikke at træffe hjemme.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/0xzd</t>
+  </si>
+  <si>
+    <t>Lyngby. Søndag
+Aften
+Kjære Rohde,
+Kan De ikke komme herud paa Onsdag
+med Tog 3.35 fra Byen for at spise Middag hos os. Tag en Kuffert og en
+… Malerkasse med, hvis De kan blive her;
+hvis ikke kan vi forventelig træffe Aftale
+om, naar De vil komme her paa et længere
+Besøg.
+Tak for Brevet til Aarhus. Desværre kom jeg ikke
+til … Østergaard. Paa Hotel Royal sagde man
+mig, at Bang ventedes Lørdag og Søndag til Byen,
+og jeg vilde da ikke risikere at gjøre Turen forgæves.
+Desuden egner jeg mig aldeles ikke for et mere uni-
+verselt Kunskjenderskab.[sic] Paa Gjensyn. Deres hengivne
+E.H.</t>
+  </si>
+  <si>
+    <t>1891-10-08</t>
+  </si>
+  <si>
+    <t>Hannover beder Rohde medbringe nogle kataloger fra Charlottenborg-udstillingen den næste dag.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/PUzi</t>
+  </si>
+  <si>
+    <t>8.X.91.
+Kjære Rohde,
+Medtag imorgen nogle Kataloger
+fra Charlottenborg-Udstillingerne.
+Deres
+Emil Hannover</t>
+  </si>
+  <si>
+    <t>1891-11-05</t>
+  </si>
+  <si>
+    <t>Rohde er velkommen til middag hos Hannovers næste lørdag. Det er endda muligt, de kan følges i toget inde fra byen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/danQ</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+De er velkommen paa Lørdag, men mest
+Velkommen, hvis De vil komme til
+Middag. Hvis De vil tage med Toget 4,45
+fra Byen, kan vi maaske følges herud.
+Det er dog ikke ganske sikkert, De finder
+mig paa Banegaarden.
+Venlig Hilsen, Deres
+E.H.
+5.XI.91.</t>
+  </si>
+  <si>
+    <t>Hannover har hørt fra Rasmus Christiansen, at Rohde ligger syg med influenza. Da Hannover ikke ønsker at blive smittet, har han ikke været forbi. Hannover vil dog gerne snart høre nyt fra Rohde og ønsker ham god bedring.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/hN4L</t>
+  </si>
+  <si>
+    <t>Lyngby 3/12-91.
+Kjære Rohde,
+jeg hørte igaar Aftes af Christiansen, at De var senge-
+liggende, men jeg kunde ikke blive klog paa, hvad
+De egentlig fejlede. Christiansen sagde dog, at De
+selv mente, det maatte være Influenza, og heri
+maa De søge Grunden til at jeg endnu ikke har
+været oppe at se til Dem. Jeg hentede mig næmlig for
+to Aar siden min Influenza ved at gaa ind til en
+dito-Patient, og jeg tilstaaer ærlig, jeg har ikke megen
+Lyst til at gaa Sygdommen igjennem en Gang endnu
+eller blot udsætte mig for noget saadant. Imidlertid
+længes jeg meget efter at høre, hvorledes De har det, 
+og jeg vilde være Dem meget taknemlig for et Par Ord
+desangaaende paa et Kort. Hvis det ikke er Influenza,
+De har, maa jeg vel nok have Lov til at komme op
+at se til Dem? God Bedring og venligste Hilsener,
+[i venstre margen:]
+Deres hengivne E.H.</t>
+  </si>
+  <si>
+    <t>1891-12-09</t>
+  </si>
+  <si>
+    <t>Edmond de Goncourt
+Jules Huot  de Goncourt
+Anton Springer</t>
+  </si>
+  <si>
+    <t>Hannover informerer Rohde om, at Goncourts raderinger er til salg antikvarisk i Frankfurt. Det pågældende eksemplar har tilhørt Anton Springer.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/xlP6</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Hvis jeg ikke tager fejl, bad De mig en Gang
+lade Dem vide, naar Goncourts Raderinger
+forekom antikvarisk. De averteres for Øjeblikket
+fra Joseph Baer, Rossmarkt 18, Frankfurt a.
+M. til 36 Mark. Den oprindelige Pris var 100
+francs. Det er et Exemplar paa hollandsk Papir.
+De finder anførte i Baers Lager-Catalog 289
+under No. 1602. Exemplaret har tilhørt
+Anton Springer. 
+Deres hengivne
+E.H.
+9-XII.91. Aften</t>
+  </si>
+  <si>
+    <t>Hannover glæder sig over, at Rohde har det bedre. Han og Alice Hannover flytter ind til København kort før jul.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/mWcw</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Tak for Brevet. Det glæder mig at
+høre, at det gaaer Dem bedre. Men vær
+nu endelig forsigtig, at De ikke faaer
+Tilbagefald.
+Vi flytter ind et Par Dage før Jul.
+Venlige Hilsener,
+Deres
+E.H.
+Lyngby
+9.XII.91</t>
+  </si>
+  <si>
+    <t>1891-12-16</t>
+  </si>
+  <si>
+    <t>Arnold Böcklin
+Peter  Hansen
+William Holman  Hunt
+Carl  Neumann
+Odilon Redon
+Dante Gabriel Rossetti
+John Ruskin
+Fritz Syberg
+Jens Ferdinand Willumsen
+Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>For de omtalte oplysninger om Böcklin, se Johan Rohdes brev til Emil Hannover 1891-11.</t>
+  </si>
+  <si>
+    <t>Hannovers flytter ind til København i løbet af de næste par dage, og Hannover glæder sig, selvom hans hustru er ked af, at skulle rejse fra landet. Han har indtelefoneret en omtale af maleren Carl Neumann til Politiken. Hannover takker for Rohdes oplysninger vedrørende Arnold Böcklins arbejdsmetode. Han er netop i begreb med selv at indhente oplysninger om Böcklin. Hannover spørger, hvorvidt Willumsen kan skaffe nogle ting af Odilon Redon. Dernæst vil Hannover gerne hurtigst muligt have nogle flere værker af Willumsen sendt til Danmark, da han forudser, at de kan give anledning til nye brydninger i næste udstilling i Den Frie. Hannover synes godt om Kunstforeningens udstilling og anerkender kvaliteterne i Sybergs udstillede selvportræt, men bryder sig ikke om farveholdningen. Peter Hansens udstillede værker afslører inspiration fra Rohde. Hannover spørger, hvad Rohde læser om Italien for tiden. Han glæder sig selv til at gense sine fotografier og bøger derfra, når han flytter ind til byen. Han har købt noget engelsk kunstlitteratur, af Ruskin blandt andre, og spørger, om ikke Rohde snart vil med til England.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/e1Iu</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Tak for Brevet. Vi flytter Gud
+være lovet, takket elsket og priset
+ind paa Mandag eller Tirsdag, – til 
+stor Sorg naturligvis for min Kone.
+I de sidste Uger er jeg bleven holdt i 
+Fangenskab herude i Anledning af
+Influenzaen i Kjøbenhavn, og derved
+er min Appetit paa Hovedstaden
+bleven yderligere skærpet. Forresten:
+hvad skal man derinde? Havde jeg
+været i Byen i Aften, havde jeg
+skullet skrive om Marinemaler
+Neumann; nu kunde jeg dog nøjes
+med at fortælle Telefonen, at han
+var en daarlig Maler og derfor
+saare populær.
+Tak for Underretningen om Böcklin.
+jeg har forresten atter afbrudt mit
+Arbejde for at søge at indhente
+nogle positive Oplysninger om Manden
+hos nogle af dennes Venner. Faaer jeg
+intet at vide, vil jeg skrive til
+ham selv. Nu gaaer jeg blot i Frygt 
+[2]
+for, at alt det, jeg har digtet, skal
+være uoverensstemmende med
+Virkeligheden.
+Troer De ikke, Willumsen ogsaa
+kunde skaffe mig noget af Redon?
+Det Blad, jeg saa hos Zeuthen, var 
+godt, skjøndt jeg finder Willumsens
+nok som bekjendte Radering bedre,
+fordi den er fri for Redons Rheto-
+rik. Se saa snart som mulig at
+faa Willumsens Arbejder hertil.
+Jeg forudsætter, de er et nyt Slag
+værd, og jeg vil gærne slaa et
+saadant, saa snart den fri Ud-
+stilling er bleven aabnet. Over-
+hovedet vil jeg gærne have min
+Anmeldelse i alt væsentligt færdig,
+inden Udstillingen aabner, og jeg
+haaber, De vil hjælpe til at sætte
+mig i Stand dertil.
+Kunstforeningens Udstilling var
+mig en glædelig Overraskelse. Jeg
+skrev en lille Notits om den i 
+[3]
+”Politiken” og fremhævede – saa vidt
+jeg husker – de samme Navne, som De
+nævner som Muligheder. Jeg kan godt
+se, at Sybergs Selvportræt ikke er
+ubetydeligt, men jeg holder ikke af det,
+fordi det er saa grænseløst uskjøndt
+i Farven. Peter Hansens to Landskabs-
+studier var smukke, men røbede
+nogen Paavirkning fra Dem.
+Hvad er det, De læser om
+Italien? Jeg glæder mig selv saa
+meget til at gjense mine Fotogra-
+fier dernedefra, jeg troer i det hele
+taget, det er Fotografierne og Bøgerne
+og Billederne og hvad der ellers findes
+stuvet sammen i de smaa Huller
+i Reventlowsgade, der lokker mig mest
+til Byen. Ja og saa Vennerne
+naturligvis, de tossede Venner, der
+ikke kan overvinde deres Magelighed
+og sætte sig op i en Jærnbanevogn
+og kjøre en halv Time ud til
+Lyngby.
+Jeg har anskaffet en Del engelsk
+[4]
+Kunstlitteratur i den sidste Tid,
+bl.a. af Ruskin og har faaet en 
+utvingelig Lyst til at komme til 
+England for at se noget af Rossetti, 
+Holman Hunt etc. Vil De med –
+fra Paris?
+Før Onsdag er vi næppe nogen-
+lunde i Orden derinde. Men
+saa haaber jeg ogsaa vi ser Dem
+saa snart som muligt.
+Venlig Hilsen fra min
+Kone,
+Deres hengivne
+Emil Hannover
+16.XII.91.
+Lyngby</t>
+  </si>
+  <si>
+    <t>1892-01-03</t>
+  </si>
+  <si>
+    <t>Hannover inviterer Rohde til middag en af de kommende dage.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/kUMg</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Vi venter Dem enten i Morgen, Mandag,
+til Middag, eller paa Torsdag. Torsdag
+kommer Slott-Møllers. De skan selv
+vælge, og De behøver ikke sende Besked.
+Deres hengivne
+E.H.
+3.I.92</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møller melder på sin og Agnes' vegne endnu engang fra til en aftale med Hannovers, da hendes forkølelse har udviklet sig til influenza. Det ligger ellers især Agnes Slott-Møller på sinde at se Hannover, da han har misforstået nogle af hendes udtalelser omkring Den frie Udstilling.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/HHsa</t>
+  </si>
+  <si>
+    <t>8.I.92.
+Kjære Ven
+Tak for dit rare elskværdige Brev,
+vi kan nu ikke komme paa
+Tirsdag, da min Kones Forkjølelse
+… har udviklet sig til
+Influenza, dog kun en tem-
+melig mild. Jeg lader Jer
+vide, saasnart vi er helt
+over det og kan lade
+hende gaa ud om Aftenen,
+da vi begge længes meget
+efter Jer og efter at tale
+med Jer. Konen især og
+da navnlig efter at faa
+Lejlighed til at berigtige
+... sine Udtalelser om
+sin Stilling til den frie Udstilling, som
+I noget har misforstaaet
+eller rettere sagt væsentlig
+Din hengivne Ven
+H Slott-Møller</t>
+  </si>
+  <si>
+    <t>1892-01-10</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Fru Hannover er syg, og Hannover må derfor aflyse en planlagt middag den følgende mandag. Han kommer muligvis forbi Rohde en af de kommende dage for at få referat af et møde han skal deltage i samme aften.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/MuWR</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Da min Kone har maattet blive i
+Sengen paa Grund af sin Forkølelse,
+har jeg sagt Slott-Møllers af til paa
+Mandag. Det kan være, jeg en af Dagene
+kommer et Øjeblik op til Dem for at
+faa min Nysgærrighed angaaende Mødet
+i Aften tilfredsstillet.
+Deres hengivne
+E.H.
+10.1.92.</t>
+  </si>
+  <si>
+    <t>1893-10-15</t>
+  </si>
+  <si>
+    <t>Andreas Aubert
+Charles Frederik Hinné
+Peder Severin Krøyer
+Karl Madsen</t>
+  </si>
+  <si>
+    <t>Hannover besvarer Rohdes forespørgsel [se brev fra Rohde til Hannover 11. oktober 1893] angående oplysninger om Galleribestyrelsens sammensætning og indkøbspraksis. Hannover kan ikke umiddelbart hjælpe dermed, men foreslår et par andre som muligvis kan skaffe informationer, nemlig C.F. Hinné, Andreas Aubert, P.S. Krøyer og Karl Madsen. Hannover slår dog fast, at han heller ikke mener indkøbet af moderne kunst er tilfredsstillende i udlandet. Hvis de får brug for fremskaffelse af oplysninger i Paris hjælper han gerne, men ellers ser han sig helst fri for at gå ind i sagen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/dCI3</t>
+  </si>
+  <si>
+    <t>15.X.93
+Inden jeg fik afsendt mit Brev, modtog jeg
+Deres Linjer af 11/10. Deres Anmodning sætter mig
+noget i Forlegenhed; jeg ved næmlig ikke det
+allermindste om de Forhold, man søger op-
+lyst, og jeg har oprigtig talt grumme lidt Lyst
+til at begynde en stor og vidtløftig Korrespon-
+dance paa fremmede Sprog for at faa noget
+desangaaende at vide. Jeg kunde maaske skaffe
+Dem Oplysninger fra Dresden, München og Berlin,
+men jeg troer, der maa være andre, som meget
+lettere kan gjøre det.
+Saaledes kunde maaske Hinné faa Meddelelser
+fra München; Aubert fra Dresden (lige som han
+kan give Oplysninger om Christiania); i Stockholm
+har Madsen Bekjendtskaber; i Paris Krøyer. Men
+jeg synes forresten at saadanne Oplysninger, selv
+om de tilsyneladende er hensigtssvarende, maa
+benyttes med stor Forsigtighed, thi jeg kjender ikke
+noget Galleri i Verden, hvor Indkjøbet af moderne
+Kunst kan kaldes mønsterværdigt.
+Endnu en Hilsen,
+Deres
+E.H.
+Ja, Meningen med ovenstaaende Linjer var
+allene den, om jeg kunde faa Lov at slippe for
+videre Tiltale i denne Sag? Skulde man
+virkelig behøve mig til en eller anden Henvendelse
+f.Ex. her i Paris, er jeg naturligvis alligevel til
+Tjeneste</t>
+  </si>
+  <si>
+    <t>1893-10-31</t>
+  </si>
+  <si>
+    <t>Henry de Groux
+Julius  Lange
+Richard Muther
+Edmond Sagot</t>
+  </si>
+  <si>
+    <t>Hannover lader vide at han har fået kunsthandleren Edmond Sagot til at sende to litografier af Henry de Groux til Rohde. Hannover beholder gerne den ene, hvis Rohde ikke vil have begge, selvom han ikke er vild med de Groux. Hannover spørger hvad Rohde synes om hans seneste artikel om Julius Lange. I øjeblikket arbejder han på en anmeldelse af Richard Muthers afsnit om dansk kunst [i "Geschichte der Malerei im 19. Jahrhundert III", München, 1894, s. 198-261]. Hannover beder Rohde holde tæt om dette. Han har til sin overraskelse opdaget at hans tyske er habilt nok til at blive trykt.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/P3Ay</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Jeg har ladet Sagot sende Dem to Litografier
+(8 og 6 fr) af Henry de Groux. Hvis De ikke vil have
+dem begge, skal jeg ved min Hjemkomst over-
+tage den ene. Jeg troer forresten ikke, jeg sværmer
+meget for ham.
+Tak for Deres Brev. Jeg skal snart skrive nærmere
+til Dem. Var De meget uenig med mig i Artiklen
+om Lange? Men ikke sandt, den var ganske
+snildt skreven? Jeg sidder og anmelder Muthers
+Afsnit om Danmark. De husker nok at tie om
+mit Forhold til denne Sag. Jeg har med Forbavselse
+opdaget, at det tyske, jeg kan skrive, kan trykkes.
+Venlige Hilsener, Deres hengivne
+E.H.
+Paris d. 31.X.93</t>
+  </si>
+  <si>
+    <t>1893-11-03</t>
+  </si>
+  <si>
+    <t>Lugné-Poe
+Herman Bang
+Rasmus  Christiansen
+Sophus  Claussen
+Henrik Ibsen
+Agnes Slott-Møller
+Harald Slott-Møller
+Johan Peter Wildenrath
+Margrethe  Wildenrath-Krabbe</t>
+  </si>
+  <si>
+    <t>I tilfælde af at Rohde ønsker at sende en kondolence, fortæller Hannover, at Frk. Trapplers ældste søster er død. Han spørger om Rohde kan sende ham 200 francs, som han skylder. Hannovers kredit er nemlig ved at være i bund, og han ved at Slott-Møllers ikke vil være i stand til at tilbagebetale ham i øjeblikket. Han beder også om nyt vedrørende hr. og fru Wildenrath, og takker for Rohdes oplysninger om dem i forrige brev. Hannover har sammen med Sophus Claussen været til prøve på Ibsens skuespil "En Folkefjende", opført af Lugné-Poes teatertrup og instrueret af Herman Bang i Montmartre. Hannover er imponeret over at se Bang arbejde, og de franske skuespillere har tydeligvis stor respekt for ham. Et morsomt optrin opstod, da Bang ville instruere to skuespillere i at spille en scene "mere erotisk". I en forkert oversættelse af det danske ord "erotik" til fransk, kom Bang for skade at bede dem spille "mere sjofelt". Det, samt de franske skuespilleres sproglige misforståelser, morede Hannover og Claussen sig vældigt over. Begge blev behandlet med stor respekt fordi de forstod Ibsens modersmål. Hannover har talt med Christiansen, som godt ved at han er et fjols, men han er forelsket, og der er da ikke mere at gøre.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/i8Ez</t>
+  </si>
+  <si>
+    <t>På første side er der regnestykker i venstre margen og foroven, de fleste med blæk. De er forsøgt udvisket.
+Paris
+3 Novb. 93
+Kjære Rohde.
+Da De muligvis i den Anledning
+vil sende Mlle Trappler Deres Kort,
+meddeler jeg Dem, at hendes ældre
+Søster i Dag er død efter et meget
+langt Sygeleje.
+Er det Dem muligt omkring d. 15de
+at sende mig 200 francs? I saa
+Fald vil jeg gærne have dem. Jeg har
+næmlig maattet udlaane igjen
+af mit Kreditiv, og da ogsaa
+S. M. inden min Rejse tog en
+større Bid deraf, er der ikke
+meget tilbage, og jeg er fuldstændig
+paa det rene med, at jeg ikke kan
+bede sidstnævnte erindre deres
+Skyldighed. Resten af de ca. 400 francs
+(jeg regner: 300 Mark = 267 Kroner og ca.
+70 Kroner fra tidligere) kan jeg da maaske
+faa en Gang i Begyndelsen af Decem-
+ber.
+Lad mig sige Dem, at hvis dette
+Arrangement volder Dem altfor
+store Vanskeligheder, saa kan jeg
+[2]
+vente med i hvert Fald Halv-
+delen til jeg kommer hjem.
+Fra Fru W. har jeg længe ikke
+hørt noget. Hvad er hendes Bestem-
+melse for Fremtiden? Hvor er W. og
+har han for længere Tid forladt
+Kjøbenhavn? Tak iøvrig for alle
+Oplysningerne, der – mærkelig nok –
+næsten alle var mig nye.
+Igaar Aftes var jeg Gud
+hjælpe mig til Rolleprøve paa
+”En Folkefjende”, som Lugné-Poe
+og hans Trup skal spille paa
+Torsdag. Jeg var gaaet ud for at besøge
+Soph. Clausen; i samme Hotel
+boer Bang, og han er Sceneinstruk-
+tør. Han spurgte os, om vi ikke
+vilde med, og da jeg ikke vilde nægte
+mig den Fornøjelse at se Bang agere,
+modtog jeg Opfordringen. Det er ikke
+mere end Skyldighed at sige, at han
+[3]
+gjorde sine Sager aldeles ypperlig, og de
+franske Skuespilleres havde aabenbart
+den største Respekt for ham. Hvert Ord
+af ham var dem en Lov, og han sloges
+drabelig mod deres ”trop de bruit”. Jeg
+troer, Stykket vil komme til at tage
+sig udmærket ud. Prøven foregik i
+et ubeboet Atelier oppe paa Mont-
+martre; der spilledes i Overfrakke,
+med vaade Paraplyer og opsmøgede
+Benklæder. Ikke destomindre med stor
+Alvor.
+Kosteligt var det, da Bang, der forresten 
+taler meget godt Fransk, pludselig
+brød ind i Scenen mellem Petra
+og hendes Tilbeder (jeg husker ikke
+hvad han hedder): Celà ne marche
+pas, celà ne marche pas de tout,
+celà faut être beaucoup plus
+érotique. Forbavselse og Forfærdelse i
+hele Selskabet. ”Un écrivain érotique”
+betyder paa Fransk en Pornograf og
+Ordet érotique ikke andet end: sjofel.
+[4]
+”Ah, mais chez nous . . . chez nous . . . .
+c’est un mot . . . . c’est un mot . .
+un mot presque divin” sagde Bang,
+da han opdagede sin Fejltagelse, og
+Claussen og jeg var ved at dø af
+Latter over denne Forklaring af
+det erotiske fra Bangs Mund.
+Forresten blev vi naturligvis
+behandlede med Honnør paa Grund
+af den ellers ikke skattede Egenskab,
+at vi kunde forstaa det Sprog, som
+Ibsen skriver. Det hele var uhyre
+kuriøst, og de franske Skuespilleres
+Misforståelser af Replikernes Art
+og Mening kostelig.
+Hilsener fra Christiansen og
+Deres hengivne
+Emil Hannover
+Jeg har talt med Chr. Han ved godt selv, han
+er dum, men han er forelsket. Der er vist
+intet at gjøre. Min Lid staaer nu til
+Pigebarnet.</t>
+  </si>
+  <si>
+    <t>1893-11-25</t>
+  </si>
+  <si>
+    <t>Harald Bing
+Carl Michelsen
+Edmond Sagot
+Margrethe  Wildenrath-Krabbe</t>
+  </si>
+  <si>
+    <t>Hannover vil gerne have en hurtig tilbagemelding om, hvorvidt fru Wildenrath har forladt København. Han har netop haft besøg af Carl Michelsen og Harald Bing, og har ved den lejlighed underskrevet sin kontrakt med Kunstindustrimuseet. Det lykkedes ham at blive ansat på de betingelser han oprindeligt ønskede.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/EV1p</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Tjen mig i omgaaende at lade mig vide, om
+Fru W. er rejst fra Kjbhn. og i saa Fald omtrent
+naar.
+Jeg har i disse Dage haft Besøg hernede af d’Hrr.
+Bing og Michelsen og underskrevet min Kontrakt
+med Museet. Jeg opnaaede sluttelig de Vilkaar, jeg
+selv havde stillet. 
+Deres hengivne
+E.H.
+Paris, d. 25.XI.93 
+Forneden til højre med blyant:
+Spørg om
+1) Museumsordning
+2) Sagot.</t>
+  </si>
+  <si>
+    <t>1893-12-02</t>
+  </si>
+  <si>
+    <t>Albert  Kaempfen
+Edmond Sagot</t>
+  </si>
+  <si>
+    <t>Rohde har igennem Albert Kaempfen fået henvisning til en afhandling om kunstadministration i Frankrig. Det er et omfattende og dyrt værk, så inden han anskaffer det vil han orientere sig i det på biblioteket. En del ændringer i den administrative praksis har dog fundet sted siden værkets udgivelse i 1885. Hannover har desuden fået en anbefaling med til Nationalarkivet, så han kan se de håndskrevne tilføjelser til manuskriptet, men håber det vil være nok at gennemlæse bogen. Hannover lover at kontakte Edmond Sagot [angående dennes ønske om at åbne en afdeling af sin kunsthandel i København; Se Rohdes brev til Hannover 28. november 1893]</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/awoI</t>
+  </si>
+  <si>
+    <t>Paris, d. 2.XII.93
+Kjære Ven,
+Jeg var i Dag hos M. Kempfen, Direktøren for
+Louvre. Han gav mig Anvisning paa
+Traité de l’administration des beaux-arts
+Par P. Dupré et G. Ollendorf. Paris 1885, 2 vol. in 8o.
+Da det er et temlig stort og formodentlig ikke helt billigt
+Værk, vil jeg se paa det i Bibliotheket paa Mandag,
+inden jeg kjøber det. Indeholder det, hvad der søges, skal
+jeg kjøbe det og sende Dem det strax.
+Administration var dog, efter Kempfens Sigende, siden 85
+undergaaet nogle Forandringer, men disse var ikke frem-
+komne paa Tryk. Han gav mig en Anbefaling med til
+Nationalmuseernes Arkivar for at jeg kunde faa Lov at gjøre
+Udtog af de haandskrevne Tilføjelser. Men ærlig talt haaber
+jeg, vi kan nøjes med Bogen.
+Deres hengivne E.H.
+I venstre margen:
+Sagot skal jeg huske.</t>
+  </si>
+  <si>
+    <t>1893-12-13</t>
+  </si>
+  <si>
+    <t>Den afhandling om kunstadministrationen i Frankrig, som Hannover har villet anskaffe til Rohde er udsolgt. En boghandler mener dog at få den hjem den følgende dag, og så videresender han den til Rohde. Han er dog i tvivl om hvorvidt de ønskede informationer findes i bogen. Hannover har ikke meget tid til at skrive, eftersom han kun har fjorten dage tilbage af sit ophold. Han er travlt optaget af bogindkøb til Kunstindustrimuseet, samt sociale sammenkomster. Når han ikke er ude om aftenen arbejder han til sent, og han er derfor noget udkørt. Han planlægger at opholde sig i London i fjorten dage, og rejser så hjem til København. Han beder Rohde sende de 200 francs han skylder ham til jul, da han snart løber tør for penge. Han har til sin overraskelse intet hørt fra fru Wildenrath, og spørger Rohde om han ved noget derom.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/jVNx</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Den omtalte Traité sur
+l’administration des beaux-arts
+var udsolgt, men Foulard mente
+at faa den i Dag og sender Dem
+den da strax. Den er betalt. Om
+den egentlig indeholder meget af
+det De søger, blev mig ikke klart
+af det flygtige Gjennemsyn af den,
+jeg foretog i Nationalbibliotheket.
+Men noget var der i hvert Fald,
+og jeg har ikke noget mod at
+eje Bogen, skjøndt den er lidt
+kostbar.
+Jeg har ingen Tid at skrive til
+Dem; der er ikke mere end 14 
+Dage tilbage af mit Ophold her,
+og jeg begriber ikke, hvorledes jeg
+skal overkomme alt det, jeg
+endnu mangler at se. Indkjøbene
+[2]
+til Bibliotheket tager al min
+Tid, og en noget vidtdreven
+Selskabelighed mine Kræfter. De
+Aftener, hvor jeg ikke er ude og
+først kommer hjem mellem 1
+og 3, maa jeg benytte til at arbejde
+hjemme, og det er længe siden, jeg
+er kommen i Seng før Kl. 2 om
+Natten. Jeg er som Følge deraf en
+god Del overanstrængt. Jeg bliver
+14 Dage i London og vender saa
+hjem.
+Bliv ikke vred over at jeg beder
+Dem sende de 200 francs til
+Jul. Jeg har haft de bedste
+Forsætter om at lade Dem have
+Ro i denne Henseende foreløbig,
+men jeg er kommen saare nær
+ved Bunden af mine Rejse-
+penge. De ved, hvorledes det kan 
+[3]
+gaa, naar man ikke er øko-
+nomisk i Paris, og jeg har ikke
+været det.
+Til min aller største Forundring
+har jeg intet hørt fra Fru W.
+Jeg aner ikke en Gang, hvor
+hun er. Ved De noget?
+Venlige Hilsener
+Deres hengivne
+E.H.
+Paris, d. 13.XII.93</t>
+  </si>
+  <si>
+    <t>1893-12-25</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Agnes Slott-Møller
+Harald Slott-Møller
+Jens Ferdinand Willumsen
+Juliette Willumsen</t>
+  </si>
+  <si>
+    <t>Hannover takker for Rohdes brev à 20. december, og for de tilsendte penge, som han beklager at have rykket for. Han kan godt forstå at artiklen om Willumsen har overrasket Rohde, men han har for længe siden fået et godt indtryk af manden, og de har set en del til hinanden under Hannovers ophold i Paris. Han vil komme til at savne Willumsen og hans kone, som ifølge Hannover er mønstereksemplet på en god hustru. De holdt den foregående aften en underholdende juleaften hjemme hos Willumsens. Hannover og Christiansen bliver kun en ti dages tid i London, og vender tilbage til København i midten af januar. Hannover vil gerne se kunst af Prærafaelitterne i London, og spørger Rohde om han ved hvor det findes. Hannover savner Rohde meget, og det har irriteret Christiansen at han har nævnt det flere gange på det seneste. Han spørger Rohde om han kender til et godt pensionat han kan flytte ind på når han ankommer til Danmark, og takker ham for støtten i løbet af det seneste år, der har været det tristeste i hans liv. Hos Willumsen har han set nogle af Rohdes litografier, som han roser.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/L8q2</t>
+  </si>
+  <si>
+    <t>Kjære, gode Ven,
+Tak for Deres Linjer af 20ds. og
+Tak for Postanvisningen. Det har
+gjort mig meget ondt at maatte
+rykke Dem, men jeg havde ingen
+anden Udvej at gjøre. Jeg kommer
+hjem uden at eje én eneste Øre, og 
+jeg har endog maattet bede Slott-
+Møllers have nogen Gæld in
+mente.
+Jeg forstaaer, min Artikel om
+Willumsen maa have overrasket
+Dem noget. Det er længe siden, jeg
+fik andre Indtryk af ham end
+de, jeg modtog ved mit første
+Besøg. Jeg burde for længe siden have
+sagt Dem, at jeg ved at lære ham
+nærmere at kjende har faaet
+ham meget kær. Det Væsen, han
+havde hin første Aften, jeg traf
+ham hernede, aflagde han hurtigt.
+Vi har været meget sammen, som 
+Regel 2 – 3 Gange om Ugen, og det
+[2]
+er de bedste Timer hernede, dem, jeg
+har tilbragt hos ham. Det er mig
+en ren Sorg at skulle rejse fra
+ham og fra hans udmærkede
+Kone, som jeg (i al Ærbødighed)
+holder uendelig meget af. Hun
+er et Mønster paa en god Hustru.
+Takket være Willumsens
+straalende og overgivne Humør
+fejrede vi i Aftes en meget
+munter Juleaften hos ham.
+Midt i næste Maaned
+kommer Chr. og jeg hjem. Vi
+bliver kun en halv Snes Dage
+i London. Hvis De ved noget
+om, hvor man dér kan faa
+Præfaeliterne [!] at se, beder jeg Dem
+omgaaende meddele mig det.
+Jeg længes ubeskrivelig meget
+efter Dem. Jeg har flere Gange i den
+[Lodret i venstre margen: 
+Jeg saa i Aftes Deres Litografier hos Willumsen og synes, De
+kan være ret stolt over, at disse er Deres første Forsøg.]
+[3]
+sidste Tid gjort Christiansen ganske
+bitter ved at tale om dette, at jeg
+længtes efter Dem. De maa sørge
+for at have Tid til nogle meget
+lange Passiarer, naar jeg kommer
+hjem. Endnu aner jeg ikke, hvor
+jeg skal bo. Jeg tager sandsynligvis
+først ind paa et Hotel og ser mig
+saa om efter et Pensionat. De
+kjender vel intet saadant af
+fordelagtig Omtale?
+Til Lykke til det nye Aar
+og paa Gjensyn snart. Og lad
+mig ikke glemme at sige Dem
+Tak for alt, hvad De var for
+mig i det gamle Aar, det
+tristeste af alle.
+Deres hengivne
+Emil Hannover
+Paris 25.XII.93</t>
+  </si>
+  <si>
+    <t>1895-05-29</t>
+  </si>
+  <si>
+    <t>Hannover takker Rohde for hans seneste brev. Han har det godt, men er noget overanstrengt. Han drager snart hjem over Leipzig og Berlin. Indtil den foregående dag har han set en del til Slott-Møllers, som har været i godt humør, og dermed også godt selskab som i gamle dage. Hannover beder Rohde samle nogle af de artikler som polemikken om "Udstillingsbrevene" har givet anledning til. Han har kun set en artikel i Berlingske, som han vil besvare privat.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/w9TG</t>
+  </si>
+  <si>
+    <t>Hotel Voltaire
+Paris, 29/5. 95.
+Kære Ven,
+Tak for Deres Linjer. Jeg har haft det ud-
+mærket hernede, men det kræver ikke saa
+lidt Arbejde at saa nogle Tusind francs i
+Stykker paa en vel overvejet Maade, og jeg føler
+mig nu lidt overanstrængt. Iovermorgen eller paa
+Lørdag tager jeg herfra og kommer hjem over Leipzig 
+– Berlin midt i næste Uge. Til i Aftes – da de hjem-
+rejste – har jeg været en Del sammen med Sl. M.’s,
+der har været i straalende godt Humør og derfor elsk-
+værdige som i gamle Dage.
+Kunde De ikke samle nogle af ”Dønningerne” i
+Aviserne til mig. Kun Artiklen i Berl.Tid. har jeg
+set; jeg vil, naar jeg er kommen til Ro, besvare
+den privat, ikke offentligt. Venlige Hilsener
+Deres hengivne E.H.</t>
+  </si>
+  <si>
+    <t>1895-08-06</t>
+  </si>
+  <si>
+    <t>Knudtzon &amp; Holten</t>
+  </si>
+  <si>
+    <t>Skagen</t>
+  </si>
+  <si>
+    <t>Krøyer afgiver fra Skagen en bestilling på 24 flasker italiensk vin til Knudtzon &amp;amp; Holten i Tordenskjoldsgade, København.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/nzp5</t>
+  </si>
+  <si>
+    <t>6 – 8 – 95
+Udbedes venligst til-
+sendt snarest – som
+foreløbig Prøver – :
+4 Fl. Carmignano
+4 - Genzano
+4 - Chianti vecchio
+4 - Volognano
+4 - Grotta ferrata
+4 - bill. sydital. Vine (70 Øre)
+ærb.
+P.S. Krøyer
+Skagen.</t>
+  </si>
+  <si>
+    <t>1895-12-04</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Pisanello
+Charles  Been
+Rasmus  Christiansen
+Piero  della Francesca
+Erik Henrichsen
+Andrea Mantegna
+Helge Rode
+Cosimo Tura</t>
+  </si>
+  <si>
+    <t>Johan Rohde er i Italien. Han opholder sig for øjeblikket i Pisa, som han er meget betaget af. Han har forinden rejst rundt i Norditalien, hvor han har nydt at se og gense den italienske arkitektur og malerkunst fra renæssancen. I Pisa påtænker Rohde at give sig i kast med at male byens ældre arkitektur. Rohde håber at hans hjemlige kolleger under hans fravær vil glemme ham, så han efter hjemkomsten til Danmark kan få arbejdsro. Rohde håber at hans studier i Italien kan forberede ham på arbejdet med nogle figurmalerier og portrætter derhjemme. Rohde regner med at Hannovers arbejde med Eckersberg-udstillingen er ved at være færdigt, og at han nu er gået igang med at forberede sin udgivelse om maleren. Han opfordrer Hannover til at komme til Pisa på besøg, og beder ham hilse Charles Been og Henrichsen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/DRiN</t>
+  </si>
+  <si>
+    <t>adr. Pisa
+ferma in posta
+d. 4. December 95.
+Kjære Ven!
+Forlængst skulde jeg jo have skrevet Dem til og takket
+Dem for det rare, venlige Brev, som De sendte mig et
+Par Dage, før jeg rejste, og som virkelig havde den op-
+livende Virkning af en god dansk Snaps, som De tal-
+te om. — Men jeg bliver for hver Dag, der gaaar, dum-
+mere og dummere, tror jeg, og det er mig næsten ikke
+mere muligt at sætte to Linjer sammen. — Naa,
+saa har jeg jo ogsaa føjtet en Del om og boet paa
+smaa italienske Albergoer, hvor Skrivetøjerne ikke have
+været i den bedste Orden; det kan maaske tjene lidt
+til min Undskyldning.—
+Nu er jeg altsaa i Pisa og er falden til Ro og har
+Naturligvis en Del at fortælle Dem, ikke om dansk
+Pjaltethed eller fuldstændig interesseløse Skandaler; men
+om megen god Kunst og menneskelig Stordaad fra
+svundne Tider, — hvis De sad her ved Siden
+af mig, i mit Værelse ved Arnoen, ligeoverfor den
+gamle smukke Kirke S. Paolo, som jeg tænker paa
+at male. De skulde da faa en halv Alen Cigar,
+Fotografirullen skulde komme frem, og De skulde
+ikke — især hvis De stod ved Begyndelsen til
+en italiensk Rejse — slippe for mine gode Raad
+[2]
+og mine Advarsler.
+Men at sidde her og som Lægmand skrive Kunst-
+historie for en Fagmand er der jo ingen Mening 
+i. Det meste af, hvad jeg har set, har De
+jo ogsaa set, og Resten kjender De paa anden
+Haand. —
+Jeg var jo først i Verona, hvor jeg havde glædet
+mig til at tegne eller male i Giardino Giusti,
+men der herskede i de 14 Dage, jeg var der et ugu-
+deligt Vejr, saa Arbejde af den paatænkte Art blev
+der intet af. Jeg fik imidlertid Verona grundigt
+set og kan ikke noksom anbefale den, naar
+De nu kommer herned. S. Zeno er formodentlig 
+noget af det bedste i Italien; men der er flere
+andre udmærkede romanske Kirker. Det er jo for
+Arkitekturen men og[-]saa for det herlige Landskab, at man
+skal til Verona. Der er nok mange Billeder, men
+jeg kan ikke rigtig goutere disse Veronesere. 
+Det eneste Billede, som jeg er ganske henrykt
+over, er Vittore Pisano’s Fresko i S. Anastasia.
+Ja saa er der jo en god Mantegna i S. Zeno
+—Ja saa har jeg været i Mantua for at se
+Mantegna. Han er jo udmærket. I Ferrara,
+[3]
+en mig ubekjendt Cosimo Tura, hvis Fresker gjorde
+det stærkeste Indtryk paa mig; de er ganske
+fortræffelige. 
+Jeg fornyede med Glæde Bekjendtskabet med Ravenna
+og søgte Piero della Francesca i Rimini, Arezzo
+og S. Sepulcro [Sepolcro] og blev skam ikke narret. Han er
+god nok.
+Nu sidder jeg altsaa i Pisa, hvor jeg har tænkt at
+tegne og male noget god gammel Arkitektur, hvil-
+ket jeg længe har længtes efter; ikke blot fordi jeg
+troer, man har godt af at arbejde med strænge
+alvorlige Former, men ogsaa fordi det vil more
+mig at gjøre noget saadant.
+Jeg boer endelig fjernt fra dansk Ynkelighed, og
+haaber, at jeg under mit Fravær maa blive sat
+saaledes ud af Spillet, at jeg kan faa Lov til,
+naar jeg kommer hjem, at passe mit Arbej-
+de.
+Og har mine Studier her den gavnlige Virkning, som
+jeg haaber, glæder jeg mig til, naar jeg kommer hjem,
+at gaa i Lav med “Figurerne”, først Portræterne;
+der er da navnlig to, jeg gjerne vilde gjøre;
+den ene er Helge Rode, den anden kan De
+selv gjætte Navnet paa; men jeg er lidt bange
+[4]
+for ham, saa det er maaske bedst at vi aflag-
+rer ham lidt, til jeg bliver noget dygtigere.
+—
+Nu er vel Arbejdet med Eckersberg-Udstillingen til Ende,
+og jeg haaber, De har haft den Fornøjelse af den,
+som De ærlig har fortjent. Thi hvad var
+der bleven ud deraf uden Dem.
+Saa tænker jeg, at De er ved at ordne Stoffet til
+Bogen, og saa hen i næste Aar faar De formodentlig 
+Lyst til at trække Dem tilbage for i Stilhed at
+kunne nedskrive de første Kapitler. Og véd De,
+hvad De saa gjør?, saa gaar De ud til Hr. Krohn
+og fortæller ham, at imorgen tager De til Pisa, og
+saa kjører De direkte herned, hvor De finder mig
+vandrende min Aftentour paa Dæmningen ved
+Arnoen ligesom i sin Tid i Tønning ved Ejderen.
+—Her er Fred og Ro, og trænger De til at se noget
+som ikke er saa skjært endda, saa har De kun
+10 Skridt at gaa.
+Altsaa paa Gjensyn i Pisa; De
+kommer nok. Men forinden hører jeg jo nok et Par
+Ord fra Dem.
+Deres hengivne Ven
+Johan Rohde
+Hils min lille Ven Charles fra mig — han er vel ikke vred
+paa mig, fordi jeg drillede ham — og sig, at hvergang jeg ser
+noget rigtig grinagtigt, tænker jeg paa ham. — Han er
+saa rar at le sammen med.
+Hils ogsaa lille Henriksen. Christiansen har jeg selv besørget.</t>
+  </si>
+  <si>
+    <t>1896-03-24</t>
+  </si>
+  <si>
+    <t>Georg Achen
+Erik Henrichsen
+Henrik Ibsen
+Julius  Lange</t>
+  </si>
+  <si>
+    <t>Rohde reflekterer over de igangværende uoverensstemmelser iblandt Den frie Udstillings medlemmer, og drømmer om at Emil Hannover kommer på besøg i Rom. Han glæder sig over, at Julius Lange har udtrykt ønske om at erhverve nogle af hans litografier, og giver pris på en reol Hannover ønsker at købe af ham.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/YxM5</t>
+  </si>
+  <si>
+    <t>24. Marts 1896.
+Via di Monte Tarpeo 69. 3 piano 7.
+Roma.
+Kjære Ven!
+I det sidste bevægede Brev, jeg modtog fra Dem —
+allerede for meget længe siden, bad De mig om nu
+ikke at glemme Dem; men snart igjen fortælle
+Dem lidt fra min lille Gade.
+Ja, kjære Ven, skjønt det ikke er med Lethed, at
+jeg fører Pennen, vilde det dog være mig en For-
+nøjelse at lade den løbe, naar den kunde bringe
+lidt af Italiens Sol hjem til en god Ven; —
+Men Intrumentet er forstemt, og saa gjør man
+bedst ved ikke at spille paa det. —
+En stor Løgn at Tiderne skifte; nej de er netop
+som man sagde i gamle Dage, evige og uforander-
+lige; vi har nu som fordum den samme
+gamle, kolde Tramontan; den blæser ud af
+hveranden Konvolut, der kommer nordfra — fra
+den anden Side Alperne. —
+Forlang derfor ikke at jeg skal tage Traaden
+op fra sidst — dér, hvor vi slap den — jeg
+lader hellere mit Navn og Rygte udlevere
+til den første den bedste, der “med Haanden
+[2]
+paa Brystet og Eden i Munden” forsikrer om Exi-
+stensen af mine to Tunger — og om andet ondt
+—en ærlig Mand kan dog alligevel ikke i Læng-
+den holde ud mindst én Gang om Aaret at af-
+give en beediget Forsikring om sin Ærlighed.
+—.
+Det er godt nok at tale om Ansvar og Betydning og
+hvad ved jeg — men De ved jo dog godt, kjære
+Ven, at der er visse Folk, som man i det hele
+taget aldrig kan regne med, naar man ikke
+stadigt er “over dem”. — Der skal stadigt et Par
+Øjne til for at holde Dem i Geleddet.
+Er der ikke noget som hedder saadant noget
+som ude af Øje ude af Tanke; — jeg
+saa det jo haandgribeligt forleden Dag, —
+da man meddelte mig et Resultat — , et af
+dem, der kan varme en brav Mands Hjærte, —
+længe førend min — samvittighedsfuldt forlangte
+—Stemmeseddel endnu kunde være modtagen.
+Naa den havde vel hverken gjort fra eller til og
+i hvert Fald kun gjort et snavst Indtryk i
+den almindelige Jubel over endnu en vunden
+Sejr — ja tænkt! at en Achen kunde erobres!
+Jeg venter ganske nysgjerrig paa den næste.
+—
+[3]
+Aah nej, kjære Ven! Fanden med det hele; —
+det bliver dog skidt, hvordan man saa end drejer
+det — Smæltes om! er det ikke saaledes Henrik
+Ibsen siger.
+Men De har dog alligevel Grund til at
+misunde mig, der til alle mine Sorger dog kan
+føje den Glæde, at jeg — i hvert Fald for en liden
+Stund — er fri Fugl.
+Om jeg nu en skjønne Dag saa Dem ind
+ad Døren! De vilde ligesom jeg lade Dem
+vække Kl 6 om Morgenen af Solen ovre fra
+Palatin og arbejde som den flittige Bi den
+ganske Dag — og om Aftenen saa vilde vi
+kysse Pigerne og drikke Montepulciano og
+naar vi med hinanden under Armen med
+en Cavour eller en Minghetti — thi Havaneserne
+maatte De give Afkald paa — i Munden slen-
+trede op og ned langs Tiberen i Maaneskinnet
+fra Vesta-Templet og ned til Malthesernes gam-
+le Have — frem og tilbage — saa vilde vi bil-
+de os ind at vi virkelig var i den allerbedste
+af alle Verdener; — thi det er nemlig
+Hemmeligheden ved Italien — troer jeg —
+[4]
+at man her kan bilde sig noget ind.
+Men desværre sidder De jo som en Koral vok-
+set fast til Havbunden med meget, meget
+Vand ovenover Dem og mange, mange store
+Torsk omkring Dem.
+Men kommer De ikke herned saa vær dog
+i hvert Fald forvisset om, at der sidder
+en oppe paa Capitolium, som dog af og
+til tænker paa Dem og takker Dem
+for hvert et Brev De sender ham.
+Deres hengivne
+Johan Rohde
+Det glæder mig overordentlig meget, at Julius Lange
+bryder sig om at eje mine Lithographier. Hils ham
+fra mig og sig ham det, naar De ser ham; han
+vil dog maaske vente med at modtage dem til jeg
+kommer hjem; da jeg daarligt pr. Brev kan forklare,
+hvilke jeg mener er de bedste af Trykkene.
+—
+De spørger mig om Prisen paa min Reol — som
+jeg ikke begriber, De gider eje; — jeg tilbød Henrik-
+sen den for 100 Kr; og denne Pris staar den altsaa
+ogsaa Dem i. Pengene kan jeg altid faa, naar jeg
+kommer hjem.</t>
+  </si>
+  <si>
+    <t>1900-03-16</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/3A5P</t>
+  </si>
+  <si>
+    <t>Via Babuino 68 III Roma 16.III
+1900
+[med blyant i Emil Hannovers hånd:] Slott-Møller
+Kjære Hannover
+Jeg sender dig her hvad
+jeg har af Udkast med
+mig og hvad jeg synes
+der kan være Tale om
+at lade komme frem
+Men det er jo mulig-
+vis for sent nu – var
+det ikke allerede i 2den
+Uge af Marts at Udstillingen
+skulde aabnes saa den
+er formodentlig ordnet og
+ophængt og aabnet inden
+dette kommer – Jeg har 
+imidlertid ikke kundet
+sende det før. Saafremt
+det er for sent skal
+du ikke for min Skyld
+[2]
+gjøre dig stor Ulejlighed
+for at skaffe Plads til
+disse smaa Sager – – 
+Med Hensyn til Ideernes
+Stjælelse saa er det vel
+forbudt at kopiere paa
+Udstillingen?
+Selv om der nu ikke 
+er stor Fare for at de
+kjøbenhavnske Guldsmede
+skulde være særlig slikken 
+efter at faa Lov til at 
+udføre dem – ”Hvad jeg 
+nu ikke tror de gjør
+de har aldrig gjort det
+før” saa vil jeg dog ikke
+sætte Pris paa at Folk
+fik Lov til ligefrem at
+tegne efter dem –
+Naa for øvrigt garan-
+[3]
+terer offentlig Udstilling jo
+heller ikke saa lidt mod 
+Idetyveri, mange vil
+jo saa allenfals kunde
+sige Æ’ bæ det er ikke
+originalt –
+Agnes har sagt mig
+at du har faaet Tegninger
+til Helena smykket over
+paa Museet – Jeg vil bede
+dig ikke udstille Dem[sic] –
+og jeg vil yderligere bede
+dig om at lade mig
+faa Dem[sic] tilbage – I kan
+jo faa dem en Gang
+naar jeg er død – det
+kan I faa skriftligt
+Ja du synes maaske
+det er stor Staahej
+for ingenting – – –
+Men vil du ordne
+[4]
+det saadant – –
+saa gjør du mig en
+virkelig Vennetjeneste.
+Jeg vil med Fornøjelse
+ved Lejlighed give
+Jer nogle andre Teg-
+ninger oven i Kjøbet 
+– det maa dog nødigt
+være den Plakat med
+Træet da jeg meget godt
+her paa min Rejse
+kunde have Brug for
+de omtalte 50 Kr til
+at kjøbe Fotografier og
+andet Indtrykskonserves
+for – passer det Muse[e]t
+at lade mig faa dem
+nu? Du har vel 
+med paa Udstillingen
+alt hvad Michelsen
+har af mig af Tegninger
+[5]
+Alfred Jacobsen har 2
+ret gode Omslag af mig
+til ”Kunst” ubenyttede.
+Arkitekt Brunner en
+stor Lysestage, Doback
+en Lysekrone Otto Meyer
+et Meublement af hvilket
+Arbejdes[sic] tegningerne dog
+ikke maa komme frem
+kun Skizzerne Skizze
+Fru Cavling en Skizze
+til en Plakat til Poli-
+tiken – Ja Gud ved
+om der saa er mer.
+Med de venligste Hilsner
+til Karen og den lille
+Dame og dig selv er jeg
+Din hengivne
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>1900-04-07</t>
+  </si>
+  <si>
+    <t>Napoli</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/uUc0</t>
+  </si>
+  <si>
+    <t>[foroven til venstre med blyant i Emil Hannovers hånd:] 
+Pengene afsendt
+3/4 1900
+Napoli 7.III.1900
+[under dateringen med blyant i Emil Hannovers hånd:]
+Slott-Møller
+Kjære Hannover
+For nogen Tid siden – jeg tror
+3 Uger – sendte jeg dig mine
+smaa Udkast til Smykker,
+sammen med en Del
+andre Kunstindustrielle
+Aquareludkast indlagt i
+et Brev, hvori jeg blandt
+andet bad dig lade mig
+vide om det passede
+Museet nu at betale
+mig de 50 Kr for
+den Plakat og andre
+smaa Ting, som du
+[2]
+inden jeg rejste sagde
+I gjerne vilde have,
+naar det kunde vente
+med at betale dem
+til i Aar. Da jeg
+ikke har hørt fra dig,
+frygter jeg de Tegninger
+er gaaet tabt, hvilket
+vilde gjøre mig meget
+ondt. – Vær rar
+og lad mig høre fra
+dig om dette – og
+send det post restante
+Firenze.
+Agnes og jeg sidder i
+Napoli i Kulde, Storm
+[3]
+og Regntykning, tager paa
+Mandag Morgen op til
+Firenze, da Italienerne
+siger at det vil regne
+i 40 Dage og vi umuligt
+kan udholde og holde
+ud at afvente det
+lykkelige Tidspunkt til
+med i denne svinede
+By, hvor Solen igen
+vil forgylde alt Svineriet
+og faa Vandet ude
+i Golfen til at smile
+blaat og herligt. –
+Bring Karen og Jer lille
+Datter Hilsen fra Din
+Ven Harald Slott-Møller
+[4]
+[med blyant i Emil Hannovers hånd:]
+Holbergsgade 20
+Br. Larsen</t>
+  </si>
+  <si>
+    <t>1901-04-19</t>
+  </si>
+  <si>
+    <t>Lillerød</t>
+  </si>
+  <si>
+    <t>August Eiebakke</t>
+  </si>
+  <si>
+    <t>Ludvig Find er i Bloustrød, og en invitation fra Hannover er derfor blevet forsinket, da den ikke var adresseret til Finds opholdssted på landet. Find ærgrer sig over at have forpasset muligheden for at møde sin bekendte, den norske maler August Eiebakke, som Hannover havde på besøg og havde tænkt, Find skulle træffe hos sig.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/rFQ8</t>
+  </si>
+  <si>
+    <t>Kære Hannover. De maa ikke finde
+det underligt, at jeg hverken svarede
+Dem el kom igaar. Jeg fik Deres
+Brev i Dag først, thi jeg er paa
+Landet i disse Dage herude i Bloust-
+rød. Jeg er imidlertid meget glad
+ked over ikke at have faaet Lej-
+lighed til at træffe min gamle
+Bekendt* og til at træffe ham
+hos Dem. Med Tak for at De
+har tænkt paa mig og med
+Hilsen til Deres Kone er jeg
+Deres heng.
+Ludv. Find
+Bloustrød pr. Lillerød 19–4–01. 
+[med blyant i Hannovers hånd er der indsat * i brevet og forneden noteret:] 
+*norske Maler 
+”Eiebakke”</t>
+  </si>
+  <si>
+    <t>1901-09-30</t>
+  </si>
+  <si>
+    <t>Ejnar Nielsen</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/EQhT</t>
+  </si>
+  <si>
+    <t>København d. 30/Sept. 01.
+Ærede 
+hr. Emil Hannover
+Har jeg ikke ret, når jeg siger,
+at Dorphs artikel i dag i politik-
+en kan ryste læseren i rædsel.
+Det var dog ikke meningen!
+Uforstående er Dorph ikke, derfor
+nok så kjedelig.
+Med venlig hilsen
+Ærbødigst
+Ejnar Nielsen.</t>
+  </si>
+  <si>
+    <t>1905-09-21</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/6WwQ</t>
+  </si>
+  <si>
+    <t>[med blyant i Hannover hånd:] Willumsen
+59 avenue de Saxe. 21 Sept 1905
+Kære Hannover. Jeg har i flere
+Aar været indtaget
+i et par empire Ørelokker
+af allerbedste Arbejde.
+Men da de er for kostbare
+for … mig til at købe
+til os selv, spørger jeg
+Dem, om det var noget
+at Kunstindustrimuseet 
+kunde have Lyst til.
+I bejaende Fald vil
+jeg købe dem for egen
+Regning og Risiko.
+Jeg tænker at de
+er værd 125 Kroner.
+De er af Guld, med
+… Cameer af
+Perlemor (Musling)
+af et sjældent kunstnerisk
+Arbejde. Svar mig omgaa-
+ende derpaa.
+[tv. er en tegning af smykket]
+[i venstre margen:]
+Jeg ved ikke hvor jeg havde faaet den Ide fra at De var
+i Hørupkomiteen, det var Skade. Mine bedste Hilsner
+J.F.W.</t>
+  </si>
+  <si>
+    <t>1905-11-12</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/oxou</t>
+  </si>
+  <si>
+    <t>[med blyant i Hannovers hånd:] Willumsen
+Onsdag Morgen.
+Kære Hannover
+Tak for Deres elskværdige Indbydelse;
+men vi er desværre forhindrede. Vi rejser
+i Dag til over til Lachmann i Sverig, og
+kommer rimeligvis først tilbage paa Søndag.
+Hils Gerhard Munthe fra mig. Ogsaa Rohdes.
+Modtag selv ogsaa Deres Hustru fra os begge
+de bedste Hilsner.
+Deres hengivne
+J.F. Willumsen.</t>
+  </si>
+  <si>
+    <t>1906-02-24</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/7cGo</t>
+  </si>
+  <si>
+    <t>[med blyant i Hannovers hånd:] Willumsen
+Lørdag Aften
+Kære Hannover.
+Tak fordi De vil sætte de smaa Salgs-
+noter i Bladet; men jeg mener at
+vi skal undlade det, det vil ikke have
+den Nytte De tiltænker det.
+Med venlig Hilsen
+J.F. Willumsen.</t>
+  </si>
+  <si>
+    <t>1913-06-24</t>
+  </si>
+  <si>
+    <t>Herman Kähler</t>
+  </si>
+  <si>
+    <t>Næstved</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/bBWz</t>
+  </si>
+  <si>
+    <t>[brevpapir med trykt brevhoved:]
+Hermann A. Kähler,
+Aktieselskab.
+Keramikfabrik.
+–
+Telefon Nr. 291.
+Næstved, den 24.6.1913.
+[med blyant i venstre margen i Hannovers hånd:] Kähler
+Her Directør Emil Hannover.
+København.
+Af vor Samtale forstod jeg at De kunne ønske,
+til Deres Frues Arbeider, en hvid Glasur der ikke
+Krakelere,[sic] jeg tillader mig at sende en Prøve
+der brændt ved 1000 gr, har denne Egenskab
+ønsker De mere er jeg til Tjeneste
+Med Høiagtelse
+Herman A Kähler</t>
+  </si>
+  <si>
+    <t>1916-03-01</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/1iHD</t>
+  </si>
+  <si>
+    <t>[brevpapir med trykt frise øverst samt teksten:]
+Herman A. Kähler
+Keramiker
+Næstved, den 1.3.1916
+Telefon 291
+[med blyant i venstre margen i Hannovers hånd:] Kähler
+1.3. 1916
+Kære Hr Directør E Hannover!
+København
+Herved sender jeg af Bunken! Ord og Bild! Vestlandske
+Kunstindustrimuseum Bergen, Le Journal des Arts, Ilustreret[sic]
+Tidende og Goteborg Posten, der er jo en masse baade ude og
+hjemmefra, men denne Prøve er vel tilstrækelig[sic].
+Fader er født 1808 i Heiligenhafen død her 1884.
+Stadig til Tjeneste beredt tegner[?]
+Med Høiagtelse
+Herman A. Kähler</t>
+  </si>
+  <si>
+    <t>1916-03-08</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/pFiw</t>
+  </si>
+  <si>
+    <t>[brevpapir med trykt brevhoved:]
+Aktieselskabet
+Herman A. Kählers
+keramiske Værksted.
+[monogram:]
+HAK
+[med meget små typer:]
+Indregistreret varemærke
+Næstved, den 8.3.1916.
+Telef. 291.
+[med blyant i venstre margen i Hannovers hånd:] Kähler
+Kære Hr Directør E. Hannover
+København
+Vor hjerteligste Tak for Kronik og de pragtfulde Blomster! jeg
+var rørt over al den Elskværdighed Forretningen kan aldrig
+være Dem taknemlig nog[sic] for hvad de skrev om den, og naar
+vi paa Løverdag alle samles til en lille Spisning skal De
+blive mindet med et glad Pottemagerhurra.
+Deres taknemlige altid hengivne Ærbødige
+Herman A. Kähler</t>
+  </si>
+  <si>
+    <t>Januar-maj 1917</t>
+  </si>
+  <si>
+    <t>København
+V. Boulevard</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen gør i brevkortets fortrykte tekst opmærksom på, at hans nye adresse angivet i telefonbogen og vejviseren for 1917 først gælder fra 7. maj.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Fhyv</t>
+  </si>
+  <si>
+    <t>Hr. Direktør
+Emil Hannover 
+Kunstindustrimuseet
+V. Boulevard 
+B
+[2]
+[med trykte typer:]
+Bedes noteret!
+Den adresse med tilhørende Telefonnummer, som
+findes i den ny Telefon=Haandbog og i Vejviseren for
+1917 gælder ikke før efter den 7. Maj d. A. 
+Indtil denne Dato er min Adresse som hidtil:
+Rosenvængets Sideallé 3II. Ø. Tlf. Øbro 1177. 
+Ærbødigst
+R. Christiansen
+Figurmaler
+[i venstre margen i Hannovers hånd med blyant:]
+Christiansen, R.</t>
+  </si>
+  <si>
+    <t>Reventlowsgade
+København</t>
+  </si>
+  <si>
+    <t>Agnes og Harald Sott-Møller skriver begge og takker spøgefuldt ja til en invitation fra Alice Hannover til den følgende tirsdag. Ud fra kortets datering og poststempler af 28. januar, foregår selskabeligheden formentlig tirsdag den 4. februar.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/16GD</t>
+  </si>
+  <si>
+    <t>[i Harald Slott-Møllers hånd:]
+Det er den 28de idag.
+Kjære Fru Hannover!
+Det skal være os en særdeles behagelig
+Fornøjelse at indfinde os paa
+Tirsdag.
+Deres med sand Højagtelse
+ærbødige 
+Tjener og Tjenerinde
+[resten er i Agnes Slott-Møllers hånd:]
+Harald og Avnes SlottMøller.
+Mo Permelille komme mæ?
+aa Snurrelurrelej og Snurrer aasse
+aasse aasse aasse ! ! !</t>
+  </si>
+  <si>
+    <t>1891-06-20</t>
+  </si>
+  <si>
+    <t>Karl Madsen</t>
+  </si>
+  <si>
+    <t>Angående den omtalte artikel i Dagbladet Kjøbenhavn, se Rohdes svarbrev til Hannover 24. juni 1891.</t>
+  </si>
+  <si>
+    <t>Hannover vedlægger manuskriptet til sin anmeldelse af Karl Madsens bog om Hollandsk malerkunst. Jo mere Hannover beskæftiger sig med bogen, des mindre bryder han sig om den, men han anerkender dog også dens kvaliteter. Han er begravet i arbejde for tiden og har til tider lyst til at lade det hele ligge for at tage en tur til Jylland. Hans onkel er død, hvilket han er noget påvirket af. Dagbladet København har i forbindelse med Charlottenborgkomitéens afvisning af tilbuddet om Den frie Udstillings overskud skrevet en artikel, hvori Rohde citeres. Hannover spørger, om det kan være rigtigt, at Rohde er blevet interviewet.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/yPEa</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Hermed en Anmeldelse af Bogen om ”Hollandsk
+Malerkunst”. Jeg har kludret saa længe med den, at
+jeg ikke mere har Begreb om, hvordan den er. Jeg
+vilde derfor gjærne høre Deres Mening, inden den
+gaaer i Trykkeriet. Jo mere jeg har fordybet mig i
+Madsens Bog, des mindre bryder jeg mig om den, skjøndt
+det er uomstridelig er en yderst talentfuld Bog. De vil
+forstaa, at jeg alligevel har gjort mig Umage for at sige
+det muligst rosende om den, og De vil ogsaa forstaa,
+jeg ikke har ladet Lejligheden passere til at sige Madsen
+et lille venligt Ord for hans seneste aktuelle Kritiker.
+Jeg haaber, det skal ramme mere, end en smaalig For-
+dybelse i Bogens mange ømme Punkter.
+De skal snart høre mere fra mig. Foreløbig er jeg
+saa optagen af Arbejde, at jeg til Tider er nærved
+at opgive det hele for at rejse en Tur til Jylland.
+Min gamle Onkels Død har forstemt os en Del.
+Var han end ganske imbecil paa næsten alle Om-
+raader, var han rent idealt paa et enkelt, næmlig 
+som Onkel. Som saadan har han været en af
+vore paalideligste Venner, og for saa vidt som det er
+ham, der har bekostet hele min Udvikling, stod
+jeg i større Taknemlighedsgæld til ham end til nogen
+anden. Rent fraset, at hans Død vil medføre for os
+en økonomisk Indskrænkning (som vi vel forresten, 
+naar alt kommer til alt, alt alligevel ikke vil paa-
+lægge os!), troer jeg, vi vil savne denne sære gamle
+Fyr, som han var.
+[2]
+I Anledning af Udstillingskomiteens Svar-
+skrivelse fortalte ”Kjøbenhavn”, at det havde 
+interviewet Dem. Det var vel Løgn?
+Lad os snart høre fra Dem og fortæl os, hvad
+De bestiller i dette forbandede Vejr.
+Venligste Hilsener fra min Kone
+og Deres hengivne
+Emil Hannover
+Lyngby
+20-6-91.</t>
+  </si>
+  <si>
+    <t>1892-05-09</t>
+  </si>
+  <si>
+    <t>Brügge</t>
+  </si>
+  <si>
+    <t>Andreas Aubert
+Rasmus  Christiansen
+Alice Hannover
+Agathe Rohde
+Niels  Skovgaard</t>
+  </si>
+  <si>
+    <t>Johan Rohde har opholdt sig en uge i Brügge, hvorfra han skriver til Alice Hannover, som han skylder tak for blomster modtaget på afrejsedagen i København. Han beretter humoristisk om at have opnået fuldkommen syndsforladelse efter at have overværet et katolsk optog i byen og fortsætter, at han har haft så meget at opleve, at han ikke har udført den tegning, han ellers havde planlagt at sende hende. Han fortæller, at byen er vidunderlig, og at han skriver en kortfattet rejsedagbog, som han vil sende fra Paris til Emil Hannover.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/gdsA</t>
+  </si>
+  <si>
+    <t>Brügge D. 9–V-92.
+Kjære Frue!
+Ja jeg frygter for at jeg nu er paa det sorte
+Bræt i Reventlowsgade — og maaske med Rette - ;
+det er dog ikke fordi jeg ganske savner den
+saa meget omtalte Forstaaelse af “en Dames
+smaa Opmærksomheder.”
+Kort og godt — jeg modtog den Dag jeg rejste
+nogle Blomster, der vare saa smagfulde at
+min Familie erklærede, at de maatte være
+fra Fru Hannover – og skjønt jeg ikke syntes
+at denne Dame havde nogen særlig Grund
+til at sende mig disse Blomster[,] sluttede
+jeg mig dog ganske til min Families Op-
+fattelse.
+Altsaa Tak for Blomsterne. — Ja jeg
+skulde jo egentlig bede om Tilgivelse, fordi
+Takken kommer saa sent. — men hvad man
+har kan man jo ikke faa, og imorges
+har hans Hellighed Biskoppen af Gent i
+en stor Procession, han foretog igjennem
+Byen givet mig Syndsforladelse “VOL KO-
+MEN AFLAD”, som der stod paa Pla-
+[2]
+katerne for alt, hvad jeg har begaaet og for,
+hvad jeg i de næste 100 Dage agter at
+begaa — jeg kan nu bedrive Blodskam med
+min Oldemoder og brænde min Bedstefader
+ja selv skrive en god Artikel om Willum-
+sen og Slott-Møller — alt vorder mig
+tilgivet — Hvilke Orgier jeg forbere-
+der mig paa, naar jeg kommer til Paris
+kan De tænke Dem til.
+Ja jeg har nu været her i Brügge en Uges
+Tid, og jeg havde naturligvis meget at
+kunne fortælle Dem herfra — men
+De ved nok, man skal ikke skrive
+en Iliade efter Homer, og Brügge
+har jo haft sine Skribenter.
+Jeg havde til Gjengæld haabet at
+kunne sende Dem en lille Tegning her-
+fra — men for at se at har jeg ikke
+faaet Tid til at røre en Blyant.
+Jeg tænker nu imidlertid paa, naar
+[3]
+jeg har været i Paris[,] at tage tilbage hertil
+for at male, og saa kan jeg maaske
+faa gjort Alvor af mit Forsæt.
+—
+Hils Deres Mand meget fra mig og
+sig ham, at jeg har, saavidt jeg har kun-
+net overkomme det, ført en meget kort-
+fattet Journal over, hvad interessant
+jeg har stødt paa, og som jeg skal
+sende ham, naar jeg kommer til
+Paris og kommer lidt til Ro. For
+Øjeblikket er jeg aldeles overtræt af
+de Masser, jeg hidtil har fæstet mine
+Øjne paa, saa det er mig aldeles umu-
+ligt for mig at skrive til ham om Kunst.
+Jeg er saa træt, at det koster mig Overvin-
+delse og Besvær at sætte disse Linjer
+sammen.
+For resten er Brügge vidunderlig[,] jeg vilde
+ønske, at jeg kunne træffe Dem og Deres
+Mand hernede. Hvad der findes i
+[4]
+St. Johannes Hospitalet findes der ikke
+Mage til i Verden —
+De venligste Hilsner til
+Dem selv og Deres Mand
+Deres
+hengivne
+Johan Rohde
+Hils Christiansen mange Gange fra mig
+Skovgaard skriver mig til og beder mig
+sørge for, at der ikke kommer noget
+om den frie Udstillings Fremstillingstidsplaner
+i Politiken —.
+Havde i Eftermiddag et lille morsomt 
+Besøg af Philipsen, som er meget for-
+nøjelig. Der har været tusinder af Men-
+nesker i Byen i Dag i Anledning af en stor
+Kirkeprocession. Seligmann traf ham ved et
+Tilfælde inde i en tæt Menneskemængde. Han
+var paa Udenlandsrejse for at gjøre Studier til et Springvand.
+[i højre margen:]
+Gjør mig den Tjeneste at sende Auberts Adresse til min Søster i Nyhavn,
+der ligger nemlig et ældgammelt Brev til ham uden Adresse —</t>
+  </si>
+  <si>
+    <t>1892-03-13</t>
+  </si>
+  <si>
+    <t>Nogle ord i korrespondancen mangler, da brevets papir er revet itu. Se også Emil Hannovers breve til Johan Rohde, hvor sagen om J.F. Willumsens bidrag til kataloget til Den frie Udstilling omtales: 10., 12. og 31. marts 1892.</t>
+  </si>
+  <si>
+    <t>Emil Hannover beder indtrængende Johan Rohde om at finde til København nu, så de i fællesskab kan drøfte, hvordan sagen med J.F. Willumsens tekstbidrag til Den frie Udstillings katalog bedst gribes an. Hannover har vedlagt en afskrift af Willumsens tekst, så Rohde selv kan se, hvor galt det er fat. Der er kun 12 dage til Den Frie åbner, så sagen haster meget.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Kk7A</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Dette er en ny Anmodning til D[em]
+om snarest mulig at vende Næsen
+hjemad. Jeg tænker med Rædsel paa [mangler]
+De kunde blive indesneet i Ribe.
+Jeg har næmlig i Dag gjort et
+Forsøg paa at beskære, omskrive eller
+omarbejde Willumsens Kommentarer, [mangler]
+det vil ikke lykkes. Jeg sender Dem herm[ed]
+en Afskrift af hele Historien; pas pa[a]
+den, for det Tilfælde Originalen skul[de]
+komme væk. Naar De har læst disse
+Afhandlinger, vil De formodentlig ind-
+se, at Situationen er vanskelig. For det
+første véd jeg ikke, om det vil være
+rigtigt at censurere hans Billeder,
+naar han netop ønsker at klargjøre
+en Udvikling. For det andet synes jeg,
+der maa tages Hensyn til hans
+Ønske om Krukkens Opstilling, og
+i saa Fald maa den store Sal jo
+overlades til ham. Hvad dernæst selve
+[2]
+[mangler] usalige Kommentarer angaaer,
+kan vi vistnok let blive enige om,
+at de i foreliggende Form ikke kan
+trykkes. Paa den anden Side vil De
+vistnok ogsaa være enig med mig i, 
+at det paa ingen mulig Maade kan
+gaa an at støde Willumsen for
+Hovedet, og det udsætter man sig jo
+for b.. baade ved at foreslaa ham
+Ænd store Ændringer og ved at henstille
+til ham helt at opgive Kommentarerne.
+Jeg selv synes, han bør gjøre det
+sidste. Men jeg kan ikke foreslaa
+ham det af den Grund, at han
+naturligvis i min Anmeldelse
+vil finde en hel Del Gjenklang af 
+det, han selv har skrevet, og saa
+vil han selvfølgelig tro, jeg har
+fraraadet ham Offentliggjørelsen af
+Kommentarerne for selv at kunne 
+[3]
+glimre med dem.
+Ja, jeg véd virkelig ikke, hvad je[g]
+skal gjøre. Derfor maa De komme
+for at vi kan snakke om Tingen[e]
+faa skrevet til Willumsen og fa[a]
+Svar fra ham. Om 12 Dage lukke[r]
+Den fri Udstilling op, og nogen Ti[d]
+tager jo dog Trykningen af Katalog[en] 
+Deres hengivne
+Emil Hannover
+13.III.92</t>
+  </si>
+  <si>
+    <t>1892-08-16</t>
+  </si>
+  <si>
+    <t>Silkeborg</t>
+  </si>
+  <si>
+    <t>Ernst  Brandes
+Rasmus  Christiansen
+Alice Hannover</t>
+  </si>
+  <si>
+    <t>Emil Hannover er efter et kort ophold i København tilbage på kuranstalten i Silkeborg med sin hustru, hvor Rasmus Christiansen, iklædt "ualmindeligt rædsomme" slips, har aflagt dem besøg. I København fik Hannover fra Johan Rohdes forældre de udgivelser og andet, Rohde har købt for ham i udlandet og sendt hjem. Endnu en sending rejseoptegnelser, har Hannover også modtaget, og han opfordrer Rohde til at udgive dele af teksten: "De burde aflægge noget af Deres Respekt for Tryksværte." Hannover nævner Ernst Brandes' selvmord og Alice slutter brevet af med en hilsen til Rohde.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/bdEq</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Da jeg ikke kjender Deres nye
+Adresse og følgelig ikke kan være
+sikker paa, at De faaer dette Papir
+i Hænde, sender jeg Dem blot et Par
+Linier for paa Ny at komme i 
+Forbindelse med Dem. Jeg er nylig
+hjemkommen hertil fra min Ud-
+flugt til Kjøbenhavn og forefandt
+Fortsættelsen af Deres Journal, 
+som jeg læser med den største In-
+teresse. Naar De en Gang kommer
+hjem, vil jeg gærne snakke lidt
+alvorlig med Dem … om Deres
+Optegnelser og indtrængende anbefale
+Dem at offentliggjøre noget af dem.
+Der er Partier deri, som nok er
+værd at faa frem, og jeg synes
+overhovedet, De burde aflægge noget
+af Deres Respekt for Tryksværte.
+Jeg fik naturligvis ikke 
+[2]
+arbejdet saa meget i Kjøbenhavn, 
+som jeg havde haabet. Varmen var 
+saa overvældende, at jeg næsten intet
+kunde bestille. Stor Fornøjelse havde 
+jeg derimod af en lille Afstikker
+til Mariebo, hvor Restaurationen
+af Byens Kirke har sat Sindene 
+i en latterlig Bevægelse. Jeg har derom
+skrevet en længere Artikel til 
+”Politiken”.
+Jeg havde i Kjøbenhavn den For-
+nøjelse at hilse paa Deres Forældre
+og modtage de Blade m.m., De
+har været saa venlig at besørge
+for mig. Der var morsomme
+Ting imellem, og De skal have
+Tak for dem. Send mig ved Lejlig-
+hed en Regning paa Deres Udlæg.
+Christiansen har været her
+et Par Dage paa Besøg. Han var
+[3]
+brav og rar, som altid, men hans 
+Slips var ualmindelig rædsomme.
+Ellers hører vi ikke fra andre end
+Dem, men befinder os forresten vel
+i vor Ensomhed. Her er et Par elsk-
+værdige Mennesker, vi snakker med,
+og Tiden gaaer kun altfor hurtig.
+Jeg synes, min Kone er ved at
+komme sig; hun er i udmærket
+Humør og kan gaa lange Ture.
+Om den sørgelige Begivenhed
+i den Brandeske Familie har De
+vel hørt. Der fandtes efter den Afdøde
+ikke en Øre, bogstavelig saa lidt, at
+det var utilstrækkeligt til Begravelsen.
+Hans gamle Forældre skal tage sig
+Selvmordet uhyre nær, hvorimod
+Brandes’ Frue skal have taget det
+roligere. 
+Lad os nu høre fra Dem snart.
+Faaer vi Dem virkelig ikke at se paa 
+[4]
+denne Side Jul? Christiansen
+talte noget om at møde Dem i 
+München i September Maaned.
+Lev vel fremdeles. Venligste
+Hilsener fra min Kone og Deres
+hengivne 
+E. Hannover
+Kuranstalten
+Silkeborg
+16. VIII, 92
+[Med Alice Hannovers hånd:]
+Tak for Deres lange
+Breve. Men hvorfor skri-
+ver De aldrig noget om
+Dem selv?</t>
+  </si>
+  <si>
+    <t>1894-09-11</t>
+  </si>
+  <si>
+    <t>Jens Ferdinand Willumsen
+Juliette Willumsen</t>
+  </si>
+  <si>
+    <t>Rohde kan ikke have læst Hannovers brev fra den 10. september 1894, hvori Hannover ligeledes overbringer nyheden om Willumsens tilbagevenden til København.</t>
+  </si>
+  <si>
+    <t>Rohde har på vej til Rørvig hørt at Willumsens flytter hjem til København igen. Familien er træt af Paris, og håber på bedre tider i København. Willumsen har bedt Rohde hente ham på banegården. For det tilfælde at Rohde selv er ude af byen den pågældende dag, beder han Hannover tage imod familien.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Fuzd</t>
+  </si>
+  <si>
+    <t>Nykjøbing p. Sj.
+d. 11-IX-94
+Kjære Ven!
+Under et kort Ophold i Nykjøbing paa Vejen
+til Rørvig, maa jeg benytte Lejligheden til
+at fortælle Dem noget, som sikkert vil
+overraske Dem. — jag havde ikke i Gaar
+Tid til at besøge Dem. —
+Kort og godt[,] det er et Brev fra Willumsen,
+som meddeler mig, at han om 8 Dage kom-
+mer til Kjøbenhavn med sin Familie
+for at bosætte sig her.
+Han er tilsyneladende led og kjed af Paris og
+bag den Bitterhed og Modløshed, der præger
+Brevet, synes der at gjemme sig et Haab
+om, at der kan oprinde bedre Tider for
+ham herhjemme. —
+Han beder mig tage imod ham paa
+Banegaarden, naar han kommer; det er
+jo imidlertid muligt, at jeg ikke er i Byen
+den Dag, og jeg vil da bede Dem gaa
+derud, hvis De kan. — Jeg skal, .. saa
+[2]
+naar jeg hører nærmere fra ham[,] underrette
+Dem om Dagen.
+I al Hast
+Venligst
+Deres Johan Rohde
+Det er vel foreløbigt ikke rigtigt at omtale
+Begivenheden.</t>
+  </si>
+  <si>
+    <t>1896-01-08</t>
+  </si>
+  <si>
+    <t>Karton med opklæbet foto: Spadserende herre [Rasmus Christiansen?] med grand danois (set bagfra) på Rådhuspladsen, København — i baggrunden Central Hotel (Centralhotellet).</t>
+  </si>
+  <si>
+    <t>En nytårshilsen med et foto fra Rådhuspladsen, København, fra Rasmus Christiansen til Emil Hannover.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/HDAd</t>
+  </si>
+  <si>
+    <t>Glædeligt Nytaar!
+fra
+R. Christiansen.
+[Noteret, med bly, Hannovers håndskrift:]
+8/1 1896</t>
+  </si>
+  <si>
+    <t>1892-03-12</t>
+  </si>
+  <si>
+    <t>Johan Rohde opholder sig i Ribe, da Emil Hannover skriver og beder ham haste til København, om det så måtte blive på bekostning af hans færdiggørelse af et maleri til Den frie Udstilling. Se også Hannovers breve til Rohde, hvor sagen om J.F. Willumsens bidrag til kataloget til Den frie Udstilling omtales: 10., 13. og 31. marts 1892.</t>
+  </si>
+  <si>
+    <t>J.F. Willumsens længe ventede kommentarer er indløbet hos Emil Hannover, og sidstnævnte beder Johan Rohde om at skynde sig til København, så de kan udfærdige et svar.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/aCwu</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Idag kom Kommentarerne fra Willumsen.
+Det vil blive nødvendigt at korrespondere med
+ham, og De maa derfor endelig fremskynde Deres
+Hjemrejse saa meget som mulig. I værste Fald
+maa De snyde den fri Udstilling for et Billed.
+Hjærtelige Hilsener
+Deres
+E.H.
+12.III.92</t>
+  </si>
+  <si>
+    <t>1884-08-07</t>
+  </si>
+  <si>
+    <t>Aabo
+Aarhus</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen savner at høre fra Emil Hannover, som han har bedt låne sig en bog. Christiansen spørger nu i dette brev, om Hannover vil købe fire tuber maling i København og sende dem til Aabo nær Aarhus, hvor Christiansen opholder sig. Han refererer derefter til en sag om en annonce bragt i Berlingske, som bl.a. har affødt et ufrivilligt komisk svarbrev fra en læser. Christiansen fortsætter sit brev med at berette om vejret, som favoriserer hans arbejde på et stort maleri i det fri. Sin beskrivelse af idyllen med et staffeli på toppen af en solbeskinnet bakketop tilfører han dog plagsomme fluer og hestebremser, og hans tur hjem med lærredet krydses af en flok støvende køer, så maleriets våde maling får en overflade som sandpapir.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/rvgm</t>
+  </si>
+  <si>
+    <t>Aabo den 7 August 1884.
+Kjære Hannover!
+Jeg skriver endnu “Kjære Hannover,”
+for jeg tænker som saa, at Grunden
+til at jeg ikke har faaet den lovede
+Bog, er den, at De paa Grund af Ud-
+laan til en anden ikke har kunnet
+disponere over den hidtil.
+Naturligvis har jeg en bestemt Aar-
+sag, hvorfor jeg skriver. De skal øje-
+blikkelig erfare denne. Jeg vilde gjær-
+ne bede Dem, (for det er naturligvis end-
+nu en Appel til Deres Tjenstvillighed,) om
+De ikke vilde glæde mig ved hos Farve-
+handler Kühle paa Kultorvet at kjøbe
+mig nogle Tubefarver, som jeg i disse
+Dage gaar og græder for. Jeg kan ikke
+faa dem i Aarhus, da det skulde være
+franske farver, og dem gjør vedkommende
+Farvehandler ikke i.
+Vil De kjøbe mig:
+1 Tube blanc d’argent (stor 1,10)
+endvidere 1 - terre verte (do 0,90?)
+&amp;amp; 1 - laque de garance foncé (3,00?)
+&amp;amp; 1 - outremer No 1 (?)
+[2]
+og sende mig det saasnart De kan, saa
+er De rigtig rar. Husk endelig ved Tuben
+laque de garance, at det bliver foncé,
+ellers faar De en forkert Farve.
+Avertissementet i Berlingske
+fik et ganske grinagtigt Udfald. Foruden
+et almindeligt og skikkeligt Brev fra
+en Liebhaver i Rigensgade, saa bekom vi des-
+foruden et andet, som egentlig uden
+Brevskriverens Vidende var meget humo-
+ristisk. Vedkommende, en Herre paa
+Vodrofsvej, skrev, at han rimeligvis vil-
+de have været Liebhaver til den avertere-
+de Ejendom, og endda til en meget høj
+Pris!! “dersom ikke Befolkningen i
+Aarhusegnen havde været saa demo-
+raliserete, at den kunde vælge en
+saadan Slyngel til Rigsdagsmand,
+som Dr. Pingel!” — Det er Mandens egne
+Ord. Er det ikke storartet mageløst. 
+Man føler uvilkaarlig, at det maa være
+en af gamle Berlingskes tro Holdere
+og Tilhængere. De kan rimeligvis faa
+det mageløse Brev at se naar jeg kom-
+mer til Staden til Efteraaret, jeg op-
+bevarer det som et Kuriosum. —
+[3]
+Jeg ved ikke, hvorledes De har det, der
+hvor De opholder Dem. Herovre
+har vi det som i en Bagerovn. Men
+det er godt. Jeg behøver megen Sol,
+al den Sol og stille Vejr, som jeg
+kan opdrive, det vil sige ikke mig,
+men mit store Billede behøver det.
+Ja for jeg maler naturligvis et stort
+Billede. — Tænk Dem at staa paa
+en bar solhedet Bakket, med et
+stort, ikke bart, men solbeskinnet,
+solreflekteret Stykke Lærred, som
+gjør ondt i Øjnene naar man ser
+derpaa. Tænk Dem dernæst en
+varmebetynget, næsten kvælende Stilhed,
+som kun afbrydes, eller rettere som
+forstærkes ved Klægernes irriterende
+Svirren omkring ens Hoved, af og til
+afbrudt af en forbiflyvende Hestebrem-
+ses haarnakke[de] Forsøg paa at sætte sig
+paa ens Næse, et Forsøg der gjærne
+ender med, at Stakkelen som ejer
+Næsen, nemlig mig, basker efter Brem-
+sen med Penslen, og opnaar at tilklistre
+mig i Ansigtet med den gode Farve,
+som ellers skulde have været et eller
+andet Sted paa Lærredet, medens Brem-
+[4]
+sen ender paa Ryggen i min Palet,
+naturligvis i den allerdyreste Farveklat,
+som jeg desuden har saa lidt af. 
+Det er i Korthed den Modgang en
+stakkels Maler har at slaas med, naar
+han er saa taabelig at ville male
+et stort Billede færdig “paa Stedet,” paa en
+saadan hvad Romanforfattere vilde kalde en
+stille, solvarm Augusteftermiddag, hvor
+alt aander Fred og Stilhed. Men de glem-
+mer altid Bremserne. — Kjender De
+Hestebremser? Hvis ikke, saa gid De
+aldrig maa komme til at gjøre deres
+Bekjendskab. Naar man saa endelig
+er, ikke færdig, men kjed af det, og
+vil hjem, saa kommer der en Flok Køer
+trækkende paa Vejen, hvor jeg skulde
+have Heste, som saa tilstøver mig
+Billedet i den Grad, at hvis dette
+skulde mislykkes, saa kan jeg i hvært
+Tilfælde bortsælge det i mindre Partier
+som Sandpapir eller Smergellærred. 
+—I Haab om Deres snarlig Gjensvar
+tegner jeg mig med venlig Hilsen
+R. Christiansen,
+for De skulde da vel ikke være rejst
+bort i Ferien, at dette skulde være Aarsag
+til Deres Tavshed. I saa Fald faar jeg
+øve mig i Taalmodighed, til De kommer hjem.
+R. C. 
+[i venstre margen, vertikalt:]
+Vil De adressere det eventuelle Brev til R. C.[,] Gaardejer
+Knud Christensen Aabo pr Hørning St Aarhus</t>
+  </si>
+  <si>
+    <t>1891-06-24</t>
+  </si>
+  <si>
+    <t>Karl Madsen
+Anna Petersen
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Rohde kommenterer Hannovers manuskript til anmeldelsen af Karl Madsens bog om hollandsk malerkunst. Rohde har været nervøs for, at Hannover ville lade sit dårlige forhold til Madsen påvirke anmeldelsen, men han konstaterer, at det ikke er tilfældet. Rohde har fået brev fra Willumsen, som er meget medtaget af Karl Madsens negative omtale af ham. Den har resulteret i, at Willumsens far har frataget ham understøttelse. Anna Petersen, der har besøgt Willumsens i Paris for nyligt, kan berette, at de ikke har det godt dernede. Rohde kommenterer Hannovers onkels dødsfald, som gør ham ondt. Stormvejr gør det svært for Rohde at arbejde, men han planlægger snart en tur til Karup, hvor han ønsker at male nogle landskaber. Han håber snart at se Hannovers i Jylland. Rohde er mere eller mindre uforvarende blevet inddraget i en artikel om Den Frie i Dagbladet København, og han ærgrer sig over en fejlcitering vedrørende medlemmernes stemmeret.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/eI0w</t>
+  </si>
+  <si>
+    <t>[øverst på siden flg. 13 linier, ‘på hovedet’:]
+Her skulde egentlig have staaet et pragtfuldt Billede
+med St. Hans Blussene fra iaftes; men da De naturligvis
+længes efter Manuskriptet, faar det være til en anden
+Gang. De spørger om om "Interviewet" i Kjøbenhavn, jo
+den Dag, jeg stod og skulde rejse kom en Herre, som jeg
+i Travlheden antog for en Mand, der vilde lære at tegne,
+jeg undrede mig over hvad Udstillingens Penge egentligt ragede
+ham, det gik saa op for mig omsider, at Manden var
+fra Kjøbenhavn, vi vexlede et Par Ord om Sagen, og blev na-
+turligvis meget forbauset ved at se mig trukken ind i Kjøbenhavns
+Artikel. Oven i Købet var Referatet ikke korrekt og jeg havde saa-
+ledes selvfølgelig ikke sagt at over Halvdelen af de fri Udstillere
+ingen Stemmeret havde.
+Rødding pr Skive 24-VI-91.
+Kjære Ven!
+Tak for det tilsendte Manuskript, som jeg
+hermed returnerer saa hurtigt som muligt.
+Det har beredt mig en glædelig Overraskelse —
+ikke derved, at det er godt og velskreven* — men
+ved, at det er saa klogt. Ærligt talt har
+jeg nemlig gaaet i en vis Ængstelse for, at
+De skulde lade Dem henrive til Ubesindig-
+heder; men om sligt er her jo ikke Tale — 
+Deres Anmeldelse er jo endog i allerhøjeste
+Grad rosende. Jeg har ikke noget væsentligt
+at indvende. —
+Med Hensyn til Deres Omtale af Illustra-
+det forudsatte jeg.
+[2]
+tionerne, da bemærkede jeg i Vinter, engang da Madsen
+viste mig nogle Privattryk, noget aldeles lignende;
+han forsvarede sig da med, at de Fotografier,
+der stod til hans Raadighed ikke godt lod sig
+reproducere ved Hjælp af Ætsning med nogenlun-
+de godt Resultat, og han havde derfor taget
+nøjagtige Kalkeringer over Fotografierne. Dog ere
+jo ikke alle Bogens Billeder Kalkeringer. For at
+tage et Exempel er Tegningen efter den antagne
+Gerard David tegnet lige efter Billedet, som den
+imidlertid ikke ligner ret meget, hvilket paa
+en Bemærkning af mig, blev sagt skulle hidrøre
+fra Reproduktionsmaaden — da Originaltegningen
+var ganske anderledes — dog herom kan jo
+man jo ingen Mening have.
+Madsens Ambition er nu tidt mærkelig — .
+Hvad De skriver om hans Mangel paa Systema-
+tik o.s.v. tror jeg han vil tage helt ud til Ind-
+tægt. —
+Deres Bemærkninger om hans Tvetydighed er paa
+rette Plads synes mig —
+—
+Hans sidste Meritter er mig trods Forklaringer
+fra forskjellig Side stadigt gaadefulde. Hvis jeg
+blot gad, vilde jeg skrive ham til — Den Sag er
+dog ikke færdig endnu, hvormeget der saa end er
+talt og skrevet. 
+[3]
+Jeg havde forleden et Brev fra Willumsen,
+som var meget trist.
+Madsens Artikel havde taget meget stærkt paa
+ham (“saa modbydeligt næsvist og ondskabsfuldt
+har aldrig nogen hidtil behandlet mig …..
+…. Jeg vil haabe, at han snart maa
+faa en Fornemmelse deraf”)
+Han meddeler mig i Slutningen af sit Brev
+Ganske nøgternt, at hans Fader har frataget
+ham den hidtil regelmæssigt sendte Under-
+støttelse, saa han nødes til at leve ganske
+overordentlig tarveligt.
+Er dette Frugten af Hr. Tschernings &amp;amp; Madsens
+forenede Anstrængelser, have de jo ikke været 
+omsonst.
+Frk. Anna Petersen havde forleden været hjemme
+med nogle Penge, hun skyldte ham og som jeg
+skulde sende ned til ham; og hvad hun havde
+fortalt min Søster om Familien Willumsens
+Liv dernede i Quartier Latin (hun kom nemlig
+lige fra Paris) var temmeligt bedrøveligt
+— men han holder Ideens Fane mærkværdigt
+i Vejret, hvad saa alle Idioter eller Slyngler
+siger ham paa.
+[4]
+Hvad De fortæller om Deres gamle Onkel
+havde jeg aldrig tænkt mig; jeg vidste ikke
+at De stod i et saa inderligt Forhold til
+ham — jeg kjendte ham fra mine første Stu-
+denteraar fra Bibliotheket som en rar gammel
+Mand, som jeg siden den Tid altid hilste
+paa; men at han var en saadan Hæders-
+mand, som De nu fortæller, troede jeg ikke
+— Jeg forstaar saa udmærket godt den Tom-
+hed De føler ved at miste den gode gamle
+Mand Onkel. —
+——
+Hvad jeg selv bestiller? Intet, kjære. Vejret
+er varmt og smukt, men der raser altid en
+orkanagtig Storm som umuliggjør mig at
+arbejde. For resten rejser jeg snart ned til
+Karup, hvor jeg var nede strax ved min An-
+komst til Jylland for at se paa nogle Land-
+skaber, som jeg vil male. Naar De nu om
+nogen Tid gjør Alvor af Deres Recreations-
+rejse til Jylland, glæder jeg mig til at se
+Dem begge der — De vil ikke fortryde det
+— der er storslaaet — men De maa lade
+mig vide i Forvejen, naar De kommer, at vi
+kan slagte Fedekalven.
+Med venlige Hilsener. Deres
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1891-12-21</t>
+  </si>
+  <si>
+    <t>Agnes Slott-Møllers mor Constantine Juliane dør inden årets udgang.</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møller beder om at låne nogle penge af Hannover og fortæller samtidig, at hans svigermor er alvorligt syg, "saa alt her er i Oprør". Hannovers kommer til København en af de nærmeste dage - den 21. har været planlagt.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/lZVI</t>
+  </si>
+  <si>
+    <t>Kjære Ven
+Hvis du kan laane
+os de omtalte Penge
+havde vi særdeles godt
+Brug for dem nu.
+Jeg har ikke videre
+god Lejlighed til at
+skrive, min Svigermoder
+er meget syg og meget
+farlig syg, saa alt
+her er i Oprør, men 
+vi ses jo forhaabentlig
+[2]
+meget snart, den
+21de var det jo
+I havde bestemt at
+v komme ind og
+Christiansen sagde
+mig i Gaar Aftes
+at i[sic] kom i Morgen.
+Med de venligste
+Hilsner eders
+H Slott-Møller
+[med blyant i Hannovers hånd:] modtaget
+21/12-91.</t>
+  </si>
+  <si>
+    <t>1892-02-17</t>
+  </si>
+  <si>
+    <t>Rue Charlet
+Paris</t>
+  </si>
+  <si>
+    <t>"Til denne kommende Udstilling har jeg sat et mægtigt Haab, paa to Aars stærkt alvorligt Arbejde." Fire kasser med 13 værker står pakket i J.F. Willumsens atelier i Paris - klar til afsendelse til Den frie Udstilling i København. Willumsen har haft en drøj tid med at få værkerne færdige, og i dette brev forsøger han at forklare Emil Hannover, hvordan hans arbejde med formen på "Familievasen" er et eksempel på, at hans fremgangsmåde er intuitiv og drevet af det "uforklarlige ubevidste". Dette bærer frembringelsen af alle 13 ting, skriver Willumsen og håber, at Hannover, når han har læst forklaringen i brevet og har set værkerne, vil kunne føje nogle beskrivelser til, der kan hjælpe folk til at få øje på deres fortrin og forstå deres skønhed. Samtidig er han også forberedt på, at andre kritikere (som Karl Madsen) ikke vil påskønne hans arbejder.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/R3XY</t>
+  </si>
+  <si>
+    <t>13 rue Charlet
+Paris
+d. 17 Februar 1892
+Kjære Hannover
+Deres Brev har været mig
+meget kjærkomment at modtage[.]
+Jeg havde selv tænkt paa, naar
+Tiden kom og jeg var færdig
+med at skrive disse Komentarer
+da at sende dem til Dem, thi
+en Mand som så godt forstod
+mig ifjor og saa ivrigt sloges
+med mig og for mig har jeg
+faaet Fortrolighed til og haabede
+at han vilde være mig en Hjælp[.]
+Opgaven jeg der har sat mig er
+ganske overordentlig vanskelig,
+først kan Billedet virke paa
+en Tilskuers lavere Standpunkt
+fra en Side som aldrig kunde
+[2]
+være falden mig ind og der
+kommer da til at mangle ham
+en Oplysning, og dernæst at
+forklare for ham det endelige
+Resultat “at det skal se saadant
+ud og ikke anderledes” som er
+fra min Side en ren ubevidst
+Øjensans som jeg ikke kan for-
+klare mig selv. — med det Fam-
+lende begynder jeg, med min
+Forstand arbejder jeg frem gjen-
+nem Arbejdet og med dette
+uforklarlige ubevidste som rækker
+langt ud over Forstanden afslut-
+ter jeg. Et Exempel paa en
+Vase har jeg lavet to Fødder
+der træde paa hinanden, de falde
+ud af det symetriske og de
+stødte mig[,] jeg forsøgte at faa
+dem lavet om, men jeg maatte
+stadig sætte dem paa igjen saa
+de stødte; hvorfor, kan jeg ikke
+nærmere forklare, alle der har
+[3]
+set den Vase første Gang, har
+været generte af de to Fødder.
+Hvad skal jeg nu skrive om de
+to Fødder som generer saa herligt
+andet end at de fremstiller det
+stabile i den evige Lov for Menneskene[.]
+Manden og Kvinden der danner
+Barnet, den og det kan ikke aabne
+Øjnet Øjet for Synet. Saaledes
+gaar det gjennem alle 13 Ting
+og som egentligt burde forklares,
+og det var derfor jeg vilde sende
+Dem Komentarerne først, dog
+maa De jo se Billederne, ellers
+kan der vel neppe være noget
+at gjøre uden fra Formens Side
+der maa være sammentrængt og
+klar og saa at anvende Deres
+Erfaring som Polemiker; dog de
+komme vist neppe til [at] berøre dens Polemik[-]
+Omraadet. Der bliver da for Største
+delen kun at tilføje saadanne
+Ordstrofer som illustrerer Billedets
+[4]
+Fortrin, saaledes at Folk faar
+Øjnene op og gjør Fortrinet til
+deres Skønhedsnydelse.
+Jeg har haft en streng Tid
+i den sidste Maaned med at faa
+Tingene færdige[,] jeg kan godt sige
+at jeg aldrig har været saa anspændt,
+nu staar de i fire store Kasser paa
+Atelieret og Mændene skulde have
+hentet dem i Dag; men de
+have narret mig[.]
+Til denne kommende Udstilling
+har jeg sat et mægtigt Haab,
+paa to Aars stærkt alvorligt Arbejde.
+Naar det saa kommer frem er der
+nok En og mange med ham
+som vilde kalde det tyndt
+Pjank fordi de stikke for dybt
+i Nederlandsk Malerkunsts Ideal.
+I Mai kommer jeg til
+Kjøbenhavn[,] paa Gjensyn da
+Deres
+J. F. Willumsen</t>
+  </si>
+  <si>
+    <t>1892-04-11</t>
+  </si>
+  <si>
+    <t>Nicolai Laurentius Feilberg
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Emil Hannover søger oplysninger til sin kommende bog "Maleren Christen Købke. En Studie i dansk Kunsthistorie", udgivet af Kunstforeningen, København 1893.
+"Den gamle Præst", som Hannover refererer til, må være teologen Nicolai Laurentius Feilberg, som også omtales i brevet dateret 10. marts 1892 fra Hannover til Rohde.</t>
+  </si>
+  <si>
+    <t>Emil Hannover takker Johan Rohde for en række tegninger, som Rohde må have udfærdiget på sin rejse og nu sendt vennen i København. Hannover kvitterer også for Rohdes bekræftelse af oplysninger om Købke. Vedlagt er et korrekturtryk.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/r9HV</t>
+  </si>
+  <si>
+    <t>11.IV.92
+Kjære Ven,
+Tusind Tak for al Venlighed. Jeg
+er Dem ganske overordentlig tak-
+nemlig for Indholdet af den til-
+sendte Pakke. Kun er Tegningerne
+meget bedre, end de behøvede at
+være, og jeg er kjed af, at De de har
+spildt Dem saa megen Tid. For
+Meddelelserne om Købkes Person
+er jeg meget glad, da de bekræftede
+forskjellige af mine Formodninger.
+Troer De, der er mere af den Art at
+faa at vide hos den gamle Præst?
+Korrekturtrykket følger
+hermed tilbage. Jeg har gjort et
+Par Rettelser deri. Jeg synes dog,
+De skulde vente et Par Dage endnu
+med at sende det til W.
+Deres hengivne
+E.H.</t>
+  </si>
+  <si>
+    <t>I brevet omtales følgende malerier: Harald Slott-Møllers allegoriske landskaber er "Diana", inv.nr. F141, og "St Hubertus", inv. F142. Begge er i olie på lærred og 32 x 63 cm. og findes på Göteborgs konstmuseum. De er testamentariske gaver fra Pontus og Göthilda Fürstenberg i 1902. Portrættet af Georg Brandes blev i 1991 erhvervet på auktion af Detroit Institute of Arts, Detroit. Et forarbejde til portrættet er i dag på Statens Museum for Kunst: "Georg Brandes på Universitetets talerstol", 1889, olie på lærred, 94,8 x 82,2 cm., inv.nr. KMS8834. Fjordlandskabet af Agnes Slott-Møller er ikke identificeret endnu.</t>
+  </si>
+  <si>
+    <t>Emil Hannover tilbyder Johan Rohde i Paris at sende ham sin afhandling om at samle på bøger. Hannover savner at høre nyt fra Rohde, og hans evner til at mægle mangles også i København, hvor Hannover og ægteparret Slott-Møller er raget uklar. Kunstnerparret har for en gangs skyld medvind, idet de tilsammen har solgt en lille håndfuld malerier, fortæller Hannover. Agnes er desuden blevet tildelt midler fra Akademiet - en understøttelse, Hannover synes at ærgre sig lidt over at have været uvidende om, at hun søgte.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ljxg</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Længes meget efter at høre fra
+Dem. Vær saa venlig at lade mig
+vide, om De vil have min Afhandling
+om at samle paa Bøger sendt til
+Paris, eller om jeg skal lægge den ned
+i Deres Bolig i Nyhavn. Den fylder en 
+Del, saa De er maaske helst fri for
+[her rester af indklæbet avisudklip]
+at fylde op med den i Deres Kuffert. Wil-
+lumsen er rar og flink og trøster os i
+vor Ensomhed.
+[2]
+Slott-Møllers har vi stadig ikke
+set, og mine Følelser for dem er ikke
+ganske blide, efter at de har sendt
+mig de Penge i Hovedet, de havde laant
+af mig. Forretningen gaaer forresten 
+strygende for dem. Til Kunstforeningen
+solgte hun sit Fjordlandskab, til
+Fyrstenberg solgte han de to smaa
+allegoriske Billeder, og nu har han
+solgt Portrætet af Fyrstenberg Brandes
+til Fyrstenberg. Jo længere Tid der gaaer,
+des vanskeligere vil det jo være for
+os at mødes igjen. Skade, at De
+ikke er her og kunde bringe dem
+til Fornuft. De beklager sig bittert
+til alle mulige Mennesker, og der
+er naturligvis hos vore fælles
+Uvenner stor Glæde over Bruddet
+mellem os.
+Aarsmedaillernes Uddeling paa
+Charlottenborg har De formodentlig
+[3]
+læst i Aviserne. Et smukt Selskab!
+Det forlyder fra paalidelig Kilde, at
+Fru Slott-Møller faaer en Under-
+støttelse fra Akademiet paa 800
+Kroner. Vidste De af, at hun søgte
+en saadan? Mig har det overrasket
+meget.
+Lev vel, vær venligst hilset
+fra min Kone og Deres hengivne
+Emil Hannover
+9. V. 92</t>
+  </si>
+  <si>
+    <t>1894-09-10</t>
+  </si>
+  <si>
+    <t>Charles  Been
+William Behrend
+Anne Marie Carl-Nielsen
+Rasmus  Christiansen
+Gad Frederik Clement
+Ludvig Find
+Carl Frydensberg
+Vilhelm Hammershøi
+Gustav Helsted
+Erik Henrichsen
+Viggo  Jastrau
+Kristian Kongstad Rasmussen
+Henry Jacob Lørup
+Carl Nielsen
+Agnes Slott-Møller
+Harald Slott-Møller
+Niels  Vinding Dorph
+Jens Ferdinand Willumsen
+Juliette Willumsen</t>
+  </si>
+  <si>
+    <t>Hannover har erfaret igennem Willumsens kone, at parret omkring den 20. september ser sig nødsaget til at flytte tilbage til København. Han foreslår Rohde, at de holder en festlig sammenkomst til ære for Willumsens for at mildne deres humør.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ZIXy</t>
+  </si>
+  <si>
+    <t>10.IX.94.
+Kære Ven,
+Jeg skynder mig med at lade Dem
+vide – da det sikkert ikke vil inter-
+essere Dem mindre end det har vakt
+min Forbavselse – , at Willumsens
+omkring den 20de i denne Maaned
+kommer hertil for at tage fast Op-
+hold.
+Det er hans Kone, som har meddelt
+mig det i et Brev i Dag, – et temlig
+trist Brev, hvoraf fremgaaer, at
+Opbruddet er meget ufrivilligt.
+Hvad mener De om at formilde
+hans Gensyn med København ved
+en lille Sammenkomst til hans
+Ære? Jeg troer, at den vilde glæde
+ham, og 20 – 30 Mennesker maatte
+der vel kunde [!] samles, hvis vi ventede
+dermed til Begyndelsen af Oktober.
+Clement, Find, Frydensberg, Kongstad
+Rasmussen, Lørup, Jastrau, Slott-Møllers,
+Hammershøj, Christiansen, Dorph, Been,
+Erich Henrichsen, William Behrend, Gustav
+Helsted, Carl Nielsens er de, der i Øje-
+blikket falder mig ind; flere maatte
+vel …… kunne findes
+Deres hengivne
+E.H.</t>
+  </si>
+  <si>
+    <t>1885-06-06</t>
+  </si>
+  <si>
+    <t>Aarhus</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen har modtaget et brevkort fra Emil Hannover. Hannover beder om hans adresse - men har ikke husket at angive, hvor han selv opholder sig. Christiansen spørger, hvordan Hannover og Wildenrath responderede på en sag i Berlingske, og han fortsætter med en humoristisk beskrivelse af følelsen af mindreværd efter Hannovers brev om Rubens og andre hovednavne i kunsthistorien. Christiansen planlægger et par ugers ophold i København, hvorefter han tager tilbage til Aarhus. Der har han lovning på et godt atelier, som står tomt i sommerperioden på teknisk skole: "Saa skal jeg til at spytte i Næverne og se at faa noget udrettet, hidtil har det kun været Rekognoceringer".</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/9FEX</t>
+  </si>
+  <si>
+    <t>Aarhus den 6 Juni 1885
+Kjære Hannover!
+Jeg har i Dag af den ny Ejer paa Frydenslund
+faaet overleveret Deres Brevkort, hvilket er meget
+heldigt, da jeg i Morgen stikker af igjen herfra
+Byen og bliver borte en 14 Dages Tid. Det er
+grumme snedigt af Dem, at De beder mig hurtigst
+mulig meddele Dem min Adresse, saafremt jeg
+ikke skulde faa Deres Kort, for at De kan til-
+skrive mig yderligere — hvordan skulde jeg bære
+mig ad med at skrive, naar jeg ikke af Deres
+Brev fik Deres Adresse? —
+Naar De igjen skriver, fortæl mig saa, hvad
+det blev til med det, som De og Wildenradt lave-
+de sammen som Modgift imod hvad der var
+fremkommet i “Berlingske” angaaende Adressen.
+—Ja undskyld — maaske bringer jeg ved denne An-
+modning et irriterende Pust herhjemmefra om alt
+det Vrøvl og Kjævl, som De nu lykkelig er und-
+sluppet; men i Deres sidste Brev til mig, hvor
+det nu var det traf mig et eller andet Sted oppe
+i Jylland, skrev De, at De havde lavet noget sam-
+men, som ikke var saa daarlig, men som jeg sene-
+re skulde faa nærmere Underretning om. —
+[2]
+Det er jo meget nedslaaende, hvad De fortæller om
+gamle Fatter Rubens og de andre. Man faar saadan
+en løjerlig Smag i Munden, naar man sammen-
+lignelsesvis kommer til at tænke paa ens egen
+Fedteri og Bagstræveri heroppe mellem Bønder-
+ne i Løbet af Sommeren.
+Omkring den 18-20 Juni rejser jeg til Kjø-
+benhavn og bliver der en fjorten Dages Tid eller
+mere. Indtil den første Juli er jeg der under
+alle Omstændigheder. Hvis De derfor skriver in-
+den den Tid, kan De ganske rolig addressere[sic] Bre-
+vet til Hauserplads 10, som sædvanligt. — Efter
+den Tid vil jeg altid kunne faa Deres Breve
+naar De adresserer dem hertil Aarhus, Olsens-
+vej No 12 i Stuen. 
+Naar jeg kommer her tilbage igjen faar jeg
+rimeligvis et godt Ateliér her i tekniskt Skoles 
+Lokaler, som ikke benyttes om Sommeren. 
+Saa skal jeg til at spytte i Næverne og se at faa
+noget udrettet, hidtil har det kun været Rekognocerin-
+ger.
+I Haab om snart at høre fra Dem en hjær-
+telig Hilsen med Ønsket om et godt Udbytte,
+baade med Hensyn til Deres Helbred og Deres
+Studier.
+R. Christiansen.
+[underskriften ender i en tegning af et edderkoppespind med en hængende edderkop.
+Under signaturen tillige en dekorativ tegning med påfuglefjer, en lærke, en slange, tre frøer
+og en snegl]</t>
+  </si>
+  <si>
+    <t>1888-08-08</t>
+  </si>
+  <si>
+    <t>Skovvang</t>
+  </si>
+  <si>
+    <t>Julius Paulsen
+Agnes Slott-Møller</t>
+  </si>
+  <si>
+    <t>Pouelsen [Julius Paulsen] udstillede en række malerier med kvindefigurer på den nordiske udstilling, herunder kat. 361, "Modellerne vente", 1886 (Göteborgs Kunstmuseum); kat. 362, "Adam og Eva", 1887 (Statens Museum for Kunst); kat. 368, "Eva", 1886 (tilhørende Kunstforeningens Studiesamling og siden erhvervet af KUNSTEN, Aalborg); kat. 369, "Nymfe", 1886 (som tilhørte P.S. Krøyer og blev erhvervet af Statens Museum for Kunst på Krøyers auktion, december 1910, kat. 504).</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møller takker Hannover for et særtryk af Hannovers anmeldelse af den store nordiske udstilling og fortæller, at de deler opfattelse af meget. Dog overser Hannover, at Julius Paulsens skildring af kvindefiguren er for "borgerlig" og mangler "en erotisk Begejstring". Slott-Møller fortæller desuden, at de savner deres venner i København, nu hvor han og hustruen opholder sig på landet, og han forventer ikke at nå til byen for at mødes - og diskutere Paulsen - med Hannover, før denne rejser til Paris. Ægteparret har travlt med at arbejde, men vejret er ustadigt, klager Slott-Møller, og de må være parate til at male ude, så snart vejret tillader det.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/h7AZ</t>
+  </si>
+  <si>
+    <t>Skovvang ved Daugaard 8/8 88
+Kjære Hannover
+De skal have saa mange 
+Tak, fordi De var saa venlig
+at sende mig et Særtryk
+af deres Artikel om den
+danske Kunst paa den
+nordiske Kunstudstilling.
+Jeg havde imidlertid læst
+Artiklen for nogle Dage
+siden og allerede længe
+skullet skrive til Dem.
+Det har fornøjet mig meget
+at læse den, da vore Meninger
+saa væsentlig falde sammen.
+[2]
+Den største tilstedeværende
+Meningforskjel koncentrerer
+sig om Pouelsen, som den
+nøgne kvindelige Figurs
+Maler. De er alt for nøjsom
+kjære! De som skrev det 
+varme inspirerede Stykke
+i Kunstbladet om Max
+Klinger, De har da Forstaa-
+else af Kvinder og Elskov,
+to, i hvert Fald i min
+Bevisthed, uadskillelig..
+sammennittede Begreber.
+Pouelsen er sandelig
+synes jeg for borgerlig,
+for nøgteren, han maler
+nøgne Kvinder med
+samme kolde Hoved
+med hvilket han interes-
+[3]
+cerer sig for en hver
+anden Farveharmonie,
+han mangler erotisk
+Begejstring i en alt for
+følelig Grad til at magte
+den Slags Opgaver. For-
+øvrigt glæder jeg mig en 
+hel Del til mundtlig at
+at komme til Æmnet
+Pouelsen. Det falder
+mig nemlig lidt tungt
+at sige Farve harmonie
+i samme Øjeblik jeg
+nævner Poulsen, men 
+nærmere naar vi næppe,
+hvilket jo muligvis først
+sker i Paris, da De mulig-
+vis allerede er rejst naa[r]
+vi kommer i Kjøbenha[vn]
+Vi længes en hel Del her
+[4]
+ude paa Landet efter
+vore Venner og efter Udstillingen
+af hvilken vi fik set alt
+for lidt, men nu sidder
+vi i Arbejde til op over
+begge Ørerne, saa det bliver
+os ikke muligt at faa
+Tid til at tage der over.
+Desuden er Vejret saa
+frygteligt uroligt, saa vi
+maa benytte hvert Øje-
+blik, der er brugbart. Hvor
+jeg lidt misunder Dem, der
+kan arbejde ganske uaf-
+hængig af Vejret, os stakkels
+Malere spørger man ikke
+om vi har Lyst naar
+Vejret er godt har vi at
+have Lyst – saa! Nu har
+De vidst faaet nok af mine
+Vejrklager. Venlige Hilsner fra
+[i venstre margen:]
+min Hustru og mig selv til Dem og Frue Deres hengivne Slott M</t>
+  </si>
+  <si>
+    <t>1888-10-14</t>
+  </si>
+  <si>
+    <t>Jenny  Adler
+Anna Ancher
+Michael Ancher
+Alfred Bramsen
+Rasmus  Christiansen
+Fritz Gurlitt
+Vilhelm Hammershøi
+Heinrich Hirschsprung
+August  Jerndorff
+Viggo Johansen
+Peder Severin Krøyer
+Carl  Locher
+Karl Madsen
+Thorvald  Niss
+Julius Paulsen
+Niels  Pedersen Mols
+Theodor Philipsen
+William Salomonsen
+Joakim Skovgaard
+Niels  Skovgaard
+Harald Slott-Møller
+Johan Peter Wildenrath
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Kunsthandleren Fritz Gurlitt planlægger en udstilling af yngre dansk kunst i Berlin, og Hannover opremser hvilke værker, han indtil nu har sikret sig til udstillingen. Der er generel opbakning til udstillingen i Danmark, så Kunstforeningen og Charlottenborgs udstillingskomité har lovet at bistå med værkforsendelsen. Heinrich Hirschsprung har påpeget, at forsendelsen er risikabel, så Hannover har besluttet sig for selv at være til stede, når værkerne pakkes og sendes hjem fra Berlin, selvom det irriterer ham. Da Hannover ikke kan være til stede i København, beder han Rohde om hjælp til at modtage værkerne og sikre sig, at de når uskadt frem til deres respektive ejere. Når dette er på plads, vil Hannover tage sig af Wildenraths økonomiske affærer.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/BLQl</t>
+  </si>
+  <si>
+    <t>Kjære Rohde, 
+Som De maaske har erfaret, vil Kunsthandleren
+Gurlitt i Berlin i November Maaned foranstalte
+en Udstilling af ca. 30 Billeder af yngre dansk
+Kunst, og han har overdraget mig at udvælge disse
+Billeder,
+Det kan maaske more Dem at høre, hvad jeg
+indtil nu har sikret mig:
+Paulsen: Eva (Kunstforeningen)
+Nymfe (Krøyer)
+Læsende Dame (Karl Madsen)
+Landsbyen Rye (Bramsen)
+Portræt (Vinhandler Hey)
+Johansen: Et Maaltid (H. Hirschsprung)
+Sovekammerinterieur (Simmelkjær)
+Regnvejr (W. Salomonsen)
+Zahrtmann: Leonora C. i blaa Taarn (H. Hirschsprung)
+Sofie Amalies Død (do)
+Piger, der bærer Kalk (do)
+N. Petersen-Mols: Roeoptagning, Aquarel (do)
+Hunden ved Stranden
+Landskab (Bramsen)
+[2]
+Niss: Marine (H. Hirschsprung)
+Krøyer: Hattemagerne (Fru J. Adler)
+Skagens Fiskere paa Nattefiskeri (Bernard)
+og forhaabentlig; de badende Drenge (Göteborg)
+Ole Pedersen: Portræt af Kunstnerens Moder (Hirschsprung)
+Jerndorff: Santa (do)
+Wildenradt: Fra Hald (undertegnede)
+Wegmann: Dameportræt (Ruben)
+Locher: Marine
+Slott-Møller: Toilettet
+Hammershøj: Studie (tilh. Slott-Møller)
+Studie (H. Hirschsprung)
+(Portrættet af Søsteren vil Hammershøj senior
+ikke af med, trods gjentagne indtrængende Anmodninger.)
+Anna Ancher: I Kjøkkenet (Bramsen)
+Under Asketræet (nyt Billed)
+secundairt i Stedet for sidstnævnte Billed:
+Maageplukkerne
+[3]
+Michael Ancher: Portræt af Fru Ancher
+Fiskerne ved Stranden (nyt stort Billed)
+af Philipsen kan desværre næppe noget skaffes
+til Veje, ligesaa af Skovgaard’erne. Paa Expectance-
+Listen findes Willumsen (Slagterbutiken), H.N. Hansen
+(Kirkegaarden), Jerndorff (Portræt) Kabell (det lille
+Billed fra en Præstegaard) og Karl Jensen (nature morte)
+Som De vil se har jeg haft Held med
+mine Bestræbelser, og Planen har mødt saa
+megen Sympathie, at endog Kunstforeningen og
+Udstillingskomitéen har lovet deres Bistand
+med Kassen.
+Desværre er jeg selv nær ved at fortryde, at jeg
+har lovet min Medvirkning ved Foretagendet.
+Nogle Ejere af Billederne (navnlig Hirschsprung,
+der jo forresten har været overordentlig liberal)
+har gjort mig saa bange med Hensyn til 
+Risicoen ved Billedernes Forsending, at jeg har
+[4]
+saa godt som bestemt – efter at have overværet 
+Emballagen og Afsendelsen herfra – at være
+personlig til Stede ved Indpakningen og 
+Hjemsendelsen fra Berlin. Det forstyrrer
+min Pariserrejse og koster mig Penge, som
+jeg absolut ikke har til min Raadighed; men
+jeg har nu èn Gang paataget mig Besværet
+og vil ikke mere svigte. Jeg behøver forhaabentlig
+næppe at sige Dem, at jeg yder Gurlitt min
+Hjælp uden al personlig Fordel og uden at
+kræve mine Udgifter dækkede.
+Jeg forklarer Dem dette, fordi jeg næmlig
+vil lægge Beslag ogsaa paa Deres Hjælp
+til dette Foretagende. Jeg kan umulig overvære
+personlig Billederens Hjemkomst til
+Kjøbenhavn og sørge for, at de kommer
+de rette Ejermænd uskadte i Hænde. Det er
+hermed, jeg beder Dem være mig behjælpelig.
+[5]
+De skal ingen Udgift faa derved; den maa
+gaa paa Gurlitts Konto. De skal heller ikke
+selv pille Søm ud af Kasserne; De maa
+tage saameget Mandskab med, som er
+nødvendigt. Blot De vil dirigere det Hele!
+Jeg foreslaar Dem at tage den tro Christi-
+ansen med til Hjælp. Han er saa god og 
+tjenstvillig, som ingen anden. De kan jo vise
+ham dette Brev og bede ham undskylde,
+at jeg paa Grund af Travlhed ikke faaer
+Tid at tilskrive ham à part. Jeg antager,
+jeg opnaaer Tilladelsen til, at Billederne,
+hjemkomne, maa magazineres i Udstillings-
+bygningens Forsal, indtil de kan blive
+fordelte. Har De ikke Tid eller ingen Lyst,
+ikke maa De nu endelig ikke genere Dem
+for at sige mig det. Jeg antager, Billederne
+vil være her tilbage omtrendt midt i
+December.
+Siden jeg modtog Deres sidste Brev, for 
+[6]
+hvilket jeg takker meget, har al min
+Tid været optagen af Forberedelser til
+den paatænkte Udstilling. Jeg har maattet
+skrive en halv Snes Breve og mere om
+Dagen.
+Naar nu alt dette er kommet i Orden, 
+skal Wildenradts Affairer være det
+næste paa min Dagsorden. Han skal
+hjælpes paa en Maade, der ikke kan
+ydmyge ham.
+Med venlige Hilsener fra min Kone
+er jeg Deres hengivne
+Emil Hannover
+I Hast!
+p. t. Katrinebjærg
+pr. Taastrup
+d. 14/10 – 88.</t>
+  </si>
+  <si>
+    <t>Thorsgade
+Odense</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Robert Hirschsprung
+Johan  Rohde
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møllers maleri af en hingst i naturlig størrelse er genstand for en del spekulation i udvekslingerne mellem Christiansen, Rohde og Hannover i sensommeren 1889. I et brev fra Christiansen til Hannover, dateret april 1890, fremgår det, at maleriet blev udstillet på Forårsudstillingen, Charlottenborg, i 1890. Værket er "Efteraarslandskab med stor Staffage", kat. nr. 312.</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen takker Emil Hannover for lån af bogen "Eline Ebsen" og nævner derefter det ulykkelige dødsfald af Robert Hirschsprung. Han fortsætter med at fortælle, at han har færdiggjort et maleri og nu arbejder på det næste. Han har hørt, i fortrolighed, at Harald Slott.-Møller arbejder på et motiv af en hingst i størrelsesforholdet 1:1 og spørger, om Hannover har hørt fra ham og hustruen i Gjerrild. I september skal Christiansen til København og håber at at kunne besøge Hannover ved den lejlighed.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Xlqm</t>
+  </si>
+  <si>
+    <t>Thorsgade 25 Odense : Aug 89
+Kjære Hannover!
+Hermed retournerer jeg “Eline Ebsen”
+med mange Tak for Laan, idet jeg beder
+Dem undskylde, at jeg har beholdt den
+saalænge. Den var for resten slet ikke saa
+gal, det er ret grinagtig at høre en
+Fremmed beskrive Danskerne som nogle
+fjærne, mærkelige Fremtoninger, der spiser
+en egen Slags Brød og holder en Del mysti-
+ske, gamle religjøse Skikke i Hævd og Ære.
+Jeg vil haabe at De og Deres Frue ere
+raske og ved Helbred, skjønt jeg ikke har
+hørt fra Dem i lang Tid. Deres Frue har
+forhaabentlig modtaget et Brev fra mig,
+som jeg afsendte som Svar paa et, jeg
+modtog kort Tid i Forvejen. Fra Rohde
+har jeg hørt den meget sørgelige Nyhed
+med Rob: Hirsch[s]prungs Død, hvilket
+er kommet mig meget overraskende, da
+jeg ikke anede, at han var brystsvag.
+Vidste De noget derom? — Jeg slider
+[2]
+ellers i det efter Evne herovre, det
+er jeg nemlig nød til, for ikke at kjede
+mig ihjel. Det ene Mesterværk er færdig,
+og jeg er stærkt i Gang med det andet. 
+Paa en Maade bliver det da stort, selv
+om det ikke er paa den rigtige. Naar
+jeg undtager Rohde, saa har jeg ikke hørt
+fra Omverdenen i lange Tider,
+men jeg har forresten heller ikke selv
+skrevet til nogen. Rohde fortalte i
+sit Brev at Møller maler en Hingst
+i naturlig Størrelse! — men jeg
+maatte ikke fortælle det til nogen. Det maa
+De heller ikke. Har De hørt noget
+fra Møllers i Gjerrild?
+Jeg skal et Ærinde til Kjøbenhavn
+i September, hvis De da er paa Landet
+endnu, kan jeg maaske faa en Dags
+Tid tilovers til et Besøg hos Dem, hvis
+De da gider se mig. Indtil da vil
+jeg ønske Dem og Deres Frue levvel
+med mange Hilsener fra Deres
+R. Christiansen.</t>
+  </si>
+  <si>
+    <t>1889-08-02</t>
+  </si>
+  <si>
+    <t>Gjerrild</t>
+  </si>
+  <si>
+    <t>Robert Hirschsprung
+Peder Severin Krøyer</t>
+  </si>
+  <si>
+    <t>Kun få linjer i hast kan Hannover her få fra Harald Slott-Møller, for han bruger alle sine kræfter og tanker hver eftermiddag på et stort maleri af en hingst. Om morgenen arbejder han på et portræt - "eller phsykologiskt Studie" - af en ung pige. Han har ikke de store forhåbninger for sidstnævnte arbejde, men billedet af hingsten og værkerne fra hans hustrus hånd tegner samlet set til et udmærket udkomme af ægteparrets ophold i Gjerrild. Slott-Møller afventer at få nygifte Marie og P.S. Krøyers adresse, så han kan videresende et kort til dem fra Hannover. Det leder ham til at nævne, at Robert Hirschsprungs død har gjort stort indtryk på ham og Agnes. Afslutningsvist skriver han, at han misunder Hirschsprungs for at have fundet sig en lejlighed i København, mens Slott-Møllers selv har svært ved at finde et passende atelier i byen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ua8s</t>
+  </si>
+  <si>
+    <t>2den August 89.
+Kjære Ven!
+Det bliver kun nogle faa
+Linier i al Hast, jeg har
+nemlig meget travlt
+med et stort Billede
+med en Hingst, som lægger
+Beslag paa alle mine Kræfter
+og alle mine Tanker, naar
+jeg har arbejdet paa
+det, blot i et Par Timer,
+duer jeg ikke til synderligt
+mere den Dag; heldigvis er
+det om Eftermiddagen, saa
+at jeg dog om Morgnen kan
+faae arbejdet et Par andre Timer
+paa et lille Billede
+jeg har for, et Portrait
+eller phsykologiskt Studie
+af en 17Aarig ung Pige,
+[2]
+Det bliver for Resten vist
+ikke videre godt, men
+som Helhed, naar man 
+tager i Betragtning at
+baade Billedet med 
+Hingsten og de Ting min
+Kone arbejder paa,
+tegne godt, saa kan 
+du og hvem der ellers
+interesserer sig for 
+os, vente sig en god
+Middelhøst paa Gjerrild
+Marker.
+Jerres Kort til Krøyer
+skal vi besørge saa snart
+vi faa deres Adresse, vi 
+ved kun at de efter Bryllupet 
+den 23 vilde rejse til Wagner-
+forestillingerne i Bayreut 
+og derfra lige til Kjøben-
+[3]
+havn, hvor de er set
+og saa hurtigst tage
+paa Landet og finde
+et Sted, hvor de kunde
+slaa sig ned, formoden-
+lig befinde de sig end-
+nu paa den Omrejsen, 
+men som sagt, saa
+snart vi hører fra dem,
+skal vi sende eders
+Kort (hermed følge 3 Fireøres
+frimærke, som altsaa blive
+til overs)
+Det har gjort et dybt
+Indtryk paa os, at Robert
+Hirschsprung er død, des-
+værre var han vel aldrig
+blevet dig en farlig Konkurrent
+men alligevel – han 
+ejede en levende Inter-
+esse for sine Uunge
+[4]
+Jevnaldrendes Stræben og
+Arbejder. Og i et saa 
+lille Samfund som vort 
+er det et Tab at miste
+en blot af den Slags
+Mennesker.
+Vi misunde Jer lidt at
+I har faaet Lejlighed, vi
+averterer og averterer fore-
+løbig uden Resultat, det
+synes som om der ikke
+var et eneste Atelier
+til overs i Kjøbenhavn.
+Billederne vi faa er i 
+hvert Fald saa lidet
+indbydende, at jeg ikke
+finder det Umagen værd
+at tage over aft se paa 
+dem. Naa nu levvel
+begge to og vær hilset fra
+min Kone og Din hengivne
+Ven H Slott-Møller</t>
+  </si>
+  <si>
+    <t>1889-09-15</t>
+  </si>
+  <si>
+    <t>Otto Bache 
+Rasmus  Christiansen
+Frants  Henningsen
+Christian Krohg
+Jean-Francois Rafaëlli
+Johan  Rohde
+Niels Simonsen
+Agnes Slott-Møller
+Michael Therkildsen</t>
+  </si>
+  <si>
+    <t>"Jeg havde Lyst til at forsøge en Hymne til Kraften, det maskuline, eller saadan noget lignende, intet mindre end et lille Stykke Homer."
+Harald Slott-Møller forsøger her at beskrive sin idé med et igangværende maleri af en hingst, for Hannover har efterspurgt mere information om billedet. Det samme har Rohde og Christiansen, og Slott-Møller "gyser" ved tanken om interessen, for foretagendet er "halsbrækkende"... Selve dyrets anatomi er en udfordring, for slet ikke at tale om seletøjet, og en række dyremalere, remser Slott-Møller op, ville være sluppet langt bedre fra opgaven - men først og fremmest er kraften og poesien hans målsætning. Hannover vil snart kunne få resultatet at se, for ægteparret Slott-Møller er på vej til at afslutte deres ophold på landet for at rejse til København, hvor de håber at kunne leje et atelier på Gl. Kongevej.
+Brevet indledes i øvrigt med et tak for modtagelse af Hannovers Rafaëlli-artikel og for et venligt brev til Agnes, mens et post scriptum bag på et indlagt visitkort fortæller, at Slott-Møller har lavet en spøg omkring et [maleri af?] et das.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/bLUU</t>
+  </si>
+  <si>
+    <t>15/9 89 Gjerrild Kro
+Kjære Ven
+Du skal rigtig have Tak saavel 
+for din Artikel om Raffaëlli
+som for dit rare Brev til min
+Kone forleden Dag.
+Du vil have lidt at vide
+om mit Billede med Hingsten?
+Ja ser du, det har Rohde og Christian-
+sen desværre ogsaa gjerne villet, 
+sidstnævnte løb endogsaa et
+langt Stykke efter min Sviger-
+moder paa Gaden i Kjøbenhavn
+og havde nær taget Livet
+af hende med Spørgsmaal
+paa kryds og tverts om hvor-
+dan det var og hvordan det 
+[2]
+saa ud og jeg ved ikke alt 
+det. Alt imedens sidder
+jeg her ovre og gyser hver Gang
+jeg hører om den Interesse
+hvormed gode og mindere[sic] gode 
+Venner følge dette halsbrækkende
+Foretagende.
+Det gaar nemlig ikke videre godt,
+hvilket jeg for Resten finder
+ret rimeligt, jeg har jo aldrig
+studeret Anatomi paa Heste,
+knap nok paa Mennesker,
+ligesaalidt som jeg har Anelse
+om hvordan Seletøj er konstrueret,
+saa det er jo ganske rimeligt, 
+at mit Billede vil komme
+til at staa langt tilbage for
+Billeder baade af Bache,
+Therkildsen, Frantz Henningsen
+og Simmonsen. Naa det bliver
+[3]
+jo heller ikke lavet til eller
+for Hestekjenderes Fornøjelse,
+jeg har kun taget fat paa
+det, fordi jeg havde Lyst
+til at forsøge en Hymne
+til Kraften, det maskuline,
+eller saadan noget lignende,
+intet mindre end et lille 
+Stykke Homer. Kun dette
+for at betegne dig hvad jeg
+har villet. Vent dig nu
+endelig ikke den Antike
+Stils Ro og Ligevægt, vent
+dig i det hele taget ikke
+ret meget for saa bliver
+du skuffet, ja det bliver du
+nu nok alligevel, takket
+være dine gode alt for gode
+Tanker om mig.
+For Resten vil I snart kunne
+faa det at se, thi vore Dage
+her ude paa Landet er snart 
+[4]
+talte, rigtig godt har vi ikke
+været indrettede i Aar og gansk[e]
+utaaleligt er det nu efter at
+Kulden er indtraadet og saa
+langt vi er henne paa
+Aaret tør vi vel ikke haabe
+paa nogen Forbedring i Tem-
+peraturen, desuden længes vi
+efter at faa os indrettet i Byen,
+vi gaar og haaber paa et
+Atelier ude paa Gl Kongevej
+130, 138 C Krogh er rigtignok
+Lejer der af men har aldrig[dobbeltunderstreget]
+benyttet det, saa Værten mente,
+at han ikke havde noget 
+imod at afstaa det. Det
+lyder jo ret rimeligt, ikke
+sandt, men vi gaar og 
+venter paa Svar. Desværre
+er det saa siger man det
+eneste Atelier i Kjøbenhavn,
+der kan være Tale om.
+Allervenligste Hilsner fra Os til Eder din
+hengivne Slott-Møller
+[bag på visitkortet, med blyant:]
+Det var da rigtignok
+mit Spøg med det
+Das
+din aller som mest
+hengivne Ven</t>
+  </si>
+  <si>
+    <t>1890-04-22</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Alice Hannover
+Ola Hansson
+Adolph Philipsen
+Harald Slott-Møller
+Bertel Thorvaldsen</t>
+  </si>
+  <si>
+    <t>Alice Hannover er stadig svag, men trods alt bedre end på turen ned. De rejser snart videre fra Rom over Napoli og Venedig, og siden til Schweiz, hvor Alice Hannovers læge har anbefalet hende at tage ophold. Hannover kan muligvis nå at se Forårsudstillingen, når han vender hjem. Hannover ville gerne skrive noget om Slott-Møllers billeder, men det er for lang tid siden, han har set dem, og erindringen er sløret af de mange andre indtryk, han siden har fået på sin rejse. Han opfordrer derfor Rohde til selv at påtage sig opgaven, selvom Rohde helst så en anden gøre det. Hannover nyder for en stund at stå udenfor konflikterne i kunstmiljøet derhjemme, men han glæder sig også til at komme hjem og blande sig. Hannovers får Politiken og Dagbladet København tilsendt, men beder Rohde sende artikler ned, hvis han støder på noget interessant andre steder. Af spændende sager, som Hannover er stødt på i aviserne for nyligt, nævner han en spektakulær mordsag samt den Ola Hanssonske affære. Han opsøger i disse dage informationer om Thorvaldsen, og skal snart mødes med en gammel elev af billedhuggeren.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/zmC7</t>
+  </si>
+  <si>
+    <t>Rom, d. 22.IV.90
+Hotel du Midi
+Kjære Ven,
+Blot et Par Ord til Svar paa Deres Brev
+af 18/4. Jeg besvarer det i den Orden, De gjør 
+Deres Spørgsmaal.
+Vi kommer i hvert Fald hjem i Sommer, 
+da Lægen erklærer, min Kone ikke har godt
+af at være her om Sommeren. Efter den
+Undersøgelse, som igaar paa Ny fandt
+Sted, betragter jeg det som givet, at vi
+næste Aar maa herned igjen. Det var
+bedre med min Kones Lunge; men der
+er stadig noget i Vejen med den, og der er
+næppe Haab om, at dette ”noget” vil 
+fortage sig, medens vi er her. Det er en
+Misforstaaelse, at min Kone ligger til
+Sengs. Hun ligger paa Sengen hele Dagen, 
+men kjører lidt og gaaer ogsaa lidt ud,
+naar Vejret er godt, hvad det desværre
+i ringe Grad har været under vort Ophold
+her. Alt i alt er hun afgjort bedre end
+paa Rejsen herned. Hendes Temperatur er 
+exempelvis nu altid normal.
+[2]
+Den 1 Maj forlader vi Rom. Vi tager
+dog ikke til Neapel selv, men til et
+Sted, hvor min Kone kan faa Søluft, 
+og hvorfra jeg daglig kan komme ind
+til Neapel og hjem igjen. Vi bliver dér
+ca. 14 Dage. Medens jeg gaaer til nogle
+af Smaabyerne vender min Kone
+sandsynligvis tilbage til Rom og bliver
+dér, til vi atter kan mødes i Venedig.
+Dr. Bull anbefaler derefter min Kone at
+bo nogle Uger paa et Mælkested i 
+Schweiz. Men alt dette er kun
+foreløbige Planer, og det er derfor, jeg 
+ikke med Bestemthed kan sige Dem,
+om jeg kommer tids nok hjem til at
+se Foraarsudstillingen. I saa Fald
+skriver jeg maaske om den, men det
+vil ogsaa afhænge af, hvormange 
+Kræfter jeg vender hjem med, thi jeg
+bruger dem godt her. – Jeg gaaer ud fra,
+at Udstillingen staaer aaben til 20 Juni?
+[3]
+jeg vilde meget gjærne skrive noget om
+Slott-Møllers Billeder, vel hvis det
+kunde gavne noget. Men dels har jeg
+ikke set dem færdige, dels har jeg, da
+jeg sidste Gang saa dem, set dem uden
+at gjøre nogle nødvendige Noter paa Stedet;
+endelig har jeg siden den Gang set saa
+meget andet og modtaget saa mange Ind-
+tryk, at jeg ikke mere klart kan se
+vore Venners Billeder for mig. Det vil
+altsaa sige: lad Dem ikke af Hensyn til
+mig afholde fra at skrive noget, af hvilket
+vi alle sikkert vil have Gavn og De 
+maaske alene Skade. At det er et Offer
+af Dem forstaaer jeg i høj Grad; men
+vi vil være Dem taknemlig derfor.
+Tak samtidig for Deres elskværdige Brev
+af 11/4. Det synes, som om der er mere
+Splid i Øjeblikket hjemme end før, og
+jeg er ret glad ved en Gang at være at[!] 
+uden for den. Men forresten kribler det 
+[4]
+mig i Fingrene efter at komme til at
+skrive lidt igjen om danske Kunstforhold. 
+– Hvad var der nu i Vejen med Christi-
+ansens Broder og Slott-Møllers?
+Vi faaer ”Kjøbenhavn” og ”Politiken”
+tilsendt. Skulde der en Gang i et andet
+Blad staa noget interessant, vil De
+glæde os meget med at sende det. Om Op-
+dagelsen af Mordet havde jeg allerede læst,
+og det havde gjort et dybt Indtryk paa
+mig, da jeg i Selskabslivet oftere havde
+truffet Ph. uden at synes om ham.
+Ligesaa havde jeg fulgt den Ola-Hanssonske
+Affaire, angaaende hvilken De var saa
+venlig at sende mig nogle Udklip. Har jeg
+selv været offentlig indblandet i den? En
+nobel Herre, samme O.H.!
+Jeg gaaer paa Spor hernede efter Thorvaldsen,
+– man maa jo tage alting med! Lidt
+finder jeg nok, men Sproget lægger mig
+slemme Vanskeligheder i Vejen. Nu skal jeg
+hen at snakke med en gammel Billedhugger, 
+der har været Thorvaldsens Elev.
+Hils vore ikke mange fælles Venner.
+Vær selv hjærteligst hilset fra min
+Kone og Deres hengivne
+E.H.</t>
+  </si>
+  <si>
+    <t>1890-08-10</t>
   </si>
   <si>
     <t>Alice Hannover
 Emil Hannover</t>
+  </si>
+  <si>
+    <t>Stenderup</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Harald Immanuel  Hannover
+Johan  Rohde
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Agnes Slott-Møller mener, at Hannovers bør favorisere hende frem for ægtemanden, som ikke er nogen flittig brevskriver. Han har planlagt et maleri på en zinkplade og vil gerne vide fra Hannovers bror, der er ingeniør, om oliefarverne kan bestå på zinken, og om almindeligt forgylderguld kan anvendes på den del af pladen, der ikke skal bemales. Det er værket "Dansk Landskab", der er i støbeskeen.
+Hun omtaler med fortrydelse, at Alice Hannover planlægger ikke at være i København til vinter, men i stedet rejser alene til Italien. Hun beretter videre, at hun og Harald har uhyre travlt med deres malerier, og til sin ærgrelse må hun til sin research pleje omgang med "de modbydeligste Bondebøller". Hun mangler modeller, der vil posere i brynjer, så udstyret stilles op og stoppes ud med hø, så hun kan lave sine farvestudier, mens resten må males efter model i København: Historiemaleriet er slidsomt og utaknemmeligt, konkluderer hun. 
+Indlagt er et vrøvlebrev fra "Perme", som afsluttes med, at Harald Slott-Møller til sin kommende fødselsdag bliver foræret et par morgensko - ligesom Hannovers.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ec75</t>
+  </si>
+  <si>
+    <t>Stenderup 10de August
+90.
+Kjære Venner!
+Hvis I nu ikke snart bestemme
+Eder til at foretrække mig for
+min Mand, saa er I da nogle
+utaknemlige Uhyrer. – Jeg har nu
+snart i mere end en Maaned
+næsten daglig opfordret ham til at
+skrive til Eder, han siger ”ja, ja,
+jeg skal nok” – men det bliver
+alligevel aldrig til noget, han har
+saa travlt, saa skal han ud at
+male og saa skal han ud og
+pipse Pigerne eller hvad det nu
+er han render og tager sig for; forleden fik
+[2]
+han begyndt paa et Brev, men
+brød af, fordi han mente I af det
+maatte faa Indtryk af, han var 
+Idiot. – Han siger, han ved ikke
+hvad han skal skrive, og saa har
+han endda et ganske bestemt
+Spørgsmaal han skal have gjort
+Hannover og gærne vil have Svar
+paa snart. – Det er om H. vil
+spørge sin Broder, der er Polytekniker,
+om der er nogen Fare f.. for Farvernes
+Bevarelse forbunden med at male
+med almindelige Oliefarver paa en
+Plade af Zink. – Han (Slott-Møller) laver nemlig
+et dejligt Billede med en Hvedemark
+paa, hvor Hvedemarken skal gøres
+saalunde, at han modellerer den i 
+[3]
+Voks, lader den støbe i en Zinkplade
+og maler paa Zinkpladen Baggrunden
+og Himlen med Oliefarve, men lader
+hele Marken forgylde. – Nu skulde
+han tillige have at vide om Zink-
+pladen kan forgyldes med almindeligt
+Forgylder-Guld, om det vil kunne
+holde? eller om den maa
+forgyldes ad galvanisk Vej? – 
+Har De forstaaet det? –
+Vi længes forresten grumme meget
+efter at høre fra Eder, min Moder
+skrev, at Fruen havde talt med min
+Søster og fortalt, at hun nu skulde
+paa Landet og muligvis senere til
+Italien her i Vinter. Det er dog gruelig
+trist, hvis hun virkelig maa rejse,
+nu havde vi saadan glædet os til 
+[4]
+at have Eder i Ro i Reventlowsgade
+i Vinter. Tænker De virkelig paa at
+rejse alene hjem, lille Frue, det
+synes jeg virkelig er Synd, men natur-
+ligvis ser vi med Glæde, at De rejser, 
+naar vi saa faar Dem flink og rask
+hjem næste Sommer, for det gør
+os saa ondt om De skulde være saa
+svag og daarlig længe og ikke rigtig
+kunde færdes om som vi Andre. –
+Fortæl os nu lidt om dette og
+andet, hvad der ellers kan være
+at melde. – Vi glæde os saameget
+til at se Eder og tale med Eder om
+Italien, hvor det er dejligt at
+I ogsaa føle Eder saa glade og
+begejstrede over det dejlige Land
+og dets mageløse Kunst. – Skade 
+[5]
+at vi ikke allerede kunde ses og 
+tale sammen her ved Grændsen. –
+Hvornaar tænker Fruen at rejse,
+hvis hun virkelig vil afsted. –
+Om os er ikke stort at melde, vi
+leve i en uhyre Travlhed, og
+sætte med megen O Viljes anstrængelse
+igennem at faa de forskellige
+Billeder og Studier malte. – Navnlig
+maa jeg finde mig i de rædsels-
+fuldeste Ting for at faa fat
+paa Heste. – Tænk, at jeg maa
+smile og være venskabelig og
+humoristisk overfor de modbydeligste
+Bondebøller, vigtige, sejge, dumme 
+[6]
+ækle Bønder som jeg snakker
+landligt om Heste og Køer og Korn
+og kedeligt Skidt og Møg og Mødding
+med og drikker Kaffe, med b… –
+altsammen for et Billedes Skyld,
+som naar det er færdigt Ingen
+gider se paa eller bryder sig
+om uden jeg selv. – Til det samme
+Billede maler jeg en Del Vaaben,
+Brynjeklæder og sligt, men kan
+ingen Modeller faa til at tage
+det paa, saa jeg maa stoppe
+Klæderne ud med Hø og saa
+gøre Farvestudier deraf for siden
+i Kbhn at tegne og male ordentlige
+Menneskeformer i dem. –
+[7]
+Det er[sic] undrer mig slet ikke at
+Pladsen som Historiemaler er
+bleven ledig, da alt det der
+findes af af Anstrængelser for at
+skaffe blot det ydre Apparat 
+tilveje, er kun vil blive erlagt
+af særlige Slide-Asner. – Vær nu
+ikke bange for at V de mange Vanskeligheder
+skal gøre, at Billedet bliver et
+Optrin[?] i Familien Gliedermanns
+daglige Liv, enten skal I slippe
+for at se det, eller ogsaa skal det blive
+godt. – Det er sandt, gamle Rohde
+er da vel ikke rejst til Italien,
+for saa er han da bestemt bleven
+fanget af Rom, og han er nemlig 
+[8]
+sporløst forsvunden og selv Breve
+synes ikke at kunne finde
+ham. – Naa Lev nu vel og
+skriv snart, husk endelig
+Mandens Spørgsmaal (!) og vær
+venligt hilsede fra Eders Venner
+Slott-Møllers. –
+[9]
+Kære lille Frue!
+Vi har bet Snurrelurrelej
+om aa ta aa trolle Dem rasg
+i fæm Minutter, hel rasg,
+mæn hun ka egge mæn
+hun ve snagge en Aften
+ve Højen mæ sin Tap-
+Tap-Ollemor der æ
+saa døv om hun ka, de
+ka hun nog. – Vi har
+saa Travld, de æ Snurrelurrelej
+der sodden javer mæ vos
+vi renner aa maser hele
+[10]
+Davven aa Bolles ...
+... Li Taarne gør saa aant
+saa Bolle har faaen .. lig
+Torne a sine Træsgo aa
+jaj Perme faa min lille
+øndie Hals skollen a
+Solen, den æ saa røj Hæren
+sier jæ liner et Sæveævle,
+mæ gule og røje Kolører. –
+Aldri faar jæ hær en
+pæn Kjolle paa alti
+i Møg-Tøj osse om Søndan
+[11]
+u ha saa mokbyli!
+Jaj Perme har faaen en øndi
+hvi Kjole a min A..[?]
+men jaj maa egge faa den
+paa for Bib og Dubbe di sir
+jæ ska hjælbe Snurrelurrelej
+aa male saa maa jæ
+stigge a! – Fre’rik æ
+rar, men kommer vest
+en gang i Helveje!
+Men de tujj tujer jæ faar
+[12]
+mæn mosge han slæpper!
+Dæ æ Hærens Føsselsda
+paa Sønda, dæn Søttende,
+vi gær ham æt Pa smaa
+Maarensgo for han søns
+Hr Hanofers va saa fine
+i Venter, saa bli han
+løkkeli
+Ærbødist
+Perme.</t>
+  </si>
+  <si>
+    <t>1890-09-09</t>
+  </si>
+  <si>
+    <t>Harald Immanuel  Hannover</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møller takker for brev, vedlagte fotografier og en fødselsdagshilsen fra Perme. Han har udlængsel efter et halv år på landet med kun indtrykkene fra egne malerier. Der vil dog gå en rum tid, før han og hustruen kan tage tilbage til København, da dårligt vejr har forsinket deres arbejde. Udlandsrejser er der ikke råd til "takket være den forbistrede Smag i dette Land, der gjør at ingen føler sig oplagt til at kjøbe vore udødelige Produkter." Han fortæller, at har fået støbt gipspladen til "Dansk Landskab", som siden skal fremstilles på en metalplade. Han beder om snarligt brev fra Hannovers med efterretning om, hvordan Alices helbred er. Indlagt er et brev fra Perme, der fortæller om dyrene på landet, men længes efter København og en ny vinterhat.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/RLNl</t>
+  </si>
+  <si>
+    <t>9 IX 90
+S.
+Kjære Venner
+Ja jeg skammer mig 17 August –
+9 September – – – – !
+Det var frygteligt sødt af Jer
+at tage Notise af Permes
+Sladder om naar det var 
+min Fødselsdag. Tak for
+det, for Jert venlige Brev og
+for Fotografierne. Jeg gider
+jo næsten ikke sige, at
+de er dejlige, men jeg
+synes det; de smager af
+af mere, jeg komme[r] til 
+at glæde mig til at 
+være hos Jer, naar I tage
+[2]
+alle Eders Herligheder
+ud af ”det dertil indrettede
+Skab”, glæder mig til Kunst
+til snart igjen at komme
+ud at rejse, ja saadanne
+Følelser nærer I selvfølge-
+lig ikke, ja forstaar vel
+knap, men I er lige kommen
+hjem fra en Rejse, stopmætte
+og jeg har derimod snart
+været paa Landet i et
+halvt Aar og kun set
+min egen Lavelse, dermed
+siger jeg jo ikke at jeg
+nærer den af dig saa
+foragtede ”Beskedenhed” 
+– – – tværtimod.
+Desværre bliver der vist
+[3]
+i Aar temlig lange Udsigter
+til vi kan komme til
+Kjøbenhavn, takket være
+det forbistrede Vejr og end-
+nu længere Udsigter til
+vi kan komme ud at
+rejse, takket være den
+forbistrede Smag i dette
+Land, der gjør at ingen
+føler sig oplagt til at
+kjøbe vore udødelige
+Produkter. Jeg har for-
+øvrigt ikke noget egent-
+ligt at skrive om, mine
+Billeder opfylder mig
+helt, saa det vilde rime-
+ligvis blive det interessanteste
+og mest lønnende Emne
+at behandle, men jeg kunde
+[4]
+tænke mig, at det vilde
+blive endnu interessantere
+for Eder at faa dem at
+se. Du skal for Resten
+takkes meget, fordi du har
+forespurgt din Broder om
+denne Metalstøbning.
+Idag har jeg faaet Pladen
+støbt i Gibs, hvilket er
+lykkedes ret godt, men
+jeg tør ikke overlade
+Tiden og pilfingrede
+Kunstelskere mit Værk i
+et saa skrøbeligt Materiale.
+Vær nu rare og lad ikke
+Os vente ret længe paa
+Brev fra Jer, vi længes
+efter at høre hvordan
+den lille Frue lever, hvordan
+[5]
+Landluften har smagt
+hende og hvordan Rejse-
+udsigterne trives.
+Og saa de bedste og
+venligste Hilsner til Eder
+begge fra min Kone
+af Eders hengivne
+H Slott-Møller
+[6]
+Kære lille Frue!
+Guj de var ræsomt a den
+store fine Daagter ha læst
+mit Brev, de skrev han
+te Bib aa Dubbe, je sjamer 
+maj je sjanerer maj je
+svéjer a Sjanerthed!
+Har di de nu got po
+Lannet? a dær aasse saadden
+ræselsful uhyre vanskelige
+[7] 
+Dyr som Tyre aa saadden
+noen, dæ æ der hær, 
+Honne vil æje vos, jaj
+Perme maa gaa i Mitten og
+Svenden og Bolle paa vær sin
+Sije og Frærik genner vi foran
+vos, aa Hæren passer paa di
+andre Pier, saa kommer vi
+lævende faarbi. – Hær æ en 
+øndi lille Kalle aa en øndi lille
+Kat den ve di kalle Perme, 
+[8]
+mæn de ve vi egge ha, hær
+ær en Pie, der laver smo
+Dyr saa søje, smaa Heste aa
+Føller[?], mæn di kan igge
+ga omkring, mæn de ka 
+di andre. – Nu længes vi
+efter Køvenhavn faa vi ve saa
+gærne ha en ny Vinterhat
+te maj. –
+Ærbødist
+Perme.
+[9]
+Onsgyl Brevet æ saa
+kort ... lille, men vi ska
+uj aa male saadden 
+store Bæster!
+Ærb.
+P.</t>
+  </si>
+  <si>
+    <t>1890-09-28</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Johan  Rohde
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Den Hirschsrpungske Samling</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen befinder sig på Fyn og har derfor kun med forsinkelse modtaget en middagsinvitation fra Emil Hannover. Christiansen glæder sig over den gestus og undskylder samtidig for ikke at have skrevet brev til Hannover i et stykke tid. Vejret har ikke været godt for Christiansens arbejde på et igangværende maleri, og det har ærgret ham meget. Han spørger til Hannovers planer for bopæl i vinterhalvåret og spørger videre til, om han har truffet Rohde i København. Selv har han mødt Agnes Slott-Møllers moder der kunne berette, at sommerens vejr også har fortvivlet hendes datter og ægtefælle, og at de nok snart vil returnere til byen. Christiansen skal til jylland i oktober og forventer at være tilbage i hovedstaden i begyndelsen af november.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/6ySI</t>
+  </si>
+  <si>
+    <t>Komigjen Kro ved Langesø
+pr: Odense
+den 28 Septbr 1890
+Kjære Hannover!
+Jeg modtog i Gaar indlagt i et
+Brev hjemmefra et Brevkort med en
+Indbydelse fra Dem til Middag i Torsdags. 
+Skjønt jeg ved min Fraværelse fra Byen var for-
+hindret fra at benytte Deres venlige
+Invitation, saa glædede den mig dog 
+som et Bevis for at De har tænkt
+paa mig ved nævnte Lejlighed, og
+jeg takker Dem og Deres Frue meget
+derfor. Samtidig vil jeg benytte Lejlig-
+heden til at gjøre Dem en Undskyld-
+ning for at jeg ikke efter Løfte end-
+nu har skrevet Dem til. Det vilde
+ikke være sandt om jeg sagde, at jeg
+ikke havde haft Tid, men jeg har
+været saa skrækkelig daarlig oplagt til
+alt Skriveri, saa jeg kun har gidet være
+over at faa det aller nødvendigste Forret-
+ningsskriveri fra Haanden. Grunden
+[2]
+til mit daarlige Humør er dels Ærgrel-
+se over at man ikke kan faa sit Arbejde,
+som man gjærne ønskede det, dels Irrita-
+tion over drilagtige Vejrforhold, som for-
+hindrer èn fra at arbejde naar man
+havde Lyst dertil og tvinger til Øj øjeblik-
+kelig Flid paa Tidspunkter da man helst
+vilde være fri. — De synes maaske nok
+at det er Kyllingesorger, men jeg forsik-
+rer Dem, at det er tilstrækkeligt til at
+gjøre et Menneske saa led ved alt, saa
+man ikke gider røre sig ved noget.
+Jeg arbejder for Tiden paa et Billede
+her af landskabelig Art, som jeg havde
+haabet at faa noget ud af, men
+da det er en temmelig speciel Belys-
+ning som det hele afhænger af, saa
+faar jeg det vel sagtens ikke gjennem-
+ført. Og det er ærgerligt. — De er altsaa
+nu vendt tilbage til Deres Lejlighed i
+Rewentlovsgade, at dømme efter Deres
+Brevkort. Har De havt det nogenlunde
+siden jeg talte med Dem sidst. Vejret
+har vist efter Landliggerbegreber været
+meget ordentligt i September, i hvert
+[3]
+Fald i den første Halvdel. Jeg vilde
+gjærne vide om De har taget Bestemmelse
+for Vinteren med Hensyn til Bopæl.
+Saa vidt jeg husker mente De sidst at
+De kun blev i Kjøbenhavn til 1ste November,
+da Deres Frue helst skulde være paa
+Landet. Jeg kan nu ikke forstaa at
+det skal være sundere paa Landet under
+barske Vejrforhold og om Vinteren, hvor
+man jo som Regel ikke kan komme
+udenfor en Dør, end i Deres hyggelige
+Rede i Kjøbenhavn, som jo er meget
+frit og luftigt beliggende nede mod
+Stranden. En anden Sag var det om
+De rejste bort ned til et andet Klima.
+For mit personlige Vedkommende saà
+jeg naturligvis gjærne, at De blev i
+Byen i Vinter, for det første fordi
+det var et Tegn paa at Deres lille
+Frue var bleven rask igjen og for
+det andet fordi det er rart at have
+sine gode Venner i Nærheden, naar
+man faar Lyst til en Passiar en Gang
+imellem eller paa anden Maade trænger
+til Opmuntring. Har De truffet Rohde
+[4]
+siden Deres Hjemkomst? Saavidt
+jeg vèd skulde han komme hjem
+til den 18de dn: Han havde lovet mig
+Brev efter sin Hjemkomst fra Udlandet,
+men jeg har endnu ingen faaet.
+Jeg talte med Slott-Møllers Svigermoder
+en Dag paa Gaden[,] hun fortalte at Parret
+havde været meget fortvivlede over Vejret
+i Sommer, som næsten helt havde for-
+hindret dem fra at arbejde, men og hvis
+det ikke blev bedre i September, saa vilde
+de vist snart vende Næsen hjemad.
+De har vel ikke set eller hørt noget
+til dem? I Midten af Oktober skal
+jeg over til min Apostelfabrik i Jylland,
+og jeg tænker næppe, jeg kan komme til
+Kjøbenhavn igjen før i Begyndelsen
+af November Maaned. Jeg vil haabe
+at jeg til den Tid træffer Dem i Byen.
+Jeg vil naturligvis blive glad hvis
+De en Dag kunde afse nogle Minuter
+til et Par Ord til mig, men da jeg
+selv har været saa doven til at skrive,
+saa skal jeg ikke bebrejde Dem om
+det ikke sker.
+En hjærtelig Hilsen med Ønske
+om Helsen og Sundhed for Dem og Deres
+Frue fra Deres hengivne
+R. Christiansen.</t>
+  </si>
+  <si>
+    <t>Juni 1891</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen spørger fra Langesø ved Odense, om Emil Hannover har nogle særtryk af sine artikler om møbelkunst udgivet i Tidsskrift for Kunstindustri. En ung, lokal møbelsnedker ville have glæde af at læse dem, og Christiansens egne eksemplarer i København er for vanskelige at finde frem for andre og sende. Derfor denne henvendelse til Hannover om særtryk til låns eller mulighed for at købe dem.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/7aze</t>
+  </si>
+  <si>
+    <t>Komigjen-Kro ved Langesø
+pr
+Odense
+Juni 91
+Kjære Hannover!
+De skulde vel ikke tilfældig have
+liggende nogle Særtryk af de Afhandlin-
+ger, som De i sin Tid skrev til “Kunstin-
+dustrielt Tidsskrift” om Møbelkunst. (Rokokko,
+Renaissance og Empire). Her er nemlig paa Langesø
+en ung Møbelsnedker, som slet ikke er
+saa helt ueffen, men han har kun ikke
+Begreb om Stil, af den simple Grund,
+at han aldrig har haft Lejlighed til
+at se eller høre noget i den Retning.
+Jeg har lovet ham, hvis det var mig mu-
+ligt, at skaffe ham et eller andet, som
+han muligvis kunde have Nytte af, og
+jeg tænkte da, ganske naturligt, først og
+fremmest paa Deres Afhandlinger. Jeg
+har dem selv liggende hjemme, men
+[2]
+jeg frygter for, at det vil være min
+Familie umuligt at finde dem, hvis
+jeg skrev efter dem, da de ligger sammen
+med mange forskjellige andre Ting.
+Hvis de kun har enkelte Exemplarer
+af hver Slags, saa skal jeg nok garantere
+Dem for, at De skal faa dem tilbage
+i ubeskadiget Stand. Eller maaske De
+kunde skaffe mig de respektive Hefter
+af Tidsskriftet til kjøbs, da Manden natur-
+ligvis vilde have mest nytte af at kunne
+beholde dem.
+Hvis De ved Lejlighed vilde skjænke
+denne Sag en Tanke, saa vilde jeg være Dem
+meget forbunden.
+Venlig Hilsen til Dem og Deres Kone
+fra Deres hengivne
+R. Christiansen.</t>
+  </si>
+  <si>
+    <t>1891-06-18</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Karl Madsen</t>
+  </si>
+  <si>
+    <t>Afsendelsesstedet Komigjen-Kro ligger ved Langesø, Odense.</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen har til sin glæde modtaget brev fra Emil Hannover, selvom denne er travlt optaget for tiden, bl.a. er en onkel død, og Christiansen udtrykker sin sympati. Christiansen fortsætter til en beretning om vejret på Fyn, hvor han opholder sig, og fortæller om nogle malerier, han har fundet på en lokal præstegård. Han beskriver billederne, hvoraf et øjensynlig er et venetiansk portræt, et andet et nederlandsk landskab, mens de sidste to med bibelske motiver er af en ringere kunstnerisk kvalitet. Han ser frem til at læse Hannovers anmeldelse af den igangværende rokoko-udstilling i København, og han vil sørge for at se udstillingen, hvis Hannover fortæller, at den er god. Afslutningsvist i brevet advarer han Hannover imod at udgive en for kritisk anmeldelse af Karl Madsens bog.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/XeYq</t>
+  </si>
+  <si>
+    <t>Komigjen-Kro
+18de Juni 1891
+Kjære Hannover!
+Tak for Deres lange Brev, som
+jeg modtog ligesom jeg havde afsendt de
+Linier, som De formodentlig nu har
+modtaget, angaaende Deres Afhandlinger.
+Grunden til, at jeg bad Deres Kone skrive,
+var nærmest, at jeg ikke turde gjøre Reg-
+ning paa Deres Tid, som jeg veed er meget
+beslaglagt, vilde kunne strække til til[sic] et
+Brev til mig, og jeg er naturligvis derfor
+dobbelt glad over at dette alligevel har
+været tilfældet. Efter at have læst Deres
+Brev, kan jeg saa godt sætte mig ind
+i det Tab, som Deres Onkels Bortgang
+maa være for Dem, men jeg havde jo
+kun set ham hos Dem en enkelt Gang,
+og derfor antog jeg ikke, at Forholdet var
+af den Natur, som De antyder i Deres
+Brev. Det er jo for resten den gamle
+Historie med at man først lærer at
+[2]
+vurdere et Gode, efter at man har
+mistet det, parret med en lille Smule
+Samvittighedsnag over at man mange
+Gange ikke har skjønnet paa det, mens
+man havde det.
+Hvad Vejret angaar, kan jeg 
+egentlig ikke klage her paa Fyen. Ganske
+vist har der været nogle stygge Dage med
+Blæst og Kulde, men gjennemgaaende
+har jeg ikke mærket meget til det, da
+jeg bor i Skoven, hvor der er Læ for Vinden.
+I det sidste Par Dage har der imidlertid
+været et dejligt mildt Graavejr, saa jeg haaber
+nu paa nogen Forandring til det bedre.
+Jeg har herovre faaet fat i nogle gamle
+Billeder, som havde forputtet sig i en Præste-
+gaard her i Nærheden og hvoraf et Par
+frembyder en Del Interresse. Det ene er
+et Portrait af en eller anden venetiansk
+Raadsherre fra det 16de Aarhundrede
+malet med en betydelig Virtuositet, naturlig-
+vis parret med en Del Routine, men den
+[tilføjet i venstre margen:]
+se Bagsiden af Brevet
+[3]
+gyldne Lød i Hudfarven staar meget smukt
+til den store pibede Krave. Det havde en
+Gang været under en eller anden Bandits Behand-
+ling, som havde oversmurt Baggrunden og
+da navnlig Kraven med en smudsiggraa
+Stenfarve, men efterat det er lykkedes mig at
+faa det vasket og skrabet af, saa presenterer
+det sig nu igjen nogenlunde med sine
+oprindelige Farver. Det er ligesom de andre malet
+paa Egeplader. De andre ere af nederlandsk
+Oprindelse, ihvertfald det ene som ser ud til
+at være en Kobberplade som er overført paa
+det med hvid Farve præparerede Egetræ saa-
+ledes, at det præsenterer sig som et Kobber-
+stik som saa ved adskillige Ferniseringer
+har antaget en ret smuk gulgrønlig Tone.
+Det forestiller forskjellige hollandske Krigsskibe
+for fulde Sejl, ganske fortræffeligt tegnede
+og minutiøs i alle Detailler. Det er det
+bedst bevarede, ligesom jeg ogsaa regner det
+for det interressanteste. De andre to ere
+Oliemalerier og forestille henholdsvis Moses
+som optages af Floden og Englens Forkyndelse
+[4]
+for Hyrderne ved Bethlehem. Disse ere imid-
+lertid ikke af nogen stor Kunstværdi. Billeder-
+ne have i sin Tid tilhørt en rig Godsejer her
+paa Fyn, som havde kjøbt dem og en
+Mængde andre, (som i sin Tid solgtes ved
+Auktion) paa sine Rejser i Udlandet, navn-
+lig Italien. 
+[gengivelse af maleriet
+i Christiansens streg]
+Er Rokkoko-Udstillingen
+god? Jeg glæder mig til
+at se Deres Anmeldelse,
+og jeg vil naturligvis gjærne
+ind og se den, inden den
+lukkes, hvis det er Umagen
+værd?
+Artiklen om at samle
+paa Bøger maa rigtig
+være et Emne for Dem;
+men pas alligevel svært
+paa naar De skriver Anmeldelsen af Karl
+Madsens Bog. Det er altsaa svært at være
+retfærdig imod noget man er forud ind-
+taget imod. Er De vis paa at der alligevel 
+ikke er mere end den ene Ondskabsfuld-
+hed der i Deres Anmeldelse, som De omtaler?
+Til Slut venlig Hilsen til Dem og Deres
+Kone fra Deres hengivne
+R. Christiansen.
+[i venstre margen:]
+Høien har i sin Tid, gjennem en Befuldmægtiget budt en høj Pris for disse
+Billeder, medens den nuværende Besidder var Præst i Slesvig, men saa kom Krigen og
+lagde Hindringer i Vejen for Salget.</t>
+  </si>
+  <si>
+    <t>August 1891</t>
+  </si>
+  <si>
+    <t>Viborg</t>
+  </si>
+  <si>
+    <t>Godfred  Christensen
+Alice Hannover
+Julius Paulsen
+Johan  Rohde
+Agnes Slott-Møller
+Harald Slott-Møller
+J.C. Stockholm</t>
+  </si>
+  <si>
+    <t>Den Hirchsprungske Samling</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen er efter nogle forskellige opholdssteder nu i Viborg, hvorfra han skriver til Emil Hannover. Han takker for nogle særtryk, Hannover har sendt ham tidligere på sommeren, og roser hans anmeldelser af Rococo-udstillingen og et indlæg om en anonym udstilling arrangeret i København. Christiansen fortæller, at han ved et tilfælde har mødt Johan Rohde i Viborg, og han kan derfor viderebringe Hannover lidt nyt fra Rohde om ægteparret Slott-Møller. Videre fortæller Christiansen om sit igangværende arbejde med et dyremaleri, om salget af et billede, han har udstillet i München, og om ønsket om nyt, fransk læsestof til låns fra Hannover.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/I8yP</t>
+  </si>
+  <si>
+    <t>Nørgaard pr Viborg Aug 91
+Kjære Hannover!
+Undskyld min lange Tavshed. Jeg
+burde forlængst have skrevet og takket
+for de Særtryk af Deres Afhandlinger
+som De var saa elskværdig at skaffe mig.
+Men jeg havde lige afsendt et længere
+Brev til Dem ved Modtagelsen og
+saa trak det længere og længere
+ud, fordi jeg et Par Gange har skiftet
+Opholdssted med den deraf flydende
+Forstyrrelse. Nu har jeg for en Uges-
+tid siden slaaet mig til Ro her ved
+Viborg, hvor jeg agter at forblive indtil
+min Hjemrejse til Kjøbenhavn til Efter-
+aaret. Hvorledes har De og Deres Kone
+det? — Forhaabentlig godt, tiltrods for den
+megen Fugtighed som vi ihvert Fald
+her paa Egnen har været plaget af i den
+sidste Tid. Først her er det lykkedes mig
+[2]
+at faa fat i Deres Afhandlinger om Rococo-
+udstillingen, da jeg har været forhindret
+fra at holde “Politiken” i Juli Maaned.
+En ublandet Fornøjelse havde jeg af at
+læse Deres Indlæg til Hrr: Stockholm i An-
+ledning af hans Anonyme Udstilling,
+som fra først af, da jeg hørte om den,
+har staaet for mig som noget ubegribelig
+meningsløst noget. Især Navneforbindelsen
+Paulsen og Godfred Christensen. Hvorfor
+skal Censuren ikke ogsaa være anonymt —
+eller Udstillingslokalet? — Ja for det var
+naturligvis Dem, som havde skrevet ovennævn-
+te Indlæg? — Da jeg den første Dag efter
+min Ankomst her til Viborg dryssede
+om paa Gaden uden Maal og Med,
+ser jeg pludselig gamle Rohdes filosophi-
+ske Galionsfigur rage op over et stort
+Flyttelæs med Sengklæder, Kufferter og Ma-
+lerrekvisiter, som langsomt bevægede sig
+hen ad Gaden, trukket af et Par smaa
+[3]
+spinkle Hedebokrikker. Stor Gjenkendelses-
+scene midt paa Gaden til Opbyggelse for
+de nærværende Viborgkinesere, hvorpaa
+Rohde meddelte mig, at han var paa
+Rejse fra Karup til Aarhus i Anled-
+ning af en hul Tand som i flere
+Dage havde plaget ham, hvorfor han
+havde bestemt sig for at rejse med hele
+sin Habengut ned til en Ven i Nærhe-
+den af Aarhus, Doktor Elmquist, for der
+at blive plejet og kureret. Heldigvis var
+Tanden elskværdig den Dag i Viborg, saa
+at vi tilbragte en meget behagelig Dag
+med at spise til Middag og lede efter
+et Opholdssted til mig. Om Aftenen
+rejste han videre til Aarhus. Han havde
+den Dag havt Brev fra Slott-Møllers, som
+da opholdt sig i Randers, hvor Fruen male-
+det noget paa en Bro mellem 3 og 5 om
+Morgenen. Det smager næsten af Niels Ebbesen.
+Senere skulde de til Gjerrild, hvor de
+[4]
+vistnok vilde slaa sig ned for Resten af
+Sommeren. Ellers vèd jeg intet af
+Interesse at melde. Jeg maler for Tiden
+en stor Tyr og nogle Køer. Jeg har
+først lige begyndt, saa jeg tror endnu
+at det bliver udmærket. — Jeg savner
+meget stærkt nogen fransk Lekture,
+da alt hvad jeg havt med mig er sluppen
+op, men jeg undser mig næsten ved at bede
+Dem om noget, da De allerede har havt
+saa megen Ulejlighed af mig.
+De har vel hørt at mit Billede i München
+er solgt?
+Jeg haaber nu at De ikke vil hævne
+Dem ved en lige saa lang Tavshed, men
+at De ved Lejlighed vil spendere et
+Par Ord paa mig for at holde mig lidt
+à jour med Sagernes Stilling i Hoved-
+staden.
+En venlig Hilsen til Dem og Deres
+Kone fra Deres hengivne
+R. Christiansen.</t>
+  </si>
+  <si>
+    <t>1891-08-31</t>
+  </si>
+  <si>
+    <t>Valdemar Kleis
+Agnes Slott-Møller
+Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>Rohde har hørt fra Agnes Slott-Møller, at Hannovers har det skidt og spørger derfor til deres velbefindende. Rohde fortæller, at han nu er flyttet til Ribe. Der er dejligt, selvom vejret fortsat er dårligt. Han regner med snart at vende tilbage til København og takker Hannover for at have talt med Kleis - han har nu modtaget et "meget medgørligt" brev fra Kleis, men har endnu ikke hørt fra Zeuthen angående kontrakten mellem Den frie Udstilling og Kleis. Rohde ønsker Hannovers god bedring og spørger, om ikke Hannover vil sende ham et særtryk af sin seneste afhandling, som Rohde har set omtalt i Politiken.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Ltx5</t>
+  </si>
+  <si>
+    <t>Ribe D. 31-VIII-91.
+Kjære Ven!
+Hvordan har De det? og hvorledes
+har Deres Kone det? I et Brev, jeg
+forleden Dag fik fra Fru Slott-Møller
+skrev hun, at hun havde faaet saa
+triste Efterretninger fra Dem.
+-Jeg haaber, at hun overdriver eller
+har misforstaaet Dem.
+Er De stadigt overvældet med Arbejde?
+— Hvis ikke, send mig da et Par
+Ord.
+Jeg er som De ser flyttet til Ribe[.]
+Maatte tage fra Karup for at søge
+Tandlæge og skiftede saa Bopæl med
+det samme.
+— Her er forresten dejligt hernede
+tiltrods for det forbandede Vejr, vender
+[2]
+dog vistnok snart Næsen hjemefter.
+Oplever De noget? I hvert Fald mere
+end jeg.
+Det er sandt, Tak for Deres sidste Brev
+og for Deres Ulejlighed[dobbeltunderstreget] — jeg mener at De
+talte med Kleis. Jeg fik et meget med-
+gjørligt Brev fra Kleis — men har stadigt
+ikke hørt fra Zeuthen.
+Jeg haaber tiltrods for Efterretningerne,
+at De begge har det nogenlunde,
+hvis ikke sender jeg Dem begge
+mine bedste Ønsker om snarlig og
+varig Bedring.
+Deres hengivne Ven
+Johan Rohde
+Skulde De have et Særtryk af Deres
+sidste Afhandling i Tilskueren, som jeg
+har set omtalt i Politiken, vilde jeg
+[3]
+meget gjerne have et.</t>
+  </si>
+  <si>
+    <t>1892-07-17</t>
+  </si>
+  <si>
+    <t>Arnold Böcklin
+Anselm Feuerbach
+Konrad Fiedler
+Hans Thoma
+Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>Emil Hannover omtaler en række værker, som kunsthandler Fiedler skulle have i sin samling. Kun Feuerbachs "Iphigenia" er identificeret (en af maleriets tre versioner). Se noten i transskriptionsteksten.</t>
+  </si>
+  <si>
+    <t>Emil Hannover glædes ved at læse Johan Rohdes hjemsendte rejseberetning fra Holland. Han beklager samtidig sit forrige brev, hvori han bl.a. har brokket sig over forholdene på Silkeborg Kuranstalt (se brev 27. juni 1892 fra Hannover til Rohde). Han befinder sig stadig i Silkeborg og keder sig bravt. Det uinspirerende miljø er uegnet til at arbejde i, og han tager derfor til København næstkommende lørdag. Han oplyser derudover Rohde om, at samleren Konrad Fiedler har skænket sine malerier af Hans von Marées til staten, men opfordrer ham alligevel til at opsøge Fiedler, som har værker af Böcklin, Thoma og Feuerbach. Han foreslår også, at Rohde tager omkring Frankfurt am Main for at se værker af Hans Thoma.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/A2la</t>
+  </si>
+  <si>
+    <t>Silkeborg Kuranstalt
+17-VII-92.
+Kjære Ven,
+Tak for den sidste Sending. Jeg
+gjennemlæser Deres Journal med
+største Interesse og er Dem overmaade
+taknemlig for den. Tak ogsaa, fordi
+De tog mit altfor gnavne Brev saa
+fornuftigt; jeg har fortrudt at have
+ærgret Dem med det. jeg vilde nu
+gærne for at gjøre det godt igjen
+skrive Dem et langt og pænt Brev,
+men jeg har aldeles intet at meddele
+Dem af glædeligt eller overraskende.
+Det kan jo næppe interessere Dem
+at vide, at der er en lille Frue
+mellem Kurgæsterne som elsker
+mig med en rørende Kærlighed, og som
+jeg kysser af Medlidenhed, og som er 
+saa ufarlig for mit Hjærte, at min
+Kone og hun er de bedste Venner.
+Jeg forsikrer Dem, det er en ren Idyl,
+naar vi tre er sammen
+[i venstre margen:] v. Goghs Breve har jeg ikke forskrevet.
+[2]
+I den sidste Tid har jeg ganske nedlagt
+Arbejdet; Luften herovre er saa tæt
+af Idiotisme, at jeg ikke finder den
+egnet til Produktion. En lille Op-
+muntring for os har det dog været,
+at Zeuthen er kommet herover for
+nogle Uger. Han har været her i 14
+Dage, og vi er i den Tid komne
+til at holde meget af ham og har
+været meget sammen med ham. Nu
+paa Lørdag rejser han, og samtidig
+rejser jeg til Kjøbenhavn for at arbejde
+lidt i fuldkommen Ro. Jeg haaber,
+De kommer til Kjøbenhavn til
+Efteraaret og kan læse lidt af
+min Bog. Jeg har nu omtrent den
+halve skreven i en foreløbig Form,
+som jeg ikke vil udarbejde nærmere,
+før jeg har faaet lidt at høre om,
+hvad De og et Par andre mener. 
+[3]
+Der er navnlig et Kapitel om Danskerne
+i Rom, som indeholder en ny – og jeg
+haaber rigtig – Opfattelse af Italiens Be-
+tydning for vor Malerkunst. For
+samme Kapitels Skyld bliver jeg vist for-
+resten nødt til at lægge Vejen fra Kjøben-
+havn tilbage til Silkeborg over Berlin.
+Marées Billeder er af Dr. Conrad
+Fiedler i München blevne skænkede til
+Staten nu for nylig, og saa vidt jeg ved
+var det Meningen, de skulde finde
+Plads paa et Sted i Omegnen af München,
+der hedder Schloß Schleißheim eller
+noget lignende. Jeg vil imidlertid an-
+befale Dem at besøge Fiedler, hvis han
+ikke er bortrejst. Han ejer et Portræt
+af sin Hustru malet af Böcklin, et
+lille Genrebilled af samme, et Par
+Arbejder af Thoma, Feuerbachs Ifigenia
+o.a. Manden har altid vist sig meget
+elskværdig mod mig, saa jeg antager
+mit Kort kan være Dem til nogen
+[4]
+Nytte. Hvis De lægger Vejen over
+Frankfurt a. M. skulde De ikke for-
+sømme at se nogle Væggebilleder af
+Thoma i en Café zum Schwan (eller
+Café Cygne) paa Rossmarkt, bag
+Gutenbergmonumentet, troer jeg. Paa
+samme Torv boer en Kunsthandler
+ved Navn Prestrel, der undertiden har
+Billeder af Thoma, som jeg forresten 
+ikke beundrer synderlig. Men der er
+fortrinlige Ting i de omtalte Væggebilleder.
+Han boer vist iøvrig[sic] selv i Frankfurt.
+Hvad er det for et Grundskud,
+De har faaet? Jeg troede, De havde
+Været uden for alle Projektilers
+Rækkevidde og var afrejst i god For-
+staaelse med Fjenden.
+Lev nu vel, lad os snart høre fra 
+Dem og lidt om Deres Planer for den
+nærmeste Fremtid. Modtag de
+venligste Hilsener fra min Kone
+og Deres hengivne
+Emil Hannover</t>
+  </si>
+  <si>
+    <t>August 1892</t>
+  </si>
+  <si>
+    <t>Tjele</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen har besøgt Emil og Alice Hannover på kurstedet i Silkeborg, og han reflekterer i brevet over, at han ikke selv ville være begejstret for et længere ophold sådan et sted. Han savner nyt fra Rohde, da det er planen, at de to skal rejse sammen i efteråret. Christiansen befinder sig nu også godt i Tjele, hvor Frk. Rambusch og hendes kæreste for nyligt besøgte ham. De to logerer hos Agnes og Harald Slott-Møller i nærheden. Som afslutning på brevet ønsker Christiansen Alice Hannover godt helbred og spørger til, om de skal overtage overretsagfører Hetchschers lejlighed i København.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/4nXz</t>
+  </si>
+  <si>
+    <t>Tjele Aug 92
+Kjære Hannover!
+Hjærtelig Tak for sidst?
+Efter en noget langtrukken
+Dagvognstour arriverede jeg
+i god Behold til Rødkjærs-
+bro, hvorfra Rejsen fortsattes
+over Viborg til Tjele. Det var
+et Par saare behagelige Dage
+jeg tilbragte hos Dem og Deres
+elskværdige Frue, men jeg
+tror alligevel ikke at jeg kun-
+ne holde det ud paa saadant
+et Sted i længere Tid. Dog det
+samme mente De jo til at
+[2]
+begynde med og naar man
+fik sig levet noget ind [i] Forhol-
+dene saa gik det maaske allige-
+vel. Man kan jo vænne sig til
+alt, undtagen til at blive hængt!
+Hvad i al Verden gaar der
+dog af Rohde. Jeg hører stadig
+ikke fra ham og aner ikke no-
+get om hans Opholdssted og nu
+er det snart en Maaned siden
+og Tiden nærmer sig da jeg skal
+tage endelig Bestemmelse. Nu
+skriver jeg til ham og sender det
+over Kjøbenhavn for at faa
+hans Adresse skreven paa, saa
+faar vi se om det hjælper.
+Egentlig vil jeg paa det nu-
+[3]
+værende Stadium helst være fri
+for at rejse i Aar, da jeg egentlig
+hellere vilde tilbringe Efteraaret
+her paa Tjele, saa hvis jeg ikke
+kan træffe sammen med Roh-
+de, saa bliver jeg rimeligvis
+hjemme. Forrige Lørdag Efter-
+middag kom Frk Rambusch
+spadserende hertil fra Vestervellin-
+ge sammen med Kjæresten.
+Jeg kjørte dem saa et Stykke
+paa Vej om Aftenen. Jeg tror
+hun kjeder sig lumsk i Vester-
+vellinge, noget som jo ikke er
+underligt, da hendes Søster og Svoger
+jo er optagne af Deres Arbejde
+og hun saaledes for Størstedelen [er]
+[4]
+henvist til sig selv. Det er under-
+ligt at hun ikke kan finde
+paa at tage sig noget nyttigt
+for. Kjæresten gjør et meget
+behageligt Indtryk, saa jeg synes
+at Slott[-]Møller har behandlet
+ham lidt uretfærdig naar han
+har talt om ham.
+Jeg haaber at Deres Kones
+Helbred stadig befinder sig
+i Fremgang og at hun ikke
+har opgivet sine lange Spadsere-
+toure. Faa De saa Overretsag-
+fører Hetchschers Lejlighed
+som der var Tale om?
+Vil De hilse Deres Kone mange
+Gange og det øvrige behagelige
+Selskab som jeg traf paa dernede. Mod-
+tag selv en venlig Hilsen fra Deres
+hengivne 
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1892-08-02</t>
+  </si>
+  <si>
+    <t>Middelfart</t>
+  </si>
+  <si>
+    <t>Otto Benzon
+Alice Hannover</t>
+  </si>
+  <si>
+    <t>Den danske forfatter og poet Otto Benzon omtales i sagen om den bortløbne ægtefælle, mens identiteten af Svend Rubow, der også har part i sagen, ikke er kendt pt.</t>
+  </si>
+  <si>
+    <t>Emil Hannover skriver fra Middelfart, hvor han og Alice opholder sig, da et udbrud af kolera i Aarhus har sendt dem fra Silkeborg Kuranstalt før tid. Han glæder sig over, at Johan Rohde endelig er på vej mod Italien, og brevet indledes derfor med en stribe venlige formaninger om, hvordan vennen bedst anvender sin tid i udlandet. Hvad angår nyheder fra København remser Hannover op, at han og Alice muligvis flytter fra deres lejlighed i Reventlowsgade til en ejendom ved Frue Plads, at han fortsætter sit engagement ved Politiken, og at en hustru (ikke hans egen) er bortløben.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Vwo9</t>
+  </si>
+  <si>
+    <t>Behrendts Hotel
+Middelfart
+2. VIII. 92
+Kjære Rohde,
+Mange Gange Tak for Deres venlige Brev
+fra Salzburg. Det glædede os meget at se,
+at De var paa Vejen til Italien. Det er
+vist en udmærket Plan at ville kopiere
+noget i S. Gemignano – Gozzoli eller
+Ghirlandajo –, men De maa dog ikke
+ofre altfor megen Tid derpaa og navnlig
+ikke lade Kopien stjæle altfor megen Tid
+fra Florentz og de andre Byer i det nord-
+lige Italien. Saa langt syd paa som til
+Siena maa De ogsaa endelig søge at
+komme. Med stor Længsel imødeser jeg
+nu Deres første Brev fra Italien. Jeg ved
+ikke, om jeg har faaet sagt Dem Tak for
+sidste Del af Journalen, som jeg havde
+stor Glæde af. Jeg er nysgærrig efter at
+erfare, om De vil kunne overkomme
+at fortsætte den i Italien: De bør dog
+sikkert sætte noget ind paa at kunne
+gjøre det.
+Kuren i Silkeborg sluttede den 1 Sept. Det
+var Meningen, at min Kone skulde
+være bleven i Jylland endnu nogle Uger,
+men Budskabet om Koleraen i Aarhus
+forjog os, og vi har nu foreløbig slaaet os
+ned her i Middelfart, hvor min Kone
+formodentlig bliver, naar jeg om nogle Dage
+tager til Kjøbenhavn.
+[2]
+I min Kones Helbred er der tydelige Frem-
+skridt at spore. Hendes Bryst er efter
+Lægernes Sigende en Del bedre, men der
+er dog endnu nogen Sygelighed tilbage. Da
+hun ikke mener, at vor Lejlighed i
+Reventlowsgade er sund for hende, tænker
+vi paa at flytte endnu i dette Efteraar,
+og der er Tale om en Lejlighed paa
+Hjørnet af Nørregade og Frue Plads.
+Flytningen vil desværre gjøre et nyt Af-
+bræk i mit Arbejde, som har hvilet
+fuldstændig i de sidste tre Uger. Jeg kan
+forresten melde Dem, at jeg har bundet
+mig paa Ny til ”Politiken” for det
+kommende Aar, uden dog at have til 
+Hensigt at blive nogen synderlig flittig
+Medarbejder.
+Ja, jeg er ellers i den pinlige Situation
+aldeles intet at have at skrive. Den
+eneste Skandale – fraregnet de kommunale –
+der længe er kommen mig for Øre er
+den, at Otto Benzons Kone er løbet bort
+med Svend Rubow. De kjender for-
+modentlig ingen af Parterne og har
+[3]
+følgelig ingen Interesse af Sagen.
+Straf mig nu ikke for disse
+Liniers Kummerlighed ved at blive
+ugidelig til at skrive. Jeg er bleven saa
+dum af disse tre Maaneders Liv i den
+frie Luft, at jeg kun med Undseelse
+vover mig til Kjøbenhavn igjen. Jeg
+medbringer imidlertid fem Pund dejligt
+nyt Kjød, som jeg haaber at kunne
+omsætte i Intelligenspapirer i Hoved-
+staden.
+Lev nu vel og skriv, som sagt, saa snart
+som mulig og giv os Andel i alle de
+Nydelser, der forestaaer Dem. Hils
+Botticellis Foraar og anden Skjønhed
+paa de Veje i Italien, jeg selv har betraadt.
+Jeg vilde forfærdelig gærne have haft
+Dem under Armen paa Deres første
+Gang i Florents’ Gader!
+De venligste Hilsener fra os begge.
+Deres hengivne
+Emil Hannover</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Se Johan Rohdes brev til Emil Hannover dateret 25. september 1892, hvori Rohde beder Hannover om at få nogle lånte penge tilbagebetalt, samt et beløb til låns oveni, da det nu er Rohde selv, der er i økonomisk bekneb. Det såkaldt arrige brev, Rohde omtaler at have sendt til Hannover om sommeren, kan være brevet dateret 25 august det år: Rohde har skrevet nogle lidt utidige bemærkninger om, at Guldalderen - som Hannover netop da skriver om i sin Købke-bog - er en kedelig periode.</t>
+  </si>
+  <si>
+    <t>"et gnavent Brev" i sommers fra Johan Rohde til Emil Hannover, som svarede ham lettere arrigt: Ved siden af en tak for penge tilbagebetalt og en sum derudover til låns, er den misfornøjede udveksling emnet for denne hilsen fra Rohde i Italien, hvor vejret til gengæld nu er dejligt og humøret tilsvarende godt. Han har faktisk slet ikke tid til at skrive breve, men han håber at ses snart med sin ven i København; der er meget at berette.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/HXBW</t>
+  </si>
+  <si>
+    <t>Ravenna d. 8 Nov. 92
+Kjære Ven!
+Kun to Ord for at takke
+Dem for de i Florents mod-
+tagne Penge (100 Kr). Og und-
+skyld min Paatrængenhed.
+—
+Jeg skrev Dem engang i 
+Begyndelsen af mit Ophold
+hernede et gnavent Brev
+[2]
+til, og De svarede mig med et
+— skal vi sige en lille Smule
+arrigt (andre gjorde forresten ligesaa)
+— havde jeg ventet med mit Brev
+til nu, vilde Korrespondancen for-
+modentligt have formet sig anderledes,
+da jeg har modificeret mine An-
+skuelser en Del.
+Jeg kom hertil i Sommer og traf
+Vinter — men i denne Vintertid har
+jeg nu fundet Sommer — og i Som-
+mervejr kan der være herligt baade
+i Florents og Siena og mange
+andre Steder.
+Men jeg har slet ikke Tid
+til at skrive Breve.
+[3]
+Venlig Hilsen til Dem
+og Deres Kone; nu
+haaber jeg snart vi ses
+Jeg længes ogsaa efter at pakke
+lidt ud af “Posen”, der kan
+snart ikke være mere — eller rettere;
+der kan ikke være mere.
+Deres
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1894-02-21</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Vilhelm Hammershøi
+Pietro Krohn
+Viggo Pedersen
+Agnes Slott-Møller
+Harald Slott-Møller
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Hannover er blevet kontaktet af Agnes Slott-Møller angående en uoverensstemmelse med Rohde. Han har meddelt hende, at han finder korrespondancen trættende, og at hun er urimelig i sin kritik af Rohde. Noget tyder på, at uoverensstemmelsen drejer sig om Den frie Udstilling og Hammershøi, som Hannover omtaler rosende i svarbrevet til Agnes Slott-Møller. Slott-Møllers har taget Hannovers replik ilde op, og beklaget sig over ham til Rasmus Christiansen. I indforståede vendinger fortæller Hannover at Pietro Krohn ikke lægger sin vej omkring Hamborg, og spørger om han i stedet kan hjælpe. Dernæst reflekterer han over en "sending af 18. november" som helst ikke skal mistænkeliggøres på skrift, og lykønsker Hannover med at befinde sig udenfor København, så han har mere arbejdsro. Hannover hilser fra Willumsen, og beder Rohde hilse Viggo Pedersen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/aKgp</t>
+  </si>
+  <si>
+    <t>Nygade 7.
+21 Febr. 94
+Kjære Ven,
+Blot et Par Ord i Hast.
+Fru Slott-Møller sendte mig ifor-
+gaars et Brev til Dem til Gjennem-
+læsning og ledsagede det med tre af
+Deres sidste Breve til hende. Jeg skrev
+tilbage til hende, at det ikke havde
+været mig muligt at aflokke denne
+Korrespondance nogen Interesse. Ordret
+skrev jeg saaledes:
+”Jeg synes i min Visdom eller Ligegyldig-
+hed, som er lidt af Visdom, naar
+Talen er om Smaating, at begge Parter
+har Ret eller Uret, ganske som De
+vil. De beklager Dem over, at Rohde
+ikke vil forstaa, at De er anderledes
+end ham, men De vil ikke selv
+forstaa, at han er anderledes end
+De. De vil, han ikke maa
+supponere noget ondt om Dem, og
+[i venstre margen:] Hils Viggo Pedersen fra mig –
+[2]
+De selv supponere al Verdens ondt
+om ham. Om jeg var
+Højesteret og denne Sag blev ind-
+anket for mig: jeg vilde afvise
+den og dernæst rejse Tiltale mod
+Klagerne for unødig Trætte.
+Der er af de fri Udstillere én, der
+har min hele Sympathie. Det er
+Hammershøj. Den er for ham et
+Sted, hvor man hvert Aar sender
+hen de Billeder, man har malet.
+Andet er der ikke for ham, andet
+synes jeg ikke, den burde være for
+nogen, og som andet interesserer 
+den ikke mig personlig”. –
+Jeg meddeler Dem dette Svar
+for alle Tilfældes Skyld. Det er
+[i venstre margen:]
+Hilsener fra Willumsen, fra hvem jeg i Dag havde Brev.
+[3]
+naturligvis blevet taget mig meget
+unaadig om [!]; Slott-Møllers har
+til Christiansen beklaget sig over
+min ”Ligegyldighed for mine Venners
+Skæbne” (Skæbne!) –
+Krohn kommer ikke til
+at rejse til Hamburg. Kan jeg selv
+gjøre noget i Sagen? Jeg finder det
+efter nærmere Overvejelse ikke
+heldigt, at der kommer til at
+foreligge en skriftlig Mistænkelig-
+gjørelse af 18de Novembers Sending.
+Glæd Dem ved Deres Exil og al
+den Tid, som Fritagelsen for Vrøvl
+og Kævl levner Dem til Arbejde.
+Vær venligst hilset,
+Deres hengivne
+Emil Hannover</t>
+  </si>
+  <si>
+    <t>1894-02-23</t>
+  </si>
+  <si>
+    <t>Vincent van Gogh
+Jan Verkade</t>
+  </si>
+  <si>
+    <t>Rohde besvarer en forespørgsel fra Hannover om Jan Verkades uddannelse. Han påbegyndte uddannelse ved akademiet i Amsterdam, men afbrød den og flyttede siden til Paris, hvor han omgikkedes de unge symbolister, dog uden at være i lære hos en bestemt maler. Han har engang fortalt Rohde, at de eneste to malere der mestrer oliefarven er van Gogh og Vermeer. Rohde opfordrer ham til at se Verkades udstilling i København. Værkerne afslører, snarere end originalitet, et fint og følsomt sind, og hans portrættering er på linje med de bedste i kunsthistorien. Rohde mener Verkade vil blive glad, hvis Hannover skriver en artikel om ham, men opfordrer ham til at gøre det inden andre får samme idé. Jan Verkade har tidligere skrevet et brev til Rohde, indeholdende sine tanker om originalitet. Rohde mener, at Hannover allerede har læst det, men tilbyder ham ellers at se det. Han har vedlagt en håndskreven levnedsbeskrivelse på fransk om Verkade fra kunstnerens egen hånd.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/qWUY</t>
+  </si>
+  <si>
+    <t>D. 23-II-94.
+Kjære Ven!
+De spurgte mig igaar om, hvem der
+var Verkades Lærer. Da jeg i Dag
+lod Spørgsmaalet gaa videre, sagde han
+mig, at han ikke havde haft andre Lærere
+end de gamle Mestre.
+Han begyndte med at gaa et Par Aar paa
+Akademiet i Amsterdam, men der lærte
+han intet, boede et Par Aar paa
+Landet, rejste saa til Paris, men
+frekventerede intet Atelier — men “talte”
+ofte med de unge Symbolister.
+Mere fik jeg ikke ud af ham —
+Han har engang sagt mig, at de to
+eneste, han syntes havde forstaaet at
+behandle “Olie”farven var van der Meer
+[2]
+og van Gogh — hvis det kan interessere
+Dem.
+Men gaa nu og se paa hans lille
+Udstilling af et halvthundrede yderst
+beskedne smaa Arbejder.
+De vil ikke finde en meget original 
+Kunstner — men en meget fin og følelses-
+rig. Man maa gaa til vore gode (eller
+rettere til de bedste) gamle Kunstnere for
+at finde en saa nobel og sikker Linje som
+den man ser i hans karakterfulde, følte
+Portrættegninger.
+De vil sikkert glæde og gavne Manden ved
+at skrive lidt om ham. — men gjør
+det — hvis De har Lyst til det — inden
+han bliver overbegriset andre Steder.
+Venlig Hilsen
+Deres hengivne
+Johan Rohde
+[3]
+Om hans Mening om Originalitet har 
+han engang skrevet mig et langt Brev til
+— som De vist har læst — det staar
+i hvert Fald til Tjeneste —
+[4]
+Jan Verkade
+né à Laandam près d’Amster-
+dam 18 Sept 1868, de parents
+faisant la commerce .
+… 86 à l’académie, depuis
+travaillant deux ans sous la
+direction d’un beaufrère pein-
+tre lui aussi —
+etprès à Paris, ou il vu par
+besoin plein du Sentiment qu’il
+y a autre chose à faire qu’on fait
+dans son pays —
+Toute influencé des Impres-
+sionistes – Première année
+en Bretagne — croquis — plu(s)
+de peintures — retour en Hollan-
+de pour quelques mois —
+retour à Paris et Bretagne.
+Recherches de procédés de
+peinture et à developper l’âme
+Partenance l’italien(ne?)
+[med Johan Rohdes håndskrift:] séjour au Cloitre de Fiesole (1893-94)</t>
+  </si>
+  <si>
+    <t>1893-02-10</t>
+  </si>
+  <si>
+    <t>Hans Nicolai Hansen
+Carl Jacobsen
+Peter Frederik Koch
+Julius  Lange
+Edvard  Munch</t>
+  </si>
+  <si>
+    <t>Rohde kan ikke fortælle meget om Edvard Munch, da han ikke har beskæftiget sig synderligt med hans kunst. Rohde har travlt med Den frie Udstilling, men vil gerne se om han kan få tid til at mødes med Hannover næstfølgende mandag. Julius Lange har i et foredrag nævnt at Carl Jacobsen ikke har overdraget sin antiksamling til Københavns kommune sammen med resten af samlingen, hvilket Rohde er stærkt forarget over. Han mener desuden at Jacobsen har snydt Københavns borgere for de bedste ting i sin samling, og at den bygning der skal huse den er en skændsel. Rohde så gerne at disse problemstillinger blev diskuteret offentligt, og spørger Hannover hvor man kan finde flere oplysninger desangående.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/AmFJ</t>
+  </si>
+  <si>
+    <t>D. 10-II-93.
+Kjære Ven! Hvad jeg kan meddele om Munch er
+ikke meget. Jeg kjender ham vel personligt ret
+godt, men til Gjengæld har jeg kun set meget
+lidt til hans Kunst. Men De maa gjerne for-
+søge om De kan presse noget ud af mig – hvis
+det kan ske mundtligt — jeg er nemlig i disse Dage
+meget optagen — og det kan vente et Par Dage.
+— Jeg vilde meget gjerne søge Dem eller se Dem
+her — men de første 2 Dage, kan det ikke lade
+sig gjøre. Muligvis kan jeg aflægge Dem et
+Besøg paa Mandag efter Middag, hvis ikke
+den frie Udstilling lægger Beslag paa mig.
+Havde jeg haft Tid havde jeg været hos Dem
+for blant andet at spørge Dem, om De
+ikke har lyst til at knytte nogle Bemærk-
+ninger til den Oplysning[,] Jul. Lange kom-
+mer [med] i sit Foredrag: At Jacobsen ... ikke
+overdrog Kjøbenhavns Kommune sin Samling
+af Antikker. Jeg hører at denne Sag alt skal
+være et Stridens Æble indenfor ledende Kredse
+i Magistraten[,] Højesteretsassessor Koch og Borgme-
+ster Hansen). 
+Det er dog virkelig for galt om Hr Jacobsen
+skal have Lov til at løbe i den Grad
+med Kjøbenhavns Borgere som Lange antydede[.]
+[2]
+Først pumper han os for flere Millioner
+at anvende til en af de hæsligste Bygninger
+Kjøbenhavn vil kunne opvise, og saa narrer
+han os for det, der har Værdi i hans Sam-
+ling og smider os alt det Lort ud, som han
+ikke kan være bekjendt at have under Tag
+med de gode Ting.
+Jeg synes at den Sag burde trækkes
+ordentligt frem, men hvor faar man
+nogle paalidelige Oplysninger derom?
+Med venlig Hilsen
+Deres
+Johan Rohde
+Tak Deres Kone for hendes Hilsen og send
+hende min, naar De skriver til hende</t>
+  </si>
+  <si>
+    <t>1888-04-07</t>
+  </si>
+  <si>
+    <t>Georg Achen
+Carl Bloch
+Hans Andersen Brendekilde
+Vilhelm Hammershøi
+Heinrich Hansen
+Frants  Henningsen
+Carl Holsøe
+Sofie Holten
+Vilhelm Kyhn
+Karl Madsen
+Julius Paulsen
+Viggo Pedersen
+Johan  Rohde
+Joakim Skovgaard
+Erik Skram
+Johan Peter Wildenrath
+Christian Zacho</t>
+  </si>
+  <si>
+    <t>Se Johan Rohdes breve af 6. februar og 14. marts 1888 til Emil Hannover, der omtaler henholdsvis retningslinjer og komitémedlemmer og siden udfaldet af beslutningerne for den danske kunstafdeling ved den store Nordiske Industri-, Landbrugs- og Kunstudstilling diskuteres. Se også samme</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen meddeler Emil Hannover slutdatoen for Forårsudstillingen og udstillingens anden ophængning. Parallelt med udstillingen på Charlottenborg har "Klikken" været beskæftiget med at afholde deres egen visning af værker, som ikke gik gennem censuren: Omkring 25 billeder er udstillet i Christiansen og Rohdes fælles atelier, og der har været stor interesse og enkelte salg. Prospekterne er derfor gode for etableringen af en uafhængig udstilling, reflekterer Christiansen. Og, fortsætter han, behovet for en sådan endnu vigtigere end før, da den ældre generation snedigt har sat sig på de indflydelsesgivende taburetter i komiteen til den forestående Nordiske Udstilling. Christiansen ærgrer sig over "Overmagten, som har alle Kortene paa Haanden, og som yderligere profiterer af Flertallet af de unge Maleres Ynkelighed og Vankelmodighed." En stemme, der taler den yngre generations sag, er også savnet i Politiken, hvor Hannover og Karl Madsen ville kunne gøre gavn, slutter Christiansen brevet.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/d2T0</t>
+  </si>
+  <si>
+    <t>Lørdagen d: 7de April 88
+Kjære Hannover!
+Udstillingen er aaben til den
+1ste Mai. Der har været anden Ophæng-
+ning nu den 1ste April, hvilket har
+bragt en Del interressante[sic] Nyheder
+af Joachim Skovgaard, Kyhn og Paulsen
+o: fl. Møller har faaet sit store Bille-
+de op. Da De forhaabentlig selv kom-
+mer hjem og ser, saa vil jeg ikke
+opholde mig videre derved.
+“Klikken” har havt travlt i
+den sidste Tid, da vi har lavet en
+“Salon de refusé”. Der var bleven
+kasseret saa rigelig og saa gode Navne
+(f: Ex: Paulsen, Viggo Pedersen, Hammershøj,
+Holsøe, Achen, Brendekilde, Frk Holten
+o. s. v. — o. s. v.) at vi fandt det et For-
+søg værd at samle alle disse Ting, til
+en lille snæver Privatudstilling, for at
+[2]
+faa Overblik over Nederlaget. Udstillin-
+gen slutter i Morgen, Søndag, efter at have
+været aaben den sidste Uge. Skjønt
+den har været fuldstændig privat, det
+vil sige kun for Udstillerne og deres
+Bekjendtes Bekjendte, saa har der dog 
+været betydelig Tilstrømning. De ved
+jo nok at hvad 3-4 Mennesker
+vèd herhjemme det vèd hele Byen.
+Jeg tror nok vi har havt en Del For-
+nøjelse af den. Den har været i Rohdes
+og mit Atelier, som er stort og rumme-
+ligt, og har omfattet ça 25 Billeder. 
+Det bedste af dem alle, (efter Under-
+tegnedes Mening) nemlig Holsøes
+Billede af en Landsby efter Regn,
+er bleven solgt, og der er maaske
+ligeledes Udsigt til at sælge et eller
+to af de andre, hvilket naturlig-
+vis er en Omstændighed, som vil
+kunne faa Betydning for en even-
+tuel senere uafhængig Udstilling.
+Da det nemlig viser sig her at det ikke
+[3]
+mangler Tilslutning fra Publikums
+Side, saa vil man lettere ved en alvor-
+ligere Lejlighed kunne faa Folk til
+at gaa i Tøjet. Det ser nemlig trist
+ud til den nordiske Udstilling, efter at
+Valget af Suppleanter er falden fuldstæn-
+dig ud til Fordel for vore Modstandere.
+Dette Resultat var ikke en Følge af vor
+Mangel paa Aktivitet; men udelukken-
+de en Følge af et mindre nobelt Krigs-
+puds, som Komiteens Formand Hrr: Heinr:
+Hansen har spillet os, ved at indlægge
+en trykt Liste over Modpartens Kandidater
+… i den autoriserede Stemmeseddel, som
+udleveredes fra Udstillingskontoret. Der-
+ved opnaaede Frants Henningsen
+og Carl Bloch faa Stemmers Overvægt
+over Jul. Paulsen og Zacho. Jeg skriver
+alt dette, for at De kan være lidt à jour
+med Sagernes Gang, og fordi Wildenrath
+i et langt Brev til Rohde bittert Klag
+klager over at vi herhjemme sidder med
+korslagte Hænder (Arme?) og finder os i alle de
+Vilkaarligheder, som en bonert Profes-
+sorklikke gjør sig skyldig i. Ikke sandt –
+[4]
+De ved at det ikke er saaledes, men
+at det simpelthen er en bukken under
+for Overmagten, som har alle Kortene
+paa Haanden, og som yderligere profiterer
+af Flertallet af de unge Maleres Ynkelig-
+hed og Vankelmodighed. Det er ikke let
+for en 5-6 noksaa energiske Mennesker at holde
+sammen paa saa megen Pjaltethed, og
+vi har derfor tænkt saa smaat paa, at
+der muligvis til den forestaaende nor-
+diske Udstilling paa Grund af Komi-
+teens Sammensætning bliver slagtet saa-
+ledes ned paa alt hvad ungt er, at
+man med den nuafsluttede Privat-
+udstillings Resultater kan stille noget
+paa Benene, som muligvis en Gang
+kunde bringe os ud af Uføret —
+skjønt Gud ved? — “Politiken” er stadig-
+væk tarvelig aflagt med Hensyn til Kunst-
+anmelder, idet Skram er ligesaa vanskelig
+at faa noget fra som Madsen, uden at det
+har sidstnævntes Værdi, hvad der af og til
+siver fra ham. De eller Madsen kunde gjøre
+mere Gavn paa dette Feldt end i Kunst-
+bladets smaa og sjældne Spalter, som
+faa eller ingen læser.
+Paa snarlig Gjensyn sender jeg Dem
+og Frue mange venlige Hilsener fra Rohde
+og
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1888-12-15</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Sofie Holten
+Karl Madsen
+Harald Slott-Møller
+Johan Peter Wildenrath</t>
+  </si>
+  <si>
+    <t>Se brev fra Rohde til Hannover 13/12-1888 og fra Hannover til Rohde 14/12-1888 om forholdet imellem Hannover og Karl Madsen.</t>
+  </si>
+  <si>
+    <t>Rohde forsøger at rede trådene ud ovenpå de forudgående udvekslinger angående relationen imellem Karl Madsen og Hannover. Rohde lover at behandle de af Hannover videregivne oplysninger om Slott-Møllers økonomi med diskretion. Lodderne til Wildenraths lotteri er ved at blive sendt ud. Der er indtil nu solgt for 5-600 kr.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/LnG1</t>
+  </si>
+  <si>
+    <t>Lørdag Aften 15/12 88.
+Kjære Ven! Medens Christiansen og jeg forleden Dag stod ude foran
+Atelieret og arbejdede, faldt Talen paa Forholdet imellem Dem
+og Madsen. Vi vare begge enige om at beklage Bruddet
+som meget uheldigt for den unge Kunst’s Interesser og discuterede
+følgelig, om der intet var derved at gjøre. Tilsidst siger saa
+jeg: “ja nu gaar jeg hjem og skriver et Brev til Hannover,
+ligesom jeg ogsaa agter at henvende mig til Madsen.” “Det
+skal De ikke gjøre”, svarer Christiansen mig, “et saadant
+Brev kan saa tit mistorstaaes, og Hannover kan let gaa hen
+og tro, at De nu ogsaa er i Ledtog med hans Uvenner”.
+Desværre ser jeg nu af Deres Brev, at Christiansen har
+faaet Ret. Mit Brev er blevet grundigt misforstaaet, hvad
+enten nu Fejlen er min, som har skrevet slet, eller Skylden
+er at finde hos Dem, som har lagt noget andet i mine
+Ord, end jeg havde tænkt mig. —
+Mit Brev blev skrevet ud fra den samme Stemning,
+som lader Vennerne hos et Par Duellanter, der har
+fornærmet hinanden, gjøre et sidste Forsøg paa at faa
+Striden bilagt i Mindelighed – og intet andet. Hvis
+De i mit Brev har opdaget et bestemt Partistand-
+punkt – saaledes som De siger – da gjør det mig ondt
+at jeg har skrevet saa uklart; thi sligt skal der ikke være.
+— Jeg ser to Mennesker, som jeg har omgaaedes, og
+som begge altid har vist mig Venlighed (hvis jeg ikke
+husker feil, har jeg oven i Kjøbet stiftet Bekjendtskab med
+den ene ved den anden) i Færd med at begynde en
+lidenskabelig Kamp, og det forekommer mig, at jeg
+[2]
+maatte være en underlig Fyr om jeg ikke gjorde mit til
+at bilægge Striden. Dette har jeg efter fattig Evne forsøgt;
+om et Tillidsvotum til den ene og et Mistillidsvotum 
+til den anden har jeg aldrig haft en Tanke. —
+Det gjør mig ondt, at De tror det nødvendigt, at sige
+mig, at De som Forfatter er optraadt uegennyttigt.
+Jeg har, saavidt jeg véd, læst alt, hvad De har ladet
+trykke, og jeg véd derfor fuldt vel, hvorledes De opfat-
+ter Deres Hverv som Kritiker; jeg erindrer meget godt,
+hvordan De har fremhævet Folk, imod hvem De havde
+en personlig Aversion, og paa den anden Side — hvilket
+jeg betragter, som langt betydningsfuldere – hvorledes De
+har taget fat paa Deres egne gode Venner, naar De fandt
+det vigtigt. Jeg har paaskjønnet Deres sunde og kraftige
+Artikler, som ere spredte omkring i Dagblade eller Tidsskrifter,
+jeg véd, hvormegen Had og Utak de har indbragt Dem, 
+og naar De taler om Utaknemmelighed[,] maa De der-
+for adressere den andet Steds hen — ingen skal ivrige[re]
+end jeg beklage, om De virkelig trak Dem bort fra den
+lokal-kritiske Virksomhed og ofrede Dem udelukkende
+for Historien.
+Ja det er underligt for mig at skulde skrive dette, da
+jeg jo dog saa tidt personligt har bedt Dem at ofre
+Dem for Kritiken — fordi jeg føler at vi har en
+Kraft i Dem. Men efter Deres Brev maa jeg jo
+gjentage mig selv.
+Jeg har heller aldrig haft i Sinde at bevæge Dem
+[3]
+til at gaa Krogveje eller til at “indynde” Dem hos
+Vennerne ved at tale dem efter Munden. Sligt 
+finder jeg frygteligt lige saa vel som De, og jeg forstaar
+ikke, at De kan lægge en saadan Betydning i mine
+Ord.
+Jeg har for Forsoningens Skyld gjort Dem opmærksom 
+paa, at der er en Middelvej at benytte, naar det gjælder
+uvæsentlige Ting: Og de Ting, jeg tænker paa forekom[-]
+mer mig uvæsentlige. Jeg finder det sørgeligt at bygge
+en Konflikt paa en ubetydelig Sag som den Frk.
+Holtenske eller paa det sidste Ord i et Blad, som alle-
+rede er dødsdømt. 
+Jeg vil naturligvis ikke paatrykke Dem en Ven; opdager De 
+at De ikke harmonerer med et Menneske, kunde det aldrig
+falde mig ind at forlange, at De skulde bevare ham
+som Ven hele Deres Liv. Men der er saamange Men-
+nesker, som man ikke er Venner med, og som man dog
+er nød til i det praktiske Liv at f have et og andet
+at gjøre med.
+Jeg husker saaledes — hvis jeg ikke fejler — hvorledes De
+selv i sin Tid rejste ind til Lyngby til samme Madsen
+for at bevæge ham til blive ved “Politiken ” og arbejde
+paa Sammenhold ved dette Blad, da der engang var
+opstaaet et Brud af rent personligt Karakter i Redak-
+tionen. De fremstillede for mig, hvor sørgeligt det vilde 
+være om hele Foretagendet (den Gang var der jo mere ved 
+“Politiken” end nu) skulde gaa i Stykker paa Grund af
+personlig Uvilje, og De udtalte Deres Indignation over
+[4]
+at man ikke satte Sagen øverst.
+Jeg skal ikke trække Sammenligninger mellem denne Sag
+og den foreliggende; de egner sig ikke til Sammen-
+ligning; men med denne Tildragelse in mente fore-
+kommer det mig, at De maatte kunde forstaa, hvad
+jeg har tilstræbt.
+Hvis den lille Bemærkning , jeg gjorde i mit Brev om mine
+Besøg hos Redaktøren af Berlingske Tidende, har forekommet
+Dem som en Anvisning paa at gaa Krogveje og benytte
+Bagtrapper, da er det ogsaa en Fejltagelse. Naar jeg,
+der ikke er Literat eller Journalist, har ment at kunne gavne
+en Sag, har jeg valgt det Sted, hvor jeg troede at min
+Artikel kunde gjøre mest Nytte; men jeg har slet ikke
+ment, at De skulde gjøre ligesaadan; jeg har kun anført
+det exempelvis som Bevis paa, at der var Tilfælde, hvor man
+for en Sags Skyld kunde komme til at arbejde sammen
+med Folk, som man ellers ikke sympatiserede med.
+—
+De siger i Deres Brev, at De ikke kan forstaa, hvorledes
+Folk, paa, hvis Sympathi De stolede paa engang alle
+kan vende sig imod Dem. Dette véd jeg slet ikke
+noget om; jeg véd kun, at naar der staar en Kreds
+af Mennesker omkring to fælles Venner, og disse kom-
+mer i Uvenskab, saa skulde det være meget mærkeligt
+om ikke ogsaa Kredsen delte sig og nogle holdt med
+den ene, andre med den anden. Det er muligt, at De
+ikke vilde tabe noget ved at miste dem, der gik til
+den anden Side — jeg har kun gjort opmærksom paa
+at noget saadant sandsynligvis vilde indtræde, hvis De
+og Madsen blev alvorlige Uvenner. 
+[5]
+De mener endvidere, at Madsen har lirket Deres gode
+Venner fra Dem; jeg kjender ikke noget til hans For-
+søg i denne Retning; men hvis De henregner mig til
+dem, kan jeg kun sige, at han ikke har været hos mig
+i denne Anledning. At Madsen i denne Tid af og
+til har søgt mig er bebegrundet i en Artikel til Kunst-
+bladet, som jeg har skrevet for at indfri et gammelt
+Løfte. At han har omtalt sit Forhold til Dem er
+jo ganske naturligt, og at han ikke ser paa det
+med ganske de samme Øjne som De, vil De vist
+give mig Ret i, er Menneskeligt.
+Deres Spørgsmaal til mig vedrørende Kunstbladet kunne
+vi vist nok blive enige om, og om Tillids eller Mistillids-
+votum’et har jeg ovenfor omtalt udtalt mig. —
+Jeg kommer nu til det Punkt i Deres Brev, som har
+gjort mest Indtryk paa mig. Det andet, som jeg
+har bevist, haaber jeg er Misforstaaelser, som have
+tabt deres Betydning, naar de blive rettede.
+Den Bemærkning, jeg sigter til, beklager jeg meget, og jeg
+kan kun forklare den med, at den er nedskreven i stærk
+Sindsbevægelse. De siger “og hvorfor vil De da netop
+benytte dette Øjeblik, hvor saa mange af mine Forhaab-
+ninger synes at ramle til at stille Dem paa Madsens
+Side og tilraabe mig sammen med ham et “mindre
+skarp”, — altsaa et “lad os være fri for Dig”!
+(Det sidste turde dog være et lapsus linguæ).
+[6]
+efter dette at dømme maa De jo ikke blot helt have
+misforstaaet min Hensigt, men De maa jo betragte
+mig som en rigtig skidt Karl, der har valgt netop
+dette Øjeblik for rigtig at komme Dem tillivs, rigtigt
+gjøre Dem ondt — har jeg da skrevet mit Brev
+saa uheldigt, eller hvorledes har De kunnet faa
+den Mening om mig? Jeg har naturligvis valgt
+dette Øjeblik, fordi det simpelt hen vilde være menings[-]
+løst at skrive om denne Sag i noget andet Øjeblik.
+Jeg forstaar ikke, at De har kunnet nære saadanne
+Tanker om mig. —
+Vær forsikret om at jeg ikke i den Tid, jeg har
+kjendt Dem, har forandret min Opfattelse af
+Dem
+Deres Ven
+Johan Rohde
+Beder Dem hilse Deres Hustru.
+[7]
+Tak for de møllerske Oplysninger. De skal blive
+benyttede med Discretion. 
+—
+Jeg er nu i Færd med at udsende de rigtige Lodder,
+der er solgt for mellem 5 og 600 Kr. 
+For Kontrollens Skyld har jeg taget Christiansen til hjælp.
+Af Hensyn til de ikke til de ikke tilbagesendte Lodder har jeg ment
+det heldigst at vente med Trækning til i Løbet af Januar,
+hvilket jeg har bemærket paa Lodderne. —</t>
+  </si>
+  <si>
+    <t>1892-07-12</t>
+  </si>
+  <si>
+    <t>Hoorn</t>
+  </si>
+  <si>
+    <t>Vincent van Gogh
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>"De er jo helt syg af Ærgrelse" skriver Johan Rohde som reaktion på Emil Hannovers pessimistiske brev dateret 27. juni. Ud over den observation takker Rohde for Hannovers afhandling om at samle på bøger, som han fik tilsendt under sit ophold i Paris, og han fortæller, at der vedlagt dette brev er "en ny Bunke Makulatur" - dvs. hans rejseoptegnelser, som han løbende sender hjem til vennen. Rohde har ikke hørt fra Willumsen, men forestiller sig, at han selv, ligesom Hannover, er faldet i unåde hos kunstneren. Afslutningsvist tager Rohde en tidligere omtale af publikationen af van Goghs breve op.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/kO1B</t>
+  </si>
+  <si>
+    <t>Hoorn.
+Groote Oost. 87
+Holland
+D. 12 Juli. [påført i blyant i anden hånd:] ? (1892)
+Kjære Ven!
+Tak for Brevet og Gud ved om jeg sagde Dem
+Tak for den Bog, De sendte mig til Paris
+— Jeg mener Deres Afhandling om Bøger —
+som jeg havde meget Udbytte af, om den
+end overbeviste mig om, at jeg aldrig vilde
+blive værdig til Navnet “Bibliophil”.
+—
+Jeg sender Dem hermed en ny Bunke
+Makulatur, som De ikke er forpligtet 
+til at læse; og og jeg har egentlig ikke Tid
+til at skrive noget Brev til Dem i Dag
+og allermindst til at gaa nærmere ind
+paa den Sag, som Deres sidste Brev for
+største Delen drejer sig om.
+De skal nu bare lade være med at
+ærgre Dem alt for meget. De er jo helt
+[2]
+syg af Ærgrelse — og det er blan[d]t andet dumt.
+Kan det trøste Dem[,] kan jeg gjerne fortælle
+Dem, at jeg siden den skarpe Noteud-
+veksling i Foraaret ikke har hørt et Muk
+fra ham Willumsen, der havde dog maaske, efter at han
+var kommen til Kjøbenhavn og sat sig
+ind i Forholdene, have været Anledning for
+ham til at sige mig et eller andet —
+— men det kunde virkelig ikke falde mig
+ind at ærgre mig gul og grøn derover.
+— Forresten troer jeg, at ogsaa jeg har faaet
+et Grundskud, men derom en anden Gang.
+—
+Det glæder mig meget at høre, at Deres Kone
+er tagen til i Vægt; haaber at det betyder, at hun
+er raskere; hils hende meget.
+—
+Lad mig vide, naar De skriver, om De sub-
+scriberer paa van Goghs Breve og i saa Fald,
+om De har taget et Exemplar med til mig —
+i modsat Fald vil jeg nemlig selv skrive derned.
+—
+Forresten skifter jeg vist snart Opholdssted, hvis
+De derfor vil sende mig et Brev lad det derfor
+ske snarest. Deres hengivne Johan Rohde</t>
+  </si>
+  <si>
+    <t>1893-03-11</t>
+  </si>
+  <si>
+    <t>Émile Bernard
+Mette Gauguin
+Paul Gauguin
+Vincent van Gogh</t>
+  </si>
+  <si>
+    <t>Emil Hannover efterlyser Vincent van Goghs biografi, og spørger, om ikke kunstnerens breve er udgivet. Han søger også oplysninger om Paul Gauguin og forklarer, at informationerne er til brug i sin anmeldelse af Den frie Udstilling.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/1ku0</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Er De ikke i Besiddelse af
+noget om Van Gogh ud over det
+Vaas, som Bernard har skrevet
+i ”les hommes d’aujourd’hui”. Har
+De ikke en Katalog over hans
+Udstilling, og indeholdes ikke
+deri en ”Notice” om ham?
+Udkom hans Breve aldrig?
+Har De noget Steds en
+Biografi af Gauguin? Eller maa
+man op hos Mette for at faa
+den?
+Som De af disse Forespørgsler vil
+forstaa, er det Anmeldelsen af
+den Fri, det gælder.
+Deres hengivne
+E.H.
+11.III.93</t>
+  </si>
+  <si>
+    <t>1895-11-08</t>
+  </si>
+  <si>
+    <t>Hellerup</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/h3kV</t>
+  </si>
+  <si>
+    <t>Hellerup d 8 Nov. 1895
+Kære Hannover
+Deres Brev forledent var
+mig meget velkomment, da
+jeg nemlig ikke kan nægte
+at jeg i den sidste Tid har
+sukket efter en Forsoning mellem
+os og jeg griber gærne Lejligheden
+til at faa en slig i Stand,
+paa den anden Side vil jeg
+ikke skjule for Dem at Deres
+Brev stødte mig en Smule paa
+den Maade De opstillede nogle
+Formler for en Fredstraktat.
+Det falder mig imidlertid ikke
+svært nu at forsikre Dem om
+ligesom jeg i det
+første Brev efter Bruddet og
+skrev til Dem og til vore
+Venner har sagt, at jeg den
+[2]
+Gang ikke vilde Dem tillivs,
+men den skrækkelige Artikels
+Forfatter, som uheldigvis viste
+sig at være Dem, og jeg havde
+Grund til ikke at antage at
+De ikke var Forfatteren, da
+den daarlige, løse Journalistik
+ganske helt og holdent var Rodesk
+og ikke Hannoversk. Da det den
+Gang var Dem der blev vred
+paa mig og jeg var uforstaa-
+ende overfor Deres Vrede, havde
+jeg ikke andet at gjøre end holde
+mig passiv indtil det Punkt
+kom hvor De søgte en Tilnær-
+melse, da denne er kommen,
+skal det saaledes paa ny stiftede
+Venskab, haaber jeg, blive mig til
+Glæde og skal jeg glæde mig til
+at vrage nogle af de mange
+[3]
+løse Fyre som i den sidste Tid
+har flagret omkring vort Hus;
+jeg troede mellem de mange
+at finde et mig tiltalende
+Menneske.
+De venligste Hilsener
+Deres hengivne
+J. F. Willumsen</t>
+  </si>
+  <si>
+    <t>1888-10-16</t>
+  </si>
+  <si>
+    <t>Pieter  de Hooch
+Fritz Gurlitt
+Max Klinger
+Julius Paulsen
+Niels  Pedersen Mols</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møller gør i dette brev fra Berlin meget ud af at belære Hannover om, at dennes positive vurdering af et af Slott-Møllers malerier er helt forfejlet. Det skuffer ham, at Hannover dermed har røbet ikke at have nogen særlig forstand på moderne kunst, så anbefalingen er, at Hannover tager ud i landskabet med Niels Petersen Mols eller "en anden fin og ærlig Kunstner" for at lære at se naturen med malerøjne. Dog synes også Julius Lange og Karl Madsen, at maleriet er vellykket, men særligt Langes mening om gengivelser af naturen er ifølge Slott-Møller ikke at regne for noget. Faktisk er billedet færdiggjort med en klud med sort farve og terpentin, "for Løjer" at mime Paulsens mørke stil.
+Slott-Møller omtaler i brevet også et andet af sine malerier, som var tænkt sendt til Berlin til november for at indgå i en udstilling af yngre, dansk kunst hos kunsthandler Fritz Gurlitt. Hannover har fået til opgave lave værkudvalget, men, skriver Slott-Møller, Hannover må gerne undlade at sende Slott-Møllers billede med. Udstilles det alligevel, skal prisen være 3000 Mark, svarende til omtrent 1000 Dkr. Slott-Møller afslutter brevet med at opgive sin og hustruens kommende adresse i Dresden.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/dja9</t>
+  </si>
+  <si>
+    <t>Berlin 16 October 88
+Kære Ven
+Først og fremmest det gjør mig in-
+derligt ondt, og dette er mere
+end en Talemaade, at De synes
+saa godt om det af mine Ar-
+beider, De kalder for Maanen 
+over Hytten, og det af mere
+end en Grund.
+Ja nu maa De ikke blive vred,
+jeg ved ikke om De har let
+til det, men jeg forsikrer Dem,
+der er ikke ond Mening i hvad
+jeg vil sige.
+For det første gjør det mig
+ondt, fordi det røber, at De
+ikke har saa god Forstand
+paa moderne Kunst, som 
+jeg havde haabet, jeg tror
+det ligger i, at De ikke ser
+paa Naturen med Maler-
+øjne; De skulle en Sommer
+[2]
+tage ud paa Landet med Niels
+Petersen Mols eller en anden
+fin og ærlig Kunstner, det
+vilde sikkert hjælpe Dem
+til ikke at tage saa meget 
+fejl. 
+Det vil vel ikke være
+saa let at overbevise Dem om,
+at det er Dem, der tager Fejl!
+De har for Resten en Menings-
+fælle, som De maaske ikke
+vil finde ikke saa fejl:
+Jul Lange var ovre at besøge
+os i Sommer, han saa
+det hænge på Væggen
+og syntes ogsaa godt om
+det, men han er nu ikke
+Manden hos hvem man
+skal have at vide hvordan
+Naturen ser ud. De har
+ganske simpelt ladet Dem
+[3]
+stikke Blaar i Øjnene.
+For det første er Billedet
+ikke godt, fordi det ligner Paulsen
+og for det andet er det ikke godt,
+fordi det er Løgn.
+Og det er Løgn[.]
+Sandhed er Vejen, Skønhed er Målet.
+Er vi ikke enige om det?
+For er vi ikke det, saa er det natur[-]
+ligvis umuligt at blive enige:
+men Kære det mener De ogsaa.
+Hvor ender vi ellers?
+Jeg vil indrømme Dem, at det
+er smukt, snarere behageligt
+i Farven, det inrømmede[sic]
+Madsen mig ogsaa, han
+syntes nemlig ogsaa godt
+om det strax, men det
+gik hurtigt over. Jeg beklager,
+at jeg har givet det bort, da
+det ellers skulde have været
+[4]
+mig en dobbelt Fornøjelse
+at lade Dem faa det, De vilde
+da hvis De sagde Deres Mening
+lige saa ærligt, som jeg i dag
+siger Dem min, erkende inden,
+ja jeg ved ikke hvor kort
+Tid, at jeg havde Ret i at
+det var noget Skidt.
+Nu mens vi taler om det skal
+De for Resten høre dets Historie[.]
+Jeg havde været ude to Efter-
+middage ved højlys Dag Solen
+endnu paa Himlen og male
+paa det, men var blevet
+Ked deraf, dels var det
+mig for langt borte dels
+kunde jeg kun male saa
+kort Tid paa det, at jeg
+kunde indse, at jeg ikke
+kunde faa noget ud af
+det; jeg faar nemlig kun
+noget ud af mine Billeder
+naar jeg maler umaadelig længe
+[5]
+paa dem. Saa var det en
+anden Eftermiddag, at jeg
+for Løjer vilde vise, hvorledes
+Paulsens Billeder blev til,
+at jeg tog en Klud dyppede
+den i Sort Farve og Terpentin
+og smurte hele Billedet
+over med denne Ga[r]ver Beitse[?]
+og satte saa en hvid Klat
+paa til Maane.
+Ja, Kære Ven, det er sagtens
+første Gang De bliver skælt[sic]
+ud for at have sagt Folk
+pæne Ting, at det kan
+man ogsaa resikere[sic] ved
+at være Kritiker, men
+gjør mig nu den Tjeneste
+at lade være med at tage
+det ilde op.
+[6]
+Med Hensyn til Inter[…]
+Udstilling hos Gurlitt, saa
+synes jeg hellere vi skal
+lade det fare, Smagen er 
+åbenbart daarlig her i
+Berlin. De enkelte som
+har Forstand paa god
+Kunst kan jo gaa op
+paa Galleriet og se paa
+Pieter de Hooch det han er
+meget bedere.[sic] Hvis ikke
+det kommer Dem meget paa
+tvers skal De ikke
+sende det med, kommer
+det imidlertid med, kan
+De jo sætte 3000 M
+paa det, det maa vel
+[7]
+svare til 1000 Kr under
+vore smaa Forhold.
+Om en halv Time forlader
+jeg Berlin hvorfor jeg er
+nødt til at slutte af
+med dette ”Forretningsbrev”.
+Vil De bringe Deres Hustru
+vore venligste Hilsner,
+selv hilses De paa
+det venligste fra min
+Hustru og Deres
+oprigtigt hengivne Ven
+Slott Møller
+Hjertelig Tak for at De
+gjorde os opmærksom
+paa Klingers Tegninger
+verte
+[8]
+I de næste 8 Dage
+er vor Adresse
+F.W. Becker
+Räkni
+Räcknizenstrasse 6.
+Dresden</t>
+  </si>
+  <si>
+    <t>1889-06-11</t>
+  </si>
+  <si>
+    <t>Gjerrild
+Grenaa</t>
+  </si>
+  <si>
+    <t>Peder Severin Krøyer
+Johan  Rohde
+Agnes Slott-Møller
+Jean-Antoine Watteau</t>
+  </si>
+  <si>
+    <t>Se Hannovers brev af 7. juni, skrevet i Paris til Slott-Møller og Rohde.</t>
+  </si>
+  <si>
+    <t>Harald og Agnes Slott-Møller har været på fodtur i Jylland og er nu på Gjerrild Kro, hvor Harald Slott-Møller skriver lidt om egnen til Hannover, der på dette tidspunkt opholder sig i Paris. Brevet besvarer Hannovers korrespondance af 7. juni skrevet på foranledning af, at Hannover i den franske hovedstad har opsnappet, at Karl Madsen og en række danske og skandinaviske kunstnere, herunder P.S. Krøyer, holder møder for at planlægge en ny, uafhængig, nordisk udstilling. Dette tiltag vil kunne true planerne om det, der i 1891 bliver Den frie Udstilling. Slott-Møller bekræfter, at han som instrueret videresender Hannovers brev til Rohde, mens Agnes Slott-Møller skriver til Krøyer for at høre nærmere om sagen. Desuden forsikrer han om, at Hannover ikke vil blive nævnt som den, der intervenerer... 
+Videre i brevet fortæller Slott-Møller, at han med "megen Fornøjelse" har læst Hannovers bog om Watteau, og han udtrykker ønske om, at der udkom flere af den slags afhandlinger. Afslutningsvist spørger han, hvorfor i alverden Hannover nu ikke længere vil være 'dus'. Måske fordi brevet skal sendes videre til Rohde, som er 'Des' med Hannover og som ikke må vide, at der er forskel på relationen imellem parterne!?</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/4bSL</t>
+  </si>
+  <si>
+    <t>11/6 89 Gjerrild Kro pr Grenaa
+Kjære Ven
+Tusind Tak for det tilsendte.
+Jeg har lagt det i en Convolut
+til Rohde og faaet Agnes
+til at skrive til Krøyer,
+hende kan han nemlig
+lidt bedre taale end
+mig, om ikke at træffe
+nogen endelig Afgjørelse
+før der forelaa Udtalelser
+fra et stort almindeligt
+Møde af samtlige Unge
+i Danmark da det
+nemt kunde træde
+hæmmende i Vejen for
+Planer som vi i længere
+Tid havde omgaaedes
+med
+[2]
+Vi har selvfølgelig ikke nævnt
+dit Navn.
+Foreløbig kan jeg ikke ind-
+se at der er andet at
+gjøre end hvad gjort er.
+Vi er da efter en omflakkende
+Fodtur i en stor Del af
+Jylland havnede her
+Gjerrild Kro hvor der
+kortest sagt er godt
+at være maaske mest bedst
+hvad det aandelige
+angaar det vil sige
+at her er smukt
+stor Befolkning mange
+landskabelige Motiver
+nær Skov og frisk
+Strand; nøj dig med
+denne Beskrivelse
+som ingen Beskrivelse
+er.
+[3]
+Hvis De ønsker nøjere Beretning om
+Egnen, saa har han til Rohde 
+skrevet et Brev, derom der er saa
+dejligt og underfuldt som Indledningen
+til en Novelle, det vil De muligvis
+kunne faa at læse –
+Han gjør Nar af mig!
+Jeg har da faaet læst din
+Bog om Watteau og, det er 
+ingen Artighed, jeg havde
+megen Fornøjelse af den
+jeg synes at den i høj
+Grad giver et … Til-
+trovækkende Billed
+at Watteau mere
+kan jeg der jo ikke
+kjender den øvrige
+Litteratur der omhandler
+denne Kunstner ikke
+sige men jeg tror paa
+den. Som den fremtræder
+[4]
+i sin klare sammentrængte
+Form med sit elegante
+lærde Indhold[sic] sin pæne
+Udstyrelse (for Resten ikke nær pæn nok)
+er den Exempel paa
+den Slags Bøger jeg kunde 
+ønske der udkom flere end en
+af om Aaret. Kun én
+Anke hvorfor Sætningen 
+”Der var Apparition i disse
+Kvinder” jeg fik den
+ihvert Fald paa tvers
+i Halsen. Naa .. nok
+om det jeg kan ikke
+sige noget godt træffende om
+den Alligevel men sig
+mig blot til Sidst hvor
+for i al Verden vil du 
+ikke mere være
+Dus med mig. Rohde
+maa maaske ikke vide
+det? Naa nu til Slut de
+aller venligste Hilsner til din
+Kone og dig selv fra min Mo’er
+og din hengivne Ven Slott-Møller</t>
+  </si>
+  <si>
+    <t>1897-09-08</t>
+  </si>
+  <si>
+    <t>Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>Valdemar Kleis</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/AlLu</t>
+  </si>
+  <si>
+    <t>[Trykt brevpapir med dato udfyldt i hånden:]
+OVERRETSSAGFØRER ZEUTHEN
+NØRREGADE 6, KØBENHAVN K.
+KONTORTID 10–3. TELEFON 3454.
+Den 8 Sept. 1897.
+/ Bil.
+Kjære Rohde!
+./. Hoslagte Skrivelse fra Kleis har jeg i Dag ./.
+modtaget. Hvis Deres Vej falder her forbi, se
+saa op i Morgen.
+Med venlig Hilsen
+Deres L.Zeuthen.
+[2]
+[med blæk og blyant i en anden hånd end Zeuthens:]
+Emil Hannover
+1895 – 96 – 97. – 98 – 99</t>
+  </si>
+  <si>
+    <t>1907-12-12</t>
+  </si>
+  <si>
+    <t>Gudmund Hentze</t>
+  </si>
+  <si>
+    <t>Cavling Henrik</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/iqMM</t>
+  </si>
+  <si>
+    <t>Berlin d 12 Dec. 1907
+[med blyant i Hannovers hånd:] Hentze
+Kære hr Redaktør Cavling
+Det var kedeligt for mig at jeg kom for sent med
+min Kronik om den jødiske Udstilling, jeg
+skyndte mig netop med at faa den færdig
+til et Par Dage efter at Udst. var aabnet.
+Men jeg kunde jo ikke vide, at De alt havde
+anmodet en Anden om det. Imidlertid
+er Tanken om at faa min Artikel
+serveret i slagtet Tilstand mig imod, 
+selv om det er Emil Hannover der
+skærer for, og jeg vil derfor heller trække
+mig helt tilbage, jeg beder Dem altsaa
+være saa venlig, at sende Manuskriptet
+til min Adr. i København: Fælled-
+vej No 12 2. Sal.
+Med venlig hilsen
+Deres forbundne
+Gudmund Hentze
+[med Henrik Cavlings hånd:]
+Kære Emil Hannover,
+Vil De venligst sende Artiklen
+af Gudmund Hentze, Deres beg....e
+Henrik Cavling
+[2]
+[med blæk i Hannovers hånd:]
+den lettere udførte
+ikke den</t>
+  </si>
+  <si>
+    <t>1909-10-25</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Ss2F</t>
+  </si>
+  <si>
+    <t>München 25 Okt 1909
+[med blyant i Hannovers hånd:] Hentze
+Kære hr
+Emil Hannover!
+De kunde gøre mig en stor Tjeneste ved at
+give mig Deres Anbefaling til at søge det
+Raben|Lewetzauske Fondt. Det er den
+sidste Frist den 1ste November har N.V. Dorph
+skrevet mig til, saa jeg vil bede Dem, hvis De
+vil være saa elskværdig, at sende Anbefa-
+lingen til min Svigerinde Frk. Gunhild An-
+dersen Fælledvej No 12 2. København, hun
+leverer den ind for mig. Jeg bor stadig her
+i München og det gaar mig for saa vidt
+ganske vel, som jeg er rask – usædvanlig
+rask – og arbejder meget. Men det er svært 
+at komme ind et fremmed Sted, sælge noget,
+og jeg har ikke flere Penge end jeg havde i
+Danmark. Jeg har udstillet en hel Del,
+paa Secessions-Udstillingen i München,
+i Kunstforeningen i Hamburg, i München,
+hos Richter i Dresden og i Frankfurt am
+Main hos Bangert men Billeder kan
+ikke sælges. Jeg har som De ved – jeg tilbød
+mig i sin Tid at sende Dem Bogen – for
+Eugen Diederichsen i Jena illustreret Im-
+provisatoren og siden Andersens Æventyr
+(kommer snart), i Sommer har jeg for
+G.B.N.F. ill. Marie Grubbe. Nu
+slider jeg i det med Reclamearbejde,
+det har ikke været mig muligt 
+[fortsættes s. 3]
+[s. 2]
+[med blæk i Hannovers hånd:]
+Hr. Gudmund Hentze har fra München sendt
+mig en Anbefaling Anmodning om en Anbefaling
+til det Raben-Levetzau’ske Fond, som han
+agter at søge. Foranlediget heraf skal jeg
+gærne udtale, at Hr. Hentze hører til de
+talentfuldeste af vore yngre Kunstnere, og at han
+navnlig paa Bogillustrations Omraade synes mig at have lagt usædvanlige Evner
+…. for Dagen. Men han[s] Liv har hidtil været
+en haard Kamp snart mod Sygdom, snart
+mod Nød, og ogsaa ogsaa i München, hvor han
+for Tiden opholder sig i det Haab gør Forsøg paa at slaa igennem
+.. som Tegner, synes er hans Situation i høj Grad truet.
+Han er da Efter min Overbevisning er han da
+med baade i Kraft af sit Talent og sin
+ulykkelige Stilling værdig til al den Støtte, der
+kan ydes ham. 
+[s. 3]
+[fortsat fra s. 1]
+at finde andet og bedre, men med mine
+Pengesager ser det meget, meget sløjt
+ud og nu vil jeg forsøge om jeg ikke
+ogsaa en Gang kunde faa nogle
+Penge gennem Stipendium, jeg 
+har aldrig været saa lykkelig før 
+at kunne faa. Dorph vil støtte mig
+og Knud Larsen har i sin Tid lo-
+vet – uopfordret at ville støtte mig,
+nu har jeg skrevet til Martin Nyrop 
+– om han vil – og nu vil jeg bede
+Dem, hvis De vil og kan, om at give
+mig Deres værdifulde Støtte. Helt
+uqualificeret til at faa Stipendium
+kan jeg dog umulig være.
+Med venlig Hilsen
+Deres ærbødige
+Gudmund Hentze.
+Kaiserstrasse 274 München.</t>
+  </si>
+  <si>
+    <t>1911-01-09</t>
+  </si>
+  <si>
+    <t>Spanien</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/8Awr</t>
+  </si>
+  <si>
+    <t>[med blyant i Hannovers hånd:] Willumsen
+Cécil Hotel
+Sevilla
+España
+9 Januar 1911
+Kære Hannover. 
+Herfra det skønne, eller jeg vil
+hellere sige det maleriske Sevilla
+sender jeg Dem og Karen vor
+Nytaarshilsen, og vore gode Ønsker
+for det kommende Aar.
+Rejsen hjemmefra, gik over
+Florenz hvor vi tilbragte en
+god Maanedstid – jeg for at male
+en Fresco og min Kone for at
+lave et Marmorrelief til “Fest-
+salen i Hotel Bristol”. Efter
+Brevene fra Møller-Jensen at
+dømme synes det som vi har
+været heldige med vort Arbejde.
+Men maaske De har været der-
+henne for at se paa Salen, der
+var jo ogsaa andre der havde
+[2]
+Opgaver der: Wagners f. Eks. 
+Hvorledes gaar det med Pietro
+Krohns Mindetavle er den ikke
+afsløret endnu?
+Godt var det at jeg fik arrangeret
+det saaledes at jeg kom ud at
+rejse og fik nogen Frihed for
+de daglige Bekymringer. Jeg
+var saa nedbrudt at jeg troede
+at jeg var bleven fuldstændig 
+knækket for Resten af mit Liv – 
+ja jeg havde Fornemmelsen af 
+at jeg ikke kunde have overlevet
+en Vinteren i København. Men
+det synes De maaske er overdrevet.
+Men faktisk er det at jeg endnu
+ikke føler mig helt i Vigeur.
+Naar jeg netop i Dag skriver til
+Dem, saa er det en ydre Aarsag
+som bringer mig dertil (det er bortset
+fra et par Breve til Møller-Jensen) det
+første jeg skriver hjem). Den skal jeg
+nu straks komme til. 
+[3]
+De ved at jeg som Regel ikke
+Synes det er rigtigt at Kunst-
+industrimuseet alene interesserer
+sig for Køb af gamle Sager, skøndt
+naturligvis gamle Sager og navnlig
+gamle kunstneriske Brugsgenstande
+bør findes der.
+Jeg har naturligvis paa denne
+Rejse gennem Italien, Frankrig 
+og Spanien set en masse Antikvi-
+teter, som jeg derfor ikke har
+kundet undgaaet at blive forelsket i, og
+jeg har ofte tænkt paa Dem og
+Museet; men jeg har renonceret a
+slaaet dem af Hovedet Tanker. 
+Men her i Sevilla ser jeg saa
+mange Sager som er til at faa
+for en rimelig Pris, at jeg i Dag
+besluttede at skrive til Dem og
+spørge om De ikke vil have jeg
+skal købe nogle til Dem.
+Det er nav[n]lig de spansk-mauriske
+Ting jeg tænker paa.
+[4]
+Jeg fandt saaledes i Dag en Samling 
+Lüstrefade (Reflex metalliques) 24 Styk-
+ker Store og smaa hvoraf 20 gode.
+Han vil ikke sælge enkelte. Hele
+Samlingen koster 4000 Pesetas (100 Pesetas =
+107 franc) = 70 Kroner omtrent) Efter
+lang Parlamenteren fik jeg ham til
+at indlade sig paa at sælge Halvdelen
+12 af de bedste — udvalgte af mig – for
+3000 Pesetas. Efter hvad jeg kender 
+til Priserne er dette ikke dyrt. Jeg
+vilde saa for min Ulejlighed beholde
+et Fad, jeg elsker de Fade —
+Ogsaa en maurisk Krukke c 28 ctm høj
+med trykkede Ornamenter i en graa brun
+Masse. En grøn-brun Glasur (melado)
+Fabrik Cordova. Pris 80 Pesetas. 
+Et maurisk Bronzelod forestillende en And.
+100 Pesetas, 10-15 ctm høj. Og saa fremdeles
+Azulejos fra alle Tider[,] dyrest naar de
+er ældst — fra 1 Pesetas til 1000 Pesetas.
+Skal jeg købe købe Noget saa svar mig
+omgaaende — Saa nu har jeg lettet mit Hjærte.
+Mange Hilsner fra os til begge
+Deres hengivne
+J.F. Willumsen</t>
+  </si>
+  <si>
+    <t>Perioden 1890-1894</t>
+  </si>
+  <si>
+    <t>Paris
+Rue des Fourneaux</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/erkf</t>
+  </si>
+  <si>
+    <t>9 rue des fourneaux 16 Juni
+Kære Hannover
+Tak for Aviserne og Tak for Brevet.
+Jeg agter at skrive til Dem en af de
+første Dage, i Dag staar jeg lige i
+nogle ceramiske Experimenter, jeg
+har faaet Galde[?] Petersen til at
+tegne Fadet, han haaber at Teg-
+ningen maa være passabel, an-
+gaaende Grækerinden har jeg intet
+tilgode tværtimod jeg skylder for
+Fragten fra franske Grændse og
+til København;
+Mange Hilsener fra Familien
+Willumsen 
+til Dem[,] Christiansen og andre
+gode Venner.</t>
+  </si>
+  <si>
+    <t>1894-08-02</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/wExR</t>
+  </si>
+  <si>
+    <t>9 rue des Fourneaux Paris
+2 August 1894
+Kjære Hannover 
+Som De ser, kjære Ven,
+af vedlagte Brev, har jeg
+forlænge siden gjort Alvor
+af det at skrive til Dem;
+Men det forhindre mig
+at afsende det, da vi
+modtog Brevet som meddelte
+Sorgen over Deres kære
+Faders Død, som paa Deres
+Vegne rørte os meget,
+senere hen har vi svævet
+i mellem Liv og Død,
+[2]
+hvis jeg skal udtrykke
+mig saadant, Relieffet
+i ”naturlig Størrelse” havde
+jeg begyndt paa i Juni
+Maaned, Midlerne til
+at lave det for var ikke
+tilstrækkelige[;] vi anskaffe-
+de, for omtrent alle de os tilsendte
+Penge, Materiale og Redskaber,
+arbejde saa en halv Maaned,
+sugede paa Lappen og arbejde
+paa 8’Del Kraft Resten
+af Maaneden af Mangel paa
+Penge, vi kan ingen Vejne
+komme der vil bruges
+mange Penge og desuagtet
+[3]
+under vore afmaalte Forhold
+meget lang Tid her i denne
+dyre By at faa det færdigt[;]
+vi har da i denne senere Tid
+ligget i Underhandling 
+med Hjæmmet, vi har
+haft en ganske forfær-
+derlig[sic] drøj Tid, hvori
+vi har lidt saa meget
+som et Menneske kan taale
+af Mangel paa Tillid
+og Tro, og til alt hvad jeg
+har gjort har der ingen
+Mening været om Rigtighed
+[4]
+hele min Virksomhed har
+været en Fiasko, og jeg
+faar det at høre baade
+fra København og herfra
+mellem mine Bekjendte
+her, kun mine Svigerfor-
+ældre danner en Undtagelse
+de har[,] om ogsaa engang
+imellem Troen paa mig
+vakler[,] haft tilsidst en Tro
+paa mig og ved Raad og
+Daad, som De selv kjære
+Ven ogsaa har haft det, jeg
+har … under de strenge
+Tider en Støtte i hvad De
+[5]
+har sagt til mig og skrevet
+om mig, som jeg er Dem
+meget taknemlig for. De
+kan forstaa under saa-
+danne Forhold naar
+Hjærnen arbejder og springer
+i Øst og Vest for at finde
+et Punkt hvortil jeg
+holde mig fast saa
+jeg kan blive stærk,
+at man har ondt ved
+[at] sætte sig ned og skrive et
+Brev, i detmindste et Brev
+som skal være kærkomment
+til en Mand som i de
+[6]
+sidste Aar selv har gennem-
+gaaet saa drøje Tider;
+Derfor undskyld mig
+at jeg ikke skrev til
+Dem lige straks.
+Næste Gang nærmere
+bestemt, og vort Fremtidige.
+Endnu et Spørgsmaal:
+Galde[?] Petersen er meget
+nysgærrig efter at vide 
+om De har modtaget
+Tegningen af Tallerkenen
+Deres Ven
+J.F W. 
+Hils Rohde og andre gode Venner
+Hilsen fra min Kone</t>
+  </si>
+  <si>
+    <t>1904-08-04</t>
+  </si>
+  <si>
+    <t>Louiselund
+Mariager</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/rBcO</t>
+  </si>
+  <si>
+    <t>[i Hannovers hånd med blyant:]
+Christiansen
+Louiselund ved Mariager
+d: 4 Aug 1904
+Kære Hannover!
+Jeg var kun i Byen et Par
+Dage for at ordne noget ved en
+Vogn i Haandværkertoget. Jeg fik
+først Deres Kort da jeg kom
+tilbage hertil i Gaar Eftmd: fordi
+al min Post dirigeres herover
+fra Posthuset uden at sendes 
+til Holbergsgade. Jeg vilde gærne
+have talt et Par Ord med Dem
+for at høre hvorledes De og Deres
+Familie befinder sig og jeg satte
+mig derfor udenfor Hotel Bristol
+for om muligt at kapre Dem naar
+De var sluppen fra de Herrer som
+De gik sammen med, men De slap
+mig af syne uden at min Hensigt
+lykkedes. Vi bor i et Hus med en dejlig gammel
+Frugthave lige uden for Mariager og
+[2]
+vi agter at blive her foreløbig til
+1ste September. Siden 1ste Juli har
+vi nydt godt af den enestaaende
+Sommer, gid det maa vare ved. 
+Drengen trives storartet og min Kone
+tilbringer det meste af Dagen i et Kirse-
+bærtræ eller i Stikkelsbærrene. De har
+det forhaabentlig ogsaa dejligt ude i
+Bagsværd og hypper Deres Kartofler
+i Fred naar De er fri for Museums-
+tjenesten. Jeg traf Rohde i Byen
+og talte med ham, han har jo desværre
+været ret alvorlig syg i Paris og var
+nu nylig kommen hjem, noget
+tidligere end paatænkt. Nu vilde
+han blive i København foreløbig.
+Har De set noget til ham?
+Slott-Møller saa jeg en Dag
+fare forbi i en Droske, men jeg
+aner forøvrigt ikke hvor han eller
+Konen opholder sig.
+[3]
+Jeg har meget travlt med forskellige,
+Kunsten ret uvedkommende Sager,
+forøvrigt hænger jeg i med Illustratio-
+nerne til “Krig og Fred” afvekslende med
+at jeg maler en Ko i Tordenvejr.
+Med … mange Hilsener til Dem
+og Familie fra min Kone og Deres
+hengivne
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1905-09-09</t>
+  </si>
+  <si>
+    <t>Avenue de Saxe
+Paris</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/R6FI</t>
+  </si>
+  <si>
+    <t>59 avenue de Saxe. Paris. 9 Sept 1905.
+[med blyant i Hannovers hånd:] Willumsen
+Kære Hannover.
+Saavidt jeg forstaar er De i
+Komiteen for Hørup Monumentet,
+og jeg mener derfor at det er
+det rigtigste at jeg underretter
+Dem om at i Dag er afsendt
+til “Politiken Østergade” en Kasse
+der indeholder Skitzerne til Monumentet.
+I Kassen er:
+1) Et Studiehoved af Hørup lavet
+efter Riises Fotografier (dengang
+var Hørup 60 Aar). Busten
+skal ikke representere Hovedet
+paa Monumentet, hvor Hørup
+skal have en Alder af 40-50 Aar
+[2]
+2) En Statuette af Hørup
+omtrent saaledes som han skal
+staa paa Monumentet.
+3) En mindre Skitze af Gips af
+Sammenstillingen af begge
+Figurer paa Monumentet.
+Der skal nemlig være en
+Bondemand derpaa.
+4) Et lille foreløbigt Udkast
+til Bondemanden. Men han
+har destoværre ikke den rigtige
+Karakter; men her hvor jeg
+er, er det jo umuligt at gøre
+Studier til en dansk Husmand,
+og de fine Nuancer imellem
+Bondetyperne er umulig at huske.
+5) En Tegning med Farve af
+Monumentet med Sokkel
+[3]
+saaledes som det vil komme
+til at se ud nNaar det staar
+i Naturen; Naturligvis er det
+ikke min Tanke at det skal
+stilles op i Omgivelser der sva-=
+rer i Karakter til dem jeg
+har tegnet paa Tegningen.
+Maatte nu mine Udkast
+falde i Deres og Komiteens
+Smag. De maa selvfølgelig 
+kun betragtes som foreløbige
+Udkast. Jeg ønsker saaledes 
+under Udarbejdelsen at faa
+mere Ung Mand[d]om, Kraft
+og Revolution langt ind i 
+Billedet. Med Hensyn til
+Ligheden af Hørup saa er
+[4]
+det jo en Side ved Sagen der
+har mindre Vigtighed at faa
+udtrykt i de foreløbige Skitzer
+jeg allerede har lavet.
+Nu kommer Prisen: Jeg
+har her ladet en billig Bronsestøber gøre
+et Tilbud, saa jeg kan
+sige hvad Prisen omtrent vil blive.
+Naar Hørup gøres 4 Alen 18 “ høj
+det er godt 1½ Gang naturlig
+Størrelse, vil Monumentet
+kunne gøres for 25-26000 Kr
+alt iberegnet.
+Kan disse Penge ikke tigges
+sammen, saa kan man jo
+skære Bondemanden bort, med
+[5]
+tilsvarende Stykke af Soklen.
+(Det vil efter min Mening være
+en kedelig Operation), det
+vil da kunne gøres for
+15-16000 Kr.
+Soklen kan gøres af røde Sand-
+sten, af samme Slags som
+dem Frihedsstøtten er lavet af.
+Den maa sættes sammen af
+mange mindre Sten, paa den
+Maade vil den ikke blive saa
+dyr.
+Hvis De nu ikke har noget
+med dette Monument at gøre,
+vil De saa have den Godhed
+[6]
+at lade dette Brev gaa til
+rette Vedkommende.
+Kassen gaar som Ilgods og
+vil være i København omkring
+den 20 Sept. Kan saa Mødet
+ikke blive afholdt straks
+efter at Politiken har modtaget
+Skitzerne, da jeg meget gærne
+vil have Besked paa Sagen
+for at før 1 Oktober, saa 
+jeg kan ordne mine Sager
+og komme hjem ved Flyttedagstider
+der her er 15 Okt. Jeg glæder
+mig meget til at komme hjem
+igjen. Min[e] bedste Hilsener
+J.F. Willumsen. 
+[7]
+P. S. 
+Jeg er bange for at naar Kassen
+kommer til Politiken at saa
+Cavling sender en Trykkeridreng
+med for at lukke den op og tage
+Tingene ud, … der jo er meget
+skøre, og han vil naturligvis
+ikke forstaa at tage varsomt paa
+dem. Ligeledes er jeg angst
+for at Toldvæsnets Arbejdsmænd
+skal være for ligegyldige. Kan
+De ikke tænke lidt over hvorledes
+at vi kan undgaa at Tingene
+bliver mishandlede og snakke
+med Cavling derom.
+Med det samme benytter jeg
+Lejligheden til at takke for Deres
+Arbejde med min Artikel. Deres
+Arbejde har været stort. Naar
+jeg ikke har takket Dem før
+[8]
+saa har Grunden været den at
+jeg blev saa fløjtende gal paa
+— mig selv, da jeg saa den
+i Bladet fordi jeg igjen havde
+været saadan et Kvaj til at
+skrive, at jeg ikke forstod at
+at[sic] Sætningerne paa den rigtige
+Led med Hovedet op og Benene ned
+var sin Sag; men at jeg ikke
+engang havde den rigtige for-
+domsfulde autoriserede Avismening
+var meget værre. Naa jeg havde 
+nær glemt hele den Historie, var
+jeg den ikke forleden bleven opfrisket ved
+at jeg for mit 4 Dages Arbejde modtog
+en mægtig Sum af 20 Kr.
+Modtag nu mine bedste Hilsner
+baade til Dem selv og Karen
+Deres hengivne
+J. F. Willumsen</t>
+  </si>
+  <si>
+    <t>1909-12-09</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Owo9</t>
+  </si>
+  <si>
+    <t>[med blyant i Hannovers hånd:] Hentze
+München 9. December
+1909
+Kære hr Emil Hannover
+Tak for Deres venlige Brev, det er godt for
+mig at mærke, at jeg har Venner. – Ja 
+jeg er ikke glad, ikke tilfreds, hvad værst er
+heller ikke med mig selv. De har Ret i hvad
+De har set, mine Tegninger koster mig Kva-
+ler, Sjælskvaler, tit arbejder jeg i Pine og
+sjælden i Lyst. Jo ældre jeg bliver – og nu
+er jeg i den Alder hvor andre har Ro –
+jo mere kæmper jeg med mig selv. Tro
+ikke at jeg overdriver naar jeg nu fortæller
+Dem at jeg kan græde af Fortvivlelse og
+ligge sløv timevis derefter. Jeg spørger da
+mig selv alvorligt, hvad har Du som Du 
+vil male, har Du et Motiv, et nok saa
+ringe saa vil jeg sige Dig fri, men Ma-
+leren har intet. Og dog kan jeg ikke 
+undlade at tegne og male men det er 
+som om det var onde Aander som drev
+mig til det. Ingen kan sige mig saa
+haard og ond en Dom om mine Arbejder,
+jeg kan jo dømme tifold saa ondt. – Har
+andre det ikke saadan, lider de ikke, 
+gaar de med Glæde daglig til deres Ar-
+bejde, lægger sig glade til Hvile? Det eneste
+som trøster mig er den Følelse at jeg ud-
+vikles i Forstanden, jeg har lært umaa-
+delig meget som Maler i de 1½ Aar, jeg
+nu har været i Tyskland. Jeg har nu
+lært saa meget, at jeg véd at jeg har væ-
+ret en Idiot, aandssvag, at _Maler_kunsten
+har været mig en lukket Bog, det har
+jeg lært gennem de franske Impressio-
+nisters Billeder som jeg har set her og i 
+Berlin, hvor jeg boede forforrige Vinter.
+Men den Gang forstod jeg det ikke som nu,
+jeg saa kun de smukke Farver som jo
+[i venstre margen:] 
+Jeg ved fra Siegfried Wagner, at De har lagt et Ord ind for mig for Kristiansborgs Udsmyk-
+ning, jeg vilde være meget glad om det blev til noget, jeg skrev i sin Tid (for et halvt
+Aars Tid siden) til Arkitekten og tilbød min Hjælp men fik aldrig Svar.
+[2]
+i sig selv fryde et Malerøje. Grun-
+den, Aarsagen til disse Farver er først 
+gaaet op for mig i München ved at
+se de tyske Maleres fortvivlede Skade-
+hop for at efterligne den franske Flugt. 
+Nogle af Münchenerne imiterer ganske raat, 
+men netop hos de originaleste og bedste –
+den bedste er for mig Leo Putz, ser jeg ret
+Forskellen mellem dem og dem som
+fransk Kunst. Den gode Münchener 
+Kunst er fed og bred og velbehagelig,
+De kender hans fede, bare Piger som gasser
+sig paa Ryggen med en Rejseplaid under 
+sig i det Grønne. Men altsaa, Maler
+vil og maa jeg blive og til Paris maa jeg,
+først og fremst, der har jeg ikke været
+endnu. Desværre er jeg nødt til foreløbig
+at blive i München, jeg er bunden til 
+et Atelier som først kan siges op til
+1ste Jan med 5 Maaneders Varsel og des-
+uden har jeg Gæld som jeg ikke kan væer
+bekendt at løbe fra. Altsaa maa jeg
+blive her og søge at opfylde mine Pligter,
+lykkes det mig ikke – hvad det ikke
+ser ud til – maa jeg lade mig pante
+og hælde ud, men saa beholder jeg jo
+knap Skjorten paa Kroppen. Men saa
+rejser jeg saasnart jeg kan da. Min
+Kone og mit Barn er for en Uges Tid
+siden rejste til København og bor
+der sammen med en Svigerinde af mig.
+Jeg er altsaa her ganske alene som
+da jeg var ganske ung, og lige saa fattig
+som da. Jeg lever her som Eneboer, spiser
+Figen, Snegle og Ræddiker, steger mine
+Kastanier drikker Vand og Vin dertil.
+Jeg ryger ikke og drikker kun sjælden Øl.
+[i venstre margen:] 
+Jeg skriver i Dag til Peter Nansen og vil De skrive ham, at han sender Dem et
+Indbundet Exemplar af Marie Grubbe, men forøvrigt tror jeg han enten alt 
+har gjort det eller har i Sinde at ville gøre det, Bogen er nemlig endnu ikke kommet
+indbunden ud.
+[3]
+Jeg bliver slankere hver Dag. Forresten 
+er jeg saa rask som jeg ikke har været i 
+ti Aar og det er jeg blevet her i München,
+naar jeg har siddet lidt springer jeg op og 
+gør Arm og Benbevægelser, jeg gaar ogsaa
+nu i Svømmebad, springer i det kolde
+Bassin, er aldrig forkølet, min kroniske
+Bronchitis er ved at høre op, det volder
+den dejlige rene og høje Alpeluft, som 
+spores lige her til München – De skrev
+jeg maatte ogsaa gærne fortælle Dem
+naar der hændte mig noget glæde-
+ligt – altsaa min Sygdom, den tunge
+Uaand som har hvilet over mig siden
+min tidlige Ungdom, synes at skulle
+vige. Og med den legemlige Sundhed
+vil jeg maaske i min Kunst blive
+sundere. Naar blot jeg saa ikke bliver
+bestandig syg af Klimaet, syg af Kunsten i Dan-
+mark, hvis jeg vender Næsen hjem.
+Der er – og det føler jeg naar jeg læser dan-
+ske Aviser – Kælderluft i Danmark
+og skal jeg blive der aarevis bliver jeg
+stadig syg, det føler ved jeg vist. Og fra Stipendiet
+kan jeg ingen Hjælp vente, det ser 
+jeg klart, det Raben-Lewetzauske er
+vel nu uddelt, Jeg havde, foruden fra
+Dem, Anbefalinger fra Nyrop, fra Zahrt-
+mann, fra Dorph og fra Knud Larsen.
+Og mange Købere har jeg da heller ikke
+haft i Danmark, jeg har i de sidste
+Aar nærmest levet af Tiggeri og Platten-
+slagerier og for at undgaa det rejste jeg,
+Jeg tænkte at mit Talent skulde have
+hjulpet mig til at kunne klare mig
+ved mine Hænders Gerning, men mit
+Haab er slaaet fejl. Foreløbig i 
+[i venstre margen:]
+Det gør mig uhyre ondt at De ikke synes om min Andersens
+Æventyr, det var et stort og alvorligt Arbejde fra min Side, men 
+som det første Illustrationsarbejde i mit Liv havde jeg 
+[i margenen foroven:]
+ikke nok Erfaring og nu vilde jeg kunne ordne det bedre.
+[4]
+Kunde De ikke tænke Dem et Menneske i 
+Danmark, som skulde ville bestille
+hos mig Visen om Aage og Else i 5 smaa
+Billeder lignende dem som jeg har malet
+til Peter Hansen og andre. For 120 Kr for alle
+vil jeg male dem og De vil blive meget
+skønne, Visen har ligget mig paa Sinde 
+i mange Aar og nu kan jeg male den. 
+Den bliver ikke i gammel ”Stil”, jeg vil
+fange Sommernatten ind gennem min
+Erindring, jeg kunde gøre det meget
+smukt, men jeg har ikke Kaar til
+at samle mig om det. Det er Maane-
+ders Arbejde og jeg skal leve. Kender
+De en dansk Mand som har Penge
+og som vil give dem ud paa mig og
+mit Arbejde, han kunde faa et Billede
+hver Maaned og behøver ikke at være
+bundet, hvis han ikke syntes om det
+første. Ellers har jeg et lille Billede, med 
+Motiv fra Boccaccio ”Døden i Rosenhaven”
+som jeg har malet forrige Vinter og har
+haft udstillet paa Secessionen her,
+maa min Svigerinde bringe Dem det,
+hvis De synes om det og hvis De ken-
+der nogen som De kunde tænke Dem
+vilde købe det for 150 Kr, da vilde De
+gøre mig en Tjeneste ved at forsøge at
+sælge det for mig. Men – jeg betoner det –
+jeg vil hverken nu eller hvis jeg følger
+Deres Raad og vender hjem paa nogen
+Maade drage Dem til Ansvar (som De skriver
+i Deres Brev) det er en af de Ting, som
+ligger fjærnest fra min Natur, at klage
+mig og vælte Ansvaret over paa andre,
+jeg er egensindig, men bærer paa alt
+Ansvar selv, men jeg vil være Dem altid
+[i venstre margen:]
+taknemlig for hvad De kan og vil gøre for mig.
+Deres hengivne Gudmund Hentze</t>
+  </si>
+  <si>
+    <t>1918-04-12</t>
+  </si>
+  <si>
+    <t>Joakim Skovgaard</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/04mY</t>
+  </si>
+  <si>
+    <t>Foroven over dateringen med blyant med Emil Hannovers hånd: Skovgaard, Joakim
+Rosenvænget 12 April 1918
+Kjære Direktør E. Hannover!
+Angående mit tilbud til Museet,
+så må De forstå sagen således,
+at jeg meget, meget hellere vil se
+Fru Johannessens væv i Museets
+eje, end beholde de 1200 Kr. De
+så smukt har skaffet mig, hvis de
+kan hjælpe til mit ønskes opfyldelse.
+Jeg har det håb, at De vil kunne
+skaffe de manglende 800 Kr, selv
+om De ikke når at skaffe mere, og at
+det må ske snart. Jeg glæder mig 
+sådan til at kunne meddele Fru
+Johannessen det.
+På dette tidspunkt er det mig der
+har modtaget, og jeg takke Dem meget,
+men se nu at få sagen i orden, mit
+[2]
+tilbud er ingen flyvegrille.
+Er det bedst at kalde Jomfruen
+”i ormeham” eller ”af ormeham”?
+Med venlig hilsen
+Deres 
+Joakim Skovgaard.
+E. S.
+Forleden havde jeg besøg af Th. Jørgensen,
+han skulde til Aarhus, for at se at
+skaffe pengene. Spurgte mig om, såfremt man
+ikke vilde af med så stor en sum, om jeg
+da selv vilde dekorere væggene, istedenfor
+at beklæde dem med gobelin, hvortil jeg
+svarede, at det havde jeg ikke lyst til.
+Og det har jeg ikke. Billederne er tænkt i
+væv, og jeg kan se hvor gode de kan blive så-
+dan. Jeg vil hellere være fri mand, lave
+hvad jeg lyster andensteds.
+J.S.
+Jomfruen er nu i København, og blev vist i dag 
+bragt til Christiansborg.</t>
+  </si>
+  <si>
+    <t>1922-12-17</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/gQc3</t>
+  </si>
+  <si>
+    <t>Foroven med blyant med Emil Hannovers hånd: Skovgaard
+Derunder med blæk med Emil Hannovers hånd:
+besv. 
+18/12 . 22
+Rosenvænget 17 – 12 – 1922
+Kjære Direktør Hannover!
+Så vidt jeg ved interesserer De Dem meget
+for Willumsen og hans kunst, så jeg
+måske kan få Dem til også at interes-
+serer [!] Dem for en plan, jeg går svanger med.
+Jeg vilde så gærne se at få Staten til at
+bestille et større arbejde hos ham, og
+forsøge ved hjælp af Akademiet at
+påvirke ministeren i den retning. Men
+Deres hjælp må jeg også have. Det skulde
+gærne ske nu, da han næste år 7/9 fylder de
+60. Jeg har hørt et forlydende om, at han
+er begyndt at føle sig for gammel til at gå
+i lag med noget større helt nyt, (om det er
+rigtigt, ved jeg ikke) men at han meget ønsker
+sig sat i stand til at fuldføre noget alle-
+rede påbegyndt, et billedhuggerarbejde.
+Om det er den frontespis, eller hvad, som
+jeg for mange herrens år siden så påbegyndt
+ude i Hellerup, ved jeg ikke. Ved De det?
+[2]
+Nu vil det formentlig være lettere, eller mindre
+svært at få ministeren til at interessere
+sig for sagen, hvis vi kunde henvise til
+et sted det vilde være passende at anbringe
+kunstværket; og her ligger det nær at tænke på
+den nye kunstindustrimuseumsbygning.
+Hvad siger De dertil? har De en plads?
+eller kan De indrette en? har De lyst at
+være med til at realisere planen på denne
+eller en anden måde?
+Tilgiv skriften, jeg ligger i sengen idag.
+Det er jo ellers bedst ikke at omtale sagen.
+Og så er der min mosaik, som nu støbes
+fast i cement. Kan jeg med megen tak for
+lån aflevere maleriet når som helst og
+få min karton ”tiger og gaseller” tilbage
+når som helst, eller skal det være på en
+bestemt dagstid, mulig dag? Skal jeg i
+forvejen meddele når sagerne ombyttes, og
+i så fald, hvor længe i forvejen?
+Tak for Deres brev angående eventuelt
+køb af mosaikken. Derom kan jeg sige,
+at der kan blive tale om at udstille den i
+Stockholm denne vinter, og det er vel ikke
+utænkeligt, at de der vilde spendere nogle
+[3]
+penge på at købe den. Foreløbig er jeg til
+sinds at sætte 6000 Kroner som en passende pris,
+men jeg kunde tænke mig at slå af, hvis jeg
+kunde sælge den til et passende offentligt 
+Sted [!] her i København, fordi jeg selv regner
+dette stykke for noget af det værdifuldeste
+indenfor min produktion, og trods visse
+fordele ved maleriet, mosaikken alligevel
+for det egentlige. Jeg har på visse punkter selv
+tildannet og lagt stenene. At en tanke
+udføres i det materiale i hvilket den er
+tænkt, er så afgørende, ikke mindst, når for-
+arbejdet, maleriet ikke er længere borte, end
+at sammenligning er mulig. Det er blot så meget
+interessantere. Jeg kan også tænke mig lempe-
+lige afbetalingsvilkår.
+Jeg kan måske i en nær fremtid imødese
+Deres svar, navnlig på spørgsmålet ang.
+Willumsen og afleveringen. Ang. Willumsen
+vilde det være rart at have det senest onsdag.
+Med venligste hilsner
+Deres hengivne
+Joakim Skovgaard</t>
+  </si>
+  <si>
+    <t>1899-07-04</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ky6r</t>
+  </si>
+  <si>
+    <t>4 Juli 1899
+Kære Rohde
+Tak for Brevet i Anledning af
+vor lille Piges Fødsel. Tak ogsaa
+for det 2det af de store Breve fra
+Sicilien, som jeg havde megen Glæde
+af og stort Udbytte. Jeg kunde naturligvis
+forlængst have kvitteret for dets Mod-
+tagelse; men jeg kunde ikke samle mig
+til et ordentligt Brev, og jeg vilde ikke
+nøjes med at takke for det med et Par
+Linjer. Naa, saa gik jo Tiden, – Lang-
+somt nok forresten, for det var jo en
+Ventetid, der ovenikøbet blev længere
+end beregnet. Omsider indfandt dog
+den lille Tøs sig. Det var d. 19 Juni,
+og alt gik saa vel og let, at min
+Kone bagefter (hun havde heller ikke
+knyet, medens det stod paa) erklærede,
+at ”det gjorde egentlig ikke ondt.” I
+gaar var det 14 Dage siden. Hun er
+allerede oppe hele Dage, har været
+baade ude og køre og gaa og kan ikke
+mærke andet til det hele, end at hun
+har faaet Brystet fuldt af Mælk.
+Hun ammer selv Barnet, og dette
+trives foreløbig udmærket. Alligevel
+[2]
+vover jeg endnu ikke ret at glæde mig
+over det. Jeg er saa dødelig angst for at
+miste det. Men jeg haaber, Angsten
+noget vil fortage sig, naar Barnet er
+ude over den Alder, hvori vor lille
+Dreng døde.
+Det er jo overhovedet det triste ved
+at blive ældre, at man ikke længere
+har nogen Glæde helt ubeskaaren.
+Hvor meget lifligere vilde det ikke lyde
+i mine Øren at høre vor lille Pige
+skrige, hvis jeg ikke altid maatte tænke
+paa min lille Dreng, der græd. I alle
+glæder blander der sig saaledes bitre
+Minder om tilsvarende Glæder, man
+har haft, men mistet. Saaledes gaar
+det i hvert Fald mig. Jeg har afvexlende
+ejet meget og mistet meget, og de Tab,
+jeg har lidt, forbitrer mig altid noget af Nydelsen
+ved de Erstatninger, jeg har faaet. Derfor
+kan jeg ikke være enig med Dem i, at
+Skæbnen var mig saa særlig huld,[?]
+da den i sin Tid ramte mig saa haardt.
+De véd ikke, hvad det vil sige at
+have det saaledes med fem Aar af
+sit Liv, end og fem af de bedste, at
+ingen tør tale med En derom, og at
+man ikke heller selv tør tænke paa
+[3]
+dem, fordi alle Minder fra dem, selv de
+smukkeste, er blevne forgiftede og forbitrede.
+Jeg ved meget godt selv, jeg ved det vistnok
+bedre, end andre maaske tror, at Opløs-
+ningen af mit første Ægteskab paa en vis
+maade har været til min Gavn. Jeg
+vilde dog ikke kunne sige hvorledes, uden
+at tale mere anerkendende om mig selv,
+end det egentlig ligger for mig. Men jeg ved
+ogsaa godt og bedre end nogen anden kan
+vide, at jeg ikke er gaaet ud af hin
+Katastrofe uden stort Tab af den gode Tro
+til Livet, uden hvilken Livet synes mig
+en uafbrudt Række af Vanskeligheder
+at overvinde. –
+Men lad os tale om noget andet. Jeg
+skriver dette i Museet, og foran mig
+ligger Deres Møbeltegninger. Hvilket
+Arbejde De dog har nedlagt i dem! Jeg
+synes om de fleste; jeg holder overordentlig
+meget af enkelte; jeg finder i dem alle
+en Stil, der ikke ligner andres, – det
+skulde da være de gamle Etruskers. Er
+det galt? Eller er det rigtigt, at det er den,
+… for, jeg ikke kan se paa disse
+Tegninger uden at mindes, at de er gjorte
+i Italien? Jeg kan ikke med Bestemthed
+paapege, at dette eller hint er etruskisk,
+[4]
+men alle Deres Møbler synes mig
+at være af saadan god gammel Familje,
+der minder mig om hint udmærkede
+Folkeslag. Dog er der et Par, som jeg
+ikke rigtig kan forsone mig med,
+navnlig dem, hvis Grundform er denne:
+[tegning af geometrisk figur] Det er ikke Grundformen selv, jeg
+har noget imod, i hvert Fald ikke saa
+længe Siderne er ligelinjede. Men det
+er de lodrette Linjer, De indlægger i
+den. Tag F.ex. Kommoden med de. to
+rektangulære Døre. Allerede paa Tegningen
+ser det bedragerisk ud, som om de
+lodrette Linjer løb sammen opefter (en
+Følge af, at de udgaar fra samme
+Punkt som de fra hinanden løbende
+Sidelinjer i Møblet[)]. Endnu mere vil
+det sikkert synes saaledes i det ud-
+førte Møbel. Værre forekommer det
+mig dog, at hele det Hjørne, jeg
+her sgrafferer [tegning af geometrisk figur med skraveret område], ikke indgaar
+konstruktivt i det Hele, men blot er
+Atrap. Langt bedre synes denne Grund-
+form mig egnet til at at have en
+horizontal Inddeling med Skuffer,
+der gaar helt ud til Sidelinjenrne, altsaa
+saaledes [tegning af skuffefront]
+[5]
+Men dette er jo kun en Bagatel
+i Forhold til den store mængde
+udmærkede Ting, Tegningerne indeholder.
+Blot nu nogle af dem maatte blive
+udførte; men om nogle Dage rejser
+Krohn til Italien for flere Maaneder,
+og jeg tvivler om, at han forinden
+faar truffet noget Arrangement i
+denne Retning. Noget forskrækket tror
+jeg, han blev ved at se, hvormeget
+De havde anvendt paa Tegningerne.
+Om disse bliver udførte eller ej, skal
+jeg imidlertid nok sørge for, at Mu-
+seet beholder dem. Gør Krohn Vanske-
+ligheder, køber jeg dem til Bibliotheket;
+men i saa Fald maa De vente til
+Nytaar med Betalingen. Hvor meget
+koster de? –
+Tak for de opmuntrende Ord, De skrev
+om mit Arbejde. Det er skredet ganske
+godt frem; men nu vil jeg følge
+Deres Raad og lægge det bort i nogle
+Maaneder. Det var naturligvis
+dumt, at jeg tillagde Christiansens
+Gaben nogen Betydning; men jeg har
+det oprigtig talt paa det sidste noget
+smaat med mere intelligente Ex-
+emplarer i min omgang. Jeg véd ikke,
+[6]
+hvor de.. er blevne af; men jeg
+véd, jeg savner noget i saa Henseende.
+Jeg tror, jeg faar med Aarene den
+Svaghed, at jeg gærne vil, at Folk
+skal holde af mig. Men Folk synes
+ikke at have en tilsvarende Svaghed
+overfor mig.
+Jeg glæder mig over at høre, at De
+ska til Ribe. Ikke blot tror jeg,
+at Ribe ”ligger bedre” for Dem end
+Italien, men dér har man Dem
+dog ogsaa lidt nærmere. Det er heller
+ikke til at udholde, at den eneste
+ene, der gælder for flere, næsten altid
+er borte. Men til Vinter bliver De
+vel i København? Saa skal De
+være god [ved] mig og komme ofte, meget
+ofte og besøge mig. 
+Send mig snart det 3die af de store
+Breve og lad der blive mindst et
+4de. Lad mig vide, hvis De kommer
+over København paa Vejen til Ribe. 
+Saa kommer jeg ind til Byen (vi
+flytter om nogle Dage til Bagsværd)
+[7]
+for at være en Aften sammen med Dem.
+Vi skal sidde paa et smukt Sted og
+spise god Mad og drikke sund Vin
+og kun græde lidt over vore egne Folk,
+men le meget af de norske og tyske.
+Aubert til Nabo! Og De er ikke flygtet!
+(lad nu ikke Brevet ligge aabent paa
+Deres Bord). Jo vist er han rar,
+men han er jo en Smule splittergal
+og dertil saadan rædsom Snob efter de
+rædsomme Kunsthistorikere, De
+omtaler. Jeg kender dem personlig ikke;
+men jeg læser jo det meste af det, de
+skriver og ved, hvad det er for smaa
+og usle Pedanter, naar de da ikke er
+bare Vigtigpetere.
+Lev vel. Kom, kom snart. Paa
+Gensyn da under gode Forhold for os
+begge. Hjærtelige Hilsener fra min
+Kone og
+Deres hengivne Ven
+Emil Hannover.</t>
+  </si>
+  <si>
+    <t>1922-01-19</t>
+  </si>
+  <si>
+    <t>Gothersgade 12, 1123 København, Danmark</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/TzmB</t>
+  </si>
+  <si>
+    <t>[med blyant i Hannovers hånd:] Hentze
+[med blæk i Hannovers hånd:]
+Besv. 21/1.22:
+for i aar for sent.
+Lovet at støtte et evt. Andragende. 
+Hans Alder dog formentlig en
+Hindring. Foreslaaet Henvendelse til
+Kunstakademiet.
+Kære Hr
+Emil Hannover
+Jeg har hørt, at der var nogen Portioner af
+Raben-Lewetzaus Fond ledige, hvis det er
+Tilfældet og hvis det ikke er for sent at sø[ge]
+det – og hvis De har Indflydelse paa
+Uddelingen og vil gøre den gældende til
+Fordel for mig, vilde jeg være Dem Ta[k-]
+nemlig derfor. Jeg har ikke i mange Aar
+søgt noget Stipendium; Da jeg var ganske
+ung fik jeg ikke noget og blev træt af at
+søge uden at have Held, og i de sidste
+Aar syntes jeg ikke jeg havde Adkomst til
+at søge, hvad Andre trængte mere, men
+nu har jeg været længe syg, ligger endnu
+paa Hospitalet efter en Operation (Galde-
+blæren) og har ligget her i to Maaneder, saa
+mine Pengesager staar ikke fint. Maa
+min Hustru ringe Dem op en Dag 
+med det første eller vil De elskværdigt
+ringe op*) eller sende to Ord til min
+Adresse i Byen vil jeg som sagt være
+Dem taknemlig. Jeg haaber De lever
+vel og er rask. 
+Med venlig Hilsen
+Deres hengivne
+Gudmund Hentze
+Nu kommer jeg snart ud
+igen herfra
+pt. Diakonissestiftelsen
+[i venstre margen:]
+*) Byen 2532x</t>
+  </si>
+  <si>
+    <t>1894-10-02</t>
+  </si>
+  <si>
+    <t>Sofie Holten spørger i et brev til Emil Hannover 24. september 1894 om der i Kunstindustrimuseet findes genstande med relevans for kvindeudstillingen i København (1895) som hun på daværende tidspunkt var med til at forberede. I samme ombæring spørger hun om Hannover er i besiddelse af et katalog over kvindeudstillingen i Paris 1892. Det er sandsynligvis denne udveksling der henvises til sidst i brevet.</t>
+  </si>
+  <si>
+    <t>Sofie Holten beklager at måtte melde afbud til festen i anledning af Willumsens tilbagevenden fra Paris. Hun takker for oplysninger fra Hannover angående en udstilling i Kunstindustrimuseet og fortæller at les Arts Décoratifs arrangerede en kvindeudstilling i Paris i 1892.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/FYox</t>
+  </si>
+  <si>
+    <t>pt. Vedbæk. 2den Okt. 1894.
+Kære Hr: Hannover!
+Jeg er meget ked af at et beklageligt Uheld og et Komitémøde forhindrer mig
+i at være deltager i Festen for Willumsen paa Torsdag Aften. –
+Jeg har ærgret mig men ser ingen Udvej.
+Med venlig Hilsen
+og Tak for Brevet om Udstillingen i Kunstindustrimuseet, 1892
+foranstaltede ”Les arts decoratifs” en Kvindeudstilling i Paris
+jeg har nu faaet en Catalogue. deres hengivne
+Sofie Holten.</t>
+  </si>
+  <si>
+    <t>1896-11-30</t>
+  </si>
+  <si>
+    <t>Den omtalte artikel udkom først i 1903 under titlen "At bygge Bo og at bo i Hygge" i Vort Hjem IV, red. Emma Gad og Sofie Holten, Boligen, København 1903, side 26-50.</t>
+  </si>
+  <si>
+    <t>Sofie Holten sender forslag og instrukser til en artikel om boligens indretning der skal udgives i Vort Hjem. Hun understreger at den gerne skal have karakter af en håndbog. Holten håber, at Hannover vil påtage sig opgaven, da hun mener, at han vil være den rette til det. Hun beder ham i så fald gå igang med den snart, eftersom forlæggeren har ytret ønske om, at udgivelsen indledes med denne artikel.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/rqr0</t>
+  </si>
+  <si>
+    <t>30te Nov 1896
+32 Tordenskjoldsgade K.
+Kære Hr: Hannover;
+I mit Skema staar:
+A. Møbler. 
+a. Stilarter
+b Soliditet
+c Møblering af de forskellige Vaa-
+ningsrum.
+d. Møblernes Opstilling.
+e. Møbelbetræk. Farveforhold.
+B Tæpper. Portierer. Gardiner
+a: Stoffer.
+b. Drapering 
+c. Possementmagerarbejde.
+[2]
+C. Uhre Spejle, Kandelabre Vaser
+o. s. v.
+a: Stilarter
+b. Soliditet
+c. Opstilling. –
+D Kunstindustrielle Luksus og
+Nipsgenstande
+a: Terrakotta, Gibs, Marmor
+b. Fajance og Porcellain
+c. Glas. Keramik
+d. Broncer.
+e. Kobber, Sølv;
+f. Vævede Sager og Broderier
+g: Anbringelse af slige Genstande
+[3]
+E Vægge Udsmykning
+a. Ophængning af Malerie et.c.
+b. andre Vægprydelser. –
+F Soveværelse Udstyr:
+a: Senge
+b. Sengklæder [!]
+c. Servante – Rekvisiter et.c.
+(Alt for Voksne, Børn, Tyende). –
+G Spisestue Udstyr.
+a. Udsmykning af Bordet. –
+b. Porcellain.
+d. Glas, Karafler, et.c.
+e Knive, Gafler, Skeer.
+f. Themaskiner, The, Kaffekande
+et c.
+[4]
+Hvis vi som Hovedtitel anvender
+Boligens Indretning
+saa kan de jo godt stryge Undertitler[-]
+ne eller lave om paa dem; men kun
+vil jeg dog betone, at Værket skal være en
+praktisk Haandbog; som Folk skal
+kunne ty til for der at faa et godt
+og sundt Raad, naar de f. Ex. vil
+indrette sig en Lejlighed, og derfor maa
+hele denne Artikel falde i Afsnit. –
+Det vilde meget glæde mig om de vilde
+paatage Dem at skrive noget herom,
+thi der er jo ikke saa ganske lidt at
+[5]
+2/ baade paatale og anvise, og De ved at
+jeg finder Sagen i gode Hænder om de tog
+Dem af den. – 
+Hvad Illustrationer
+angaar, da kan vi maaske konferere
+desangaaende, naar det engang passer
+Dem.
+I en Henseende er jeg bleven no-
+get ængstelig for, at de nemlig vil gøre
+nogle Vanskeligheder; thi efter en Sam[-]
+tale forleden med Forlæggeren bad han
+mig i særlig Grad paaskynde denne Ar[-]
+tikel; da han gærne vilde have at
+Bogen eller rettere Subskriptionen
+skulde begynde med netop dette
+Hæfte; og derfor bliver jeg jo nødt til
+[6]
+at bede Dem tage fat paa den sna-
+rest mulig.
+Med min bedste hilsen
+er jeg deres hengivne
+Sofie Holten.</t>
+  </si>
+  <si>
+    <t>1910-1911</t>
+  </si>
+  <si>
+    <t>Vilhelm Hammershøi
+Ove Svenson
+Lauritz Tuxen</t>
+  </si>
+  <si>
+    <t>Brevet er skrevet på bagsiden af papir fra Bog- og Stentrykkeri Chr. J. Cato, Farvergade 8, København. Chr. Cato's litografiske Etablissement var en grafisk virksomhed, og Ove Svenson, som Find omtaler i brevet, var uddannet som litograf bl.a. herfra.</t>
+  </si>
+  <si>
+    <t>Ludvig Find introducerer Hannover for "den unge Tegner Swensson" og beder Hannover give ham en anbefaling med, når han søger det Raben-Levetzauske Legat for at kunne studere i Paris. Find henviser til to kopier udført af Svenson, hvoraf et litografi efter en akvarel af Tuxen Hannover har set udstillet.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/b2H9</t>
+  </si>
+  <si>
+    <t>[foroven med blyant med Emil Hannovers hånd:] Find
+Kære Hannover. Dette er
+den unge Tegner Swensson som 
+har lavet bl. andet den lithografiske
+Copi efter Tuxens Akvarel, en
+anden Copi efter Hammershøjs 
+Petri Kirke og flere andre originale
+Arbejder. Han søger det Raben- 
+Lewetzauske Legat for at kunne
+komme til Paris og studere videre.
+Han er et meget dygtigt og energisk
+Menneske, som De vilde hjælpe
+overordentligt ved at give en An-
+befaling. Jeg ved at De kender
+Billedet efter Tuxen. Det var
+fremme paa Hirschsprungske[?] Udst.
+Venlig Hilsen til Dem og Deres
+Kone
+Deres heng. 
+Find.</t>
+  </si>
+  <si>
+    <t>Efter april 1886</t>
+  </si>
+  <si>
+    <t>"Klikken" må henvise til Johan Rohde, Rasmus Christiansen, Harald og Agnes Slott-Møller og Sofie Holten. Kliken omtales i Emil Hannovers ungdomserindringer (Emil Hannover, Erindringer fra Barndom og Ungdom, red. H.P. Rohde (København, 1966), p. 162).</t>
+  </si>
+  <si>
+    <t>Hannover takker for en tegning af Rohde, som han og hustruen har modtaget som gave fra "Kliken".</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/cQtZ</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Tusind Gange Tak for Deres smukke
+Tegning. Vi tro at vide, at det har været et
+Offer for Dem at træde ud af den Hemmelighedens
+Kappe, hvori De ellers svøber Dem, og vi er
+Dem derfor dobbelt taknemlige. Vi betragter
+”Klikens” Gave som en af vore bedste Ejendele 
+og modtager den som en skattet Erindring om 
+de gode Venner og Veninder.</t>
+  </si>
+  <si>
+    <t>1887-03-04</t>
+  </si>
+  <si>
+    <t>Sofie Holten inviterer Hannover over til te. Hun takker for hans afhandling om Zwinger-paladset, som har underholdt hende meget.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/J7RC</t>
+  </si>
+  <si>
+    <t>Nørrevoldgade 25.
+4 Marts 1887 –
+Kære Hr: Hannover!
+Har de ikke lyst til at komme og drikke The i mit Hjem i Morgen
+Aften, Lørdag: Jeg vil se at faa Fingre i et Par andre af ”Klikken”
+desværre forbyder Pladsen at samle dem alle –
+Tak for ”Zwinger” jeg morede mig fortræffelig og fik megen Respekt
+for dem.
+Med venlig Hilsen
+Deres hengivne
+Sofie Holten</t>
+  </si>
+  <si>
+    <t>1891-03-20?</t>
+  </si>
+  <si>
+    <t>Agnes Slott-Møller</t>
+  </si>
+  <si>
+    <t>Den omtalte udstilling er muligvis Den Frie Udstilling, som åbnede den 26. marts 1891, men brevet kan også være skrevet efter åbningen af udstillingen. Brevet er adresseret Reventlowsgade, som var ægteparret Hannovers opholdssted i København i 1891 og årene derefter.</t>
+  </si>
+  <si>
+    <t>Rohde planlægger et udstillingsbesøg senere samme dag. Han lægger vejen forbi Hannover i tilfælde af, at han vil med.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ryWI</t>
+  </si>
+  <si>
+    <t>Fredag Aften D. 20-III[?]-91.
+Kjære Ven!
+Jeg gaar imorgen Eftermiddag Kl. 5 ud
+paa Udstillingen for at se, hvorledes
+Sagerne tager sig ud; jeg lægger Vejen
+om ad Reventlows Gade for det
+Tilfælde, at De har Lyst at gaa
+med — hvis det da ingen
+Forhindringer indebærer.
+Deres
+Johan Rohde
+[2]
+[På bagsiden af arket har Rohde(?) tegnet nogle små humoristiske skitser med blyant. I Hannovers(?) hånd er der skrevet:]
+Naar Fru Slott-Møller er hjemme
+Maalene paa Salomonsens Billed</t>
+  </si>
+  <si>
+    <t>1897-03-05</t>
+  </si>
+  <si>
+    <t>Emma Gad</t>
+  </si>
+  <si>
+    <t>Den plan for artiklen som Sofie Holten refererer til er sandsynligvis den hun skitserer i sit brev til Emil Hannover 30. november 1896.
+Den omtalte artikel udkom først i 1903 under titlen "At bygge Bo og at bo i Hygge" i Vort Hjem, red. Emma Gad IV, Boligen, København 1903, side 26-50.</t>
+  </si>
+  <si>
+    <t>Sofie Holten minder Hannover om, at han har lovet at skrive en artikel til 'Vort Hjem'. Hun spørger om han vil sende en plan over eventuelle ændringer til hendes forslag, og forhører sig om hans ønsker angående illustration af artiklen og honorar. Det er Holten meget magtpåliggende at få Hannover til at skrive artiklen, så hun vil gøre hvad hun kan for at imødekomme ham.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/XK8K</t>
+  </si>
+  <si>
+    <t>5 Marts 1897
+32 Tordenskjoldsgade 
+K.
+Kære Hr: Hannover!
+Maa jeg med disse Linier blot have Lov
+til at genkalde mig i Deres Erindring
+og henlede deres Opmærksomhed paa et
+Løfte de har givet mig om en Artikel
+Til ”vort Hjem” –
+De omtalte en Gang da
+jeg mødte dem paa Gaden, at de ikke
+fuldstændig vilde følge den af mig til[-]
+sendte Plan, – vilde det være Dem meget
+imod at sende mig et Par Linier
+[2]
+om de mulige Ændringer, og
+samtidig sige mig om de ønsker
+Deres Artikel stærkt illustreret?
+om de ønsker selv at vælge Illustra-
+tionerne, og hvem der skal udføre
+dem? jeg mener om de ønsker selv
+at vælge, hvem der skal udføre
+Illustrationerne. –
+Hr: Behrend skrev engang et Brev
+angaaende Honorarforholdet til Fru
+Gad, i det Brev forekom deres Navn;
+jeg haaber ikke at dette Spørgsmaal
+skal bringe nogen Kurre paa Traaden
+[3]
+og vil i alle Maader søge at imødekom[-]
+me Dem, da de jo ved, at jeg lægger
+saamegen Vægt paa at netop de skal
+skrive den Artikel
+Med venlige Hilsener og ventende deres
+Svar er jeg deres hengivne
+Sofie Holten.</t>
+  </si>
+  <si>
+    <t>1910-10-31</t>
+  </si>
+  <si>
+    <t>Niels  Skovgaard</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/uEK9</t>
+  </si>
+  <si>
+    <t>Karlsberg, Hillerød. 31 . 10 . 10
+De to genstande, som jeg har haft udstillede
+i ”Skønvirke”, har direktør Hannover bedt om at
+få med til udstillingen i Berlin, hvorfor jeg beder,
+om de må blive i bygningen.
+Kortet om at de skulde afhentes idag mellem .. 11 og 2
+kom først hertil idag kl.11, og var stemplet i Kbh.
+d. 31te.
+Ærb.
+Niels Skovgaard.</t>
+  </si>
+  <si>
+    <t>1900-09-25</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ikwb</t>
+  </si>
+  <si>
+    <t>Et hoved som dette med rødt hår og skæg, hvid skjortekrave og rødlig dragt, købte
+jeg på auktionen efter C.H. (Fader var dengang død). Nummeret ved jeg ikke, heller
+ikke det fra udstillingen i Kunstfor:. Jeg har aldrig været i tvivl om, at det er et
+studie til ”Kong Abel”. Det er vist malt efter en model
+som han ofte brugte. Der er hverken signatur eller
+dato. Højde 11½ Tomme, brede [!] 10½ Tomme, lysmål.
+Billederne af fru C.H. med tre børn og
+min moder med Joakim og mig ere
+16¼ Tomme høje og 19¼ Tomme brede.
+Jeg var forleden oppe på stilladset i universi-
+tetets forhald [!], og beundrede en smedesvend som
+løfter hammeren over sit hoved. Jeg tænkte på,
+at en gengivelse af ham i Deres bog, vilde give
+et godt begreb om hvad C.H. kunde gjøre
+med få midler, og hvor flydende hans behand-
+ling kunde være, men De har naturligvis
+studeret de ting så nøje, at De finder, at jeg hellere skulde 
+passe mig selv. Det er dog interesse og ikke vigtighed, som fik
+mig til at skrive dette. 
+Deres Niels Skovgaard.</t>
+  </si>
+  <si>
+    <t>1900-12-04</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Le7K</t>
+  </si>
+  <si>
+    <t>4 . 12 . 1900
+Kære hr. Hannover!
+Jeg kommer ind til Kbh. på lørdag, rimelig-
+vis om formiddagen, og skal da tage billedet med
+og aflevere i Kunstforeningen.
+Den dreng, som for øvrigt er smuk nok, især hovedet,
+tvivler jeg forresten på egner sig til gengivelse, farven
+er plettet (måske ved eftermørkning) og modeleringen svag
+(det vil sige uden kraft i tonerne) så gengivelsen bliver
+vist urén. Den anden dreng jeg har (liggende figur)
+står derimod klar og bestemt, men vender rigtignok
+nakken til. Jeg har jo også hovedet af en gammel
+fisker, som også hører til samme billede, det er
+smukt. Skal jeg tage de ting med, så send mig
+et par ord.
+Deres N. Skovgaard.</t>
+  </si>
+  <si>
+    <t>1900-12-12</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/xIIw</t>
+  </si>
+  <si>
+    <t>12. 12. 1900
+Kære hr. Hannover!
+Jeg opdager, at jeg har bommet skrækkeligt. 
+I lørdags afleverede jeg den siddende dreng og fisker-
+hovedet i Kunstforeningen, og nu ser jeg af Deres
+brev, at det skulde have været i Kunstindustri-
+musseet [!]. De bedes undskylde at jeg har læst Deres
+brev så skødesløst, og er vel nok så venlig at afhente
+tingene i Kunstfor: Jeg har en mistanke om, at
+det lille hoved ved en forglemmelse ikke kom på K.H.s
+udstilling i Kunstfor:, fordi jeg dengang lå i flytteroderi,
+men jeg husker det ikke bestemt. Min broder har et
+lignende, dog efter en anden model.
+Deres N. Skovgaard.</t>
+  </si>
+  <si>
+    <t>1905-11-08</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/XuPH</t>
+  </si>
+  <si>
+    <t>Foroven under datoen med blyant med Emil Hannovers hånd: N. Skovgaard 
+Karlsberg, Hillerød 8 . 11 . 05 .
+Kære hr. Hannover!
+Min broder vidste ikke mere
+end jeg, og så synes jeg ikke det
+går an at udstille de møbler under
+Hilkers navn, selv om jeg nok er
+en del tilbøjelig til at tro, at de er
+af ham. Jeg har nu skrevet til
+la’ Cour [!], som er den eneste, jeg kan
+tænke mig, mulig kunde give oplys-
+ning, og dersom han skriver be-
+kræftende, så skal jeg meddele
+Dem det, og så kan de få dem.
+Dog kommer det noget an på
+hvilken måde de transporteres, for
+til bordet hører en løs, meget
+smuk marmorplade, som jeg
+sandelig ikke vil have slået
+i stykker. Vil De sende en vogn
+herud, mener jeg det var det sikreste,
+et enspænder køretøj kan jo
+være tilstrækkeligt. 
+Deres
+Niels Skovgaard.</t>
+  </si>
+  <si>
+    <t>1905-12-02</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/FWuZ</t>
+  </si>
+  <si>
+    <t>Foroven under dateringen med Emil Hannovers hånd: N. Skovgaard
+2 . 12. 05 .
+Kære hr. Hannover!
+Nu fik jeg skriftlig forespørgsel
+fra malermester Møllmann, om 
+jeg vilde være medindbyder til mindes-
+mærket. I den anledning må jeg
+bede Dem lade mig vide, om De har
+afsendt mit svar til ham eller
+ej, da jeg ikke kan lade dette
+brev ubesvaret.
+Deres
+Niels Skovgaard.</t>
+  </si>
+  <si>
+    <t>1905-12-15</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/j3MZ</t>
+  </si>
+  <si>
+    <t>Foroven under dateringen med Emil Hannovers hånd: N. Skovgaard
+15. 12. 05 .
+Kære hr. Hannover!
+Jeg skal nok komme til mødet på
+mandag, hvis der da ikke indtræffer
+noget uforudset, som hindrer mig, men jeg
+vil meget nødig ind i et forretningsudvalg.
+Mødet på mandag er kl. 8 og kl 9
+går sidste tog til Hillerød, jeg bliver altså
+nødt til at overnatte i Kbh., Selv om
+jeg så tager hjem med første tog den næste
+dag, kan jeg først være hjemme kl
+og da jeg er træt om morgenen i denne tid,
+kan jeg ikke tage med første tog, og kan derfor
+først være hjemme kl. henad 11½. Efter
+den rejse må jeg så hvile, svækling som
+jeg er, og derefter er det snart så mørkt,
+at jeg intet ikke kan male. Der er med
+andre ord 99 af 100 sandsynligheder for at 
+jeg mister tirsdagen. Imorgen skal jeg
+til generalforsamling i den frie og der kom-
+mer let noget andet en anden dag, som jeg
+må rejse ind for. På den måde bliver
+det jeg får bestilt et rent minimum,
+og det er dog virkelig for galt. Kan
+De nu ikke forstå at jeg beder Dem
+endelig om det er muligt at skaffe en
+anden, så jeg ikke skal risikere af og
+til at måtte tage ind og overnatte i Kbh.. [!]
+Jeg kan vel på mødet få besked ved Rohde, 
+om De har fundet en anden. Deres N. Skovgaard.</t>
+  </si>
+  <si>
+    <t>1905-12-18</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/xssu</t>
+  </si>
+  <si>
+    <t>Foroven ved dateringen med Emil Hannovers hånd: N. Skovgaard
+18 . 12 . 05 .
+Kære hr. Hannover!
+Tak for meddelelsen. Deres efterskrift
+glædede mig ikke mindst. Jeg kom
+nemlig forkølet og sløj hjem fra Kbh igår, 
+og det vilde sikkert blevet værre, om jeg
+igen idag tog dertil. Men nu tør jeg 
+altså skulke.
+Deres
+Niels Skovgaard.</t>
+  </si>
+  <si>
+    <t>1916-08-08</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/WVtN</t>
+  </si>
+  <si>
+    <t>Foroven under dateringen med blyant med Emil Hannovers hånd: Skovgaard
+pt. Lille Veum, Brørup Station 8/8 16.
+Kjære Hr Museumsdirektør E. Hannov [!]!
+Mange tak for Deres venlige brev,
+og Deres anstrengelser for at min [!] tegningen
+kunde komme ud af Landet. Det
+lykkedes Dem ikke, og det er De nu
+ganske glad ved det. Jeg har heller
+ikke noget derimod, men beder Dem
+blot om endnu en tid at huse tegningen
+i foredragssalen, eller hvor De har 
+plads til den, så jeg enten kan hente
+den, når jeg kommer hjem fra Landet, 
+eller dog når jeg får lidt mere orden på
+stuerne i Rosenvænget efter byggeriet og
+det dermed følgende roderi.
+Deres med venlig
+hilsen ærb.
+Joakim Skovgaard
+[i venstre margen:]
+Hører De ikke fra mig tidligere, beder jeg Dem sende mig tegningen først i Oktober.</t>
+  </si>
+  <si>
+    <t>1890-11-20</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møller fortæller, at Georg Brandes' datter Astrid er død den foregående aften, 19. november.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/vmAx</t>
+  </si>
+  <si>
+    <t>20 XI 90
+Kjære Venner
+Vi havde i Morges Brev
+fra Doctoren om at lille
+Astrid døde i Aftes
+Kl 9½. Den ulykkelige
+Mand!
+eders 
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>1893-03-16</t>
+  </si>
+  <si>
+    <t>Johan Rohde spørger Emil Hannover, om han vil udlåne sin Gauguin til Den frie Udstilling.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/AIpK</t>
+  </si>
+  <si>
+    <t>16-III-93
+Kjære Ven!
+Maa vi laane Deres Gauguin til
+den frie?
+I bekræftende Fald gjør mig den
+Tjeneste at opgive mig Størrelsen
+i Tommer fra Lysmaalet. Samt
+Tittel og Aarstal, hvis De ved
+noget herom. 
+Venlig Hilsen
+Deres
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>Efterår 1891</t>
+  </si>
+  <si>
+    <t>Oscar Madsen
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Se brev til Rohde af 2. september 1891, samt Harald Slott-Møllers og Hannovers korrespondance i december 1891 om betaling af sagsomkostninger, der udestår til sagfører Zeuthen, relateret til et søgsmål af Oscar Madsen.</t>
+  </si>
+  <si>
+    <t>Oscar Madsen har forulempet Emil Hannover og Slott-Møller med skriverier med slet skjult reference til de to i "Kjøbenhavn". Hannover føler sig systematisk forfulgt og beder Rohde om hjælp til at få Madsen stoppet: "Havde jeg nogle flere Kræfter, skulde jeg nok selv have fundet den rette Maade at afstraffe denne Flab.", skriver Hannover. Han slutter brevet af med at referere til et par bøger, Rohde kan komme forbi og se, før de skal afleveres igen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/UCOF</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+De, som kjender saa mange og
+ved saa meget og ”lige har talt” med
+alle Mennesker, – kan ikke De sige
+mig, om der er en Maade, hvorpaa
+man kan forhindre Oscar Madsens
+Smædeskriverier (vide ”Kjøbenhavn”
+for i Dag). Da De formodentlig har læst
+Bladet, behøver jeg ikke at referere Ind-
+holdet af hans sidste Artikel, som er
+et gement Forsøg paa at underskyde mit
+og Slott-Møllers Privatliv alle mulige
+Smudsigheder. Begge Parter er – igjennem
+Pseudonymerne og gjennem et Par Smaavink
+gjort saa kjendelige, at det store Publikum
+sikkert maa tro, at der ligger virkelige
+Begivenheder bagved, – bl.a. altsaa, at
+Slott-Møllers er smidt ud paa Grund
+af resterende Husleje, og at jeg har en lille
+Forretning med Provisioner osv. 
+[2]
+De synes maaske, jeg gjør for
+meget Væsen af denne usselige og
+torskedumme Artikel. Men denne
+Oscar Madsen synes jo at ville iværk-
+sætte en systematisk Forfølgelse af mig, 
+og en saadan var dog maaske værd
+at stanse. Havde jeg nogle flere Kræfter,
+skulde jeg nok selv have fundet den
+rette Maade at afstraffe denne Flab.
+Jeg har Calderott hjemme
+og desuden en Del Kate-Greenaway-
+Bøger (fra Høst), som jeg haaber, man
+lader mig beholde i Aften over. Kunde
+det more Dem at se noget deraf,
+kunde De maaske komme herud
+i Aften. Men kom ikke for sent!
+Min Kone er begyndt at komme
+op. 
+Deres hengivne
+E.H.</t>
+  </si>
+  <si>
+    <t>1891-07-24</t>
+  </si>
+  <si>
+    <t>Karup</t>
+  </si>
+  <si>
+    <t>Valdemar Kleis
+Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>Rohde har modtaget et brev fra Kleis. Han fortæller, at der går sladder i Dagbladet Kjøbenhavn om, at Den Frie Udstilling ikke længere bliver til noget. Kleis har dog slået fast, at han er mere end villig til at skrive kontrakt med dem for næste år.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/afYZ</t>
+  </si>
+  <si>
+    <t>24-VII-91.
+Karup pr Viborg.
+Kjære Ven!
+Vil blot underrette Dem om, at
+jeg igaar havde et Brev fra Kleis
+i hvilket han meddeler mig, at
+det bliver fortalt i Kjøbenhavn,
+at den frie Udstilling ikke mere
+bliver til noget “da nogle af
+Spidserne har trukket sig tilbage”
+Men at han intet hellere øn-
+sker end at underskrive Kon-
+trakt med os for næste Aar
+[2]
+og at han vil vise den størst mulige
+Imødekommenhed.
+Han har flere Gange været hos Zeuthen
+men denne "har haft saa travlt", at
+han har bedt ham komme igjen.
+Med venlig Hilsen
+Deres
+Johan Rohde
+Jeg glemte at tilføje, at han (Kleis)
+skrev, at han satte ovenomtalte Rygte
+i Forbindelse med Zeuthens Forhand-
+linger — højst mærkeligt efter de
+Forhandlinger, vi har haft sammen,
+at tro paa den Slags Sludder —
+[3]
+hvis det nu ikke er Sludder af
+Kleis’ egen Fabrik.</t>
+  </si>
+  <si>
+    <t>1891-06-04</t>
+  </si>
+  <si>
+    <t>Villaen, Hannovers opholder sig i, må formodes at være Dr. Johannes Adolph Goldschmidts. Nærmere informationer herom er endnu ikke fundet, men lejemålet omtales også i brevet fra Harald Slott-Møller til Hannover dateret 9. november 1891.</t>
+  </si>
+  <si>
+    <t>Rohde er overrasket over, at Hannovers har lejet sig ind i den Goldschmidtske Villa. Rohde giver Hannover ret i, at han ligeså godt kunne bo i Lyngby som i Jægerspris, men nu har han opgivet Sjælland og rejser snart til Jylland. Rohde vil gerne aflægge Hannover et besøg inden afrejsen, evt. næstkommende fredag eller lørdag. Han afventer endnu svar fra Charlottenborg angående det tilbudte overskud fra Den Frie Udstilling.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/esZJ</t>
+  </si>
+  <si>
+    <t>4-VI-91.
+Kjære Ven!
+Deres Meddelelse om, at De
+og Deres Hustru har taget Ophold i den be-
+rygtede Goldschmidtske Villa, “med de skrækkelige
+Tapeter” overrasker mig virkelig — saa har da
+altsaa “Kjøbenhavn” for engang Skyld talt Sand-
+hed. 
+Ja jeg kan jo kun ønske Dem, at der nu ikke
+maa være alt for skrækkeligt derude, og at De
+uden altfor store Gjenvordigheder maa faa
+ende paa Sommeren —
+Jeg kjender ikke noget videre til Lyngby, men
+De har vist fuldkommen Ret i, at jeg ligesaa
+godt kunde bo der som paa Jægerspris; jeg
+har imidlertid ikke et Øjeblik tænkt paa
+at bo dér, hvor jeg ikke tror jeg kunde holde
+ud at bo i 24 Timer. Jeg kom dertil
+paa Gjennemrejse fra Nykjøbing og Rørvig, hvor
+jeg havde tænkt at kunne finde noget jeg
+kunde bruge; men jeg har nu opgivet Sjælland
+[2]
+og rejser om et Par Dage til Jylland.
+Jeg tænker paa at aflægge Dem en “lille”
+Visit forinden, men tør ikke love Dem
+at komme paa den Tid, De beder mig komme
+— men jeg kommer ud til Frokost hos Dem
+en af de første Dage imorgen Fredag eller
+Lørdag? Er det Dem ikke belejligt,
+saa send mig to Ord, i modsat Fald
+behøver De ikke at skrive.
+Jeg hører Berliner-kuren har ”styrket” Deres
+Kone. Nej, oprigtigt talt, saa haaber
+jeg, at den ikke har taget for meget paa
+hende. De burde have en Syndig Bunke
+Skjænd for Deres Svagheds Skyld.
+Hvad Deres elskværdige lille Kone skulde have
+tør jeg ikke sige - men det maatte vist
+være noget i Retning af – Dada.
+[3]
+Her intet passeret — sidder stadigt og
+venter med Spænding paa Posten — men
+intet Svar endnu fra Charlottenborg.
+Med venlig Hilsen
+Deres
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1891-09-02</t>
+  </si>
+  <si>
+    <t>Ribe</t>
+  </si>
+  <si>
+    <t>Herman Bang
+Edvard Brandes
+Vilhelm Hammershøi
+Alice Hannover
+Frederik Hendriksen
+Oscar Madsen
+Bernhard Harald Ruben
+Ida Ruben
+Agnes Slott-Møller
+Hans von Marées
+Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>Hannover beroliger Rohde med, at Alice Hannovers helbred ikke er så skidt, som Agnes Slott-Møller har givet indtryk af. Hannover selv har været syg - sandsynligvis på grund af overanstrengelse med sin afhandling om at samle på bøger. Han har sendt sin afhandling om Hans von Marée til Rohdes adresse i Nyhavn. Den er blevet anmeldt lunkent af Edvard Brandes, men Hannover tager det ikke så tungt. Hannover har haft en samtale med Zeuthen om Den Frie Udstilling (men har glemt det meste af indholdet af snakken) og omtaler retssagen mod Oscar Madsen. Han vil gerne vide, hvornår Hammershøi skal giftes, og han spørger, hvornår Rohde kommer på besøg. Det har været en rolig sommer for Hannovers, bortset fra besvær med Alice Hannovers forældre, som har opholdt sig hos dem. De har heldigvis fred for svigerforældrene nu, som begge er rejst til Nauheim. Alice Hannover opfordrer ham til sidst i brevet til at komme til Lyngby, da Hannover savner ham.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Zwcn</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Tak for Deres venlige Linier.
+Jeg forstaaer ikke, at Fru S.-M
+kan have skrevet saa foruroligende
+til Dem. Jeg erindrer ganske vist ikke,
+hvad jeg til hende sidste Gang skrev
+om min Kones Helbred, men da dette
+i den senere Tid hverken har været
+værre eller bedre (dog maaske snarere)
+lidt bedre) end ellers, kan jeg kun
+tænke mig, at Fru S-M har misfor-
+staaet mig. Eller maaske har jeg
+skrevet til hende en Dag, hvor min
+Kone vistnok ikke var rask. Som
+sagt: der er ingen væsentlig Forandring
+med hende, men hvorledes skulde
+ogsaa et Landophold denne Sommer
+kunne gjøre Gavn! Siden Slutningen
+af Juni har vi haft daglig Regn, 
+hvorfor vi priser os lykkelige over
+at have faaet et ordentligt Hus
+at bo i. Muligvis forsøger vi at 
+[2]
+blive herude i Vinter, da min
+Kone troer, at hun kan komme
+sig herude.
+Jeg selv har forresten været syg en
+Ugestid men er nu atter rask. Jeg 
+troer, jeg havde overanstrængt mig
+lidt med en stor Afhandling, jeg
+skriver til Hendriksens Aarsskrift.
+Saadan en rigtig kjedelig stor Af-
+handling af den Slags med Paragrafer
+og Skemaer. Den handler om at
+samle paa Bøger.
+Afhandlingen om Marées har jeg
+sendt til Nyhavn 22, da jeg ikke
+kjendte Deres Adresse. Som De altsaa
+har set, fik Artiklen … en
+meget kølig Anmeldelse af E. B. i
+”Politiken”, hvilket gjorde mig en
+Smule ondt. Men ogsaa kun en
+Smule.
+Med Zeuthen talte jeg forleden
+[3]
+Dag. Han snakkede en Del om den
+frie Udstilling, men jeg maa med
+Beskæmmelse tilstaa, jeg ikke erindrer
+noget af det. Sagen mod Oscar Madsen
+kan ventes afsluttet med det første.
+Véd De ikke, naar Hammershøi
+skal have Bryllup. Jeg vilde meget gærne
+have det at vide.
+Naar kommer De hertil? Vort
+Gæsteværelse staaer og venter paa Dem.
+Kunde De ikke finde et eller andet at
+male herude, saa vi kunde holde Dem
+fast en lille Tid? Er De fornøjet med
+det, De har faaet gjort i Sommer, og
+hvori bestaaer det?
+Ja, jeg siger med Herman Bang: ”Jeg
+spørger kun”, thi jeg har ikke det mindste
+selv at fortælle Dem. Hvad der har op-
+taget os mest i Sommer, er nogle
+formidable Familiescener. At de ikke
+skriver sig fra den skikkelige Familie
+paa Gl. Kongevej, behøver jeg næppe
+[4]
+at fortælle Dem. De Meningsud-
+vexlinger, der er faldne, har været
+ud over alle Grænser. Desværre lider
+min Kone naturligvis meget under
+disse Fredsforstyrrelser. Naa, nu er
+min Svigerfader rejst til Nauheim
+for at se at faa et bedre Hjærte og 
+hans Kone har fulgt ham for at
+faa sin Galdebeholder i Orden, og
+saalænge har vi Fred.
+Kom nu snart hjem i Stedet
+for at ligge ude paa aaben Mark
+i dette forbandede Vejr.
+De allervenligste Hilsener fra
+min Kone og Deres hengivne
+Emil Hannover
+2-IX-91.
+Lyngby.
+[med Alice Hannovers hånd:] 
+Da Vejret er saa
+daarligt, synes jeg, De skulde
+pakke Deres Sager sammen
+og rejse fra Ribe til Lyngby,
+hvor en lille Dreng venter paa
+Dem med Længsel. Værelset er
+parat. Hilsen AH.</t>
+  </si>
+  <si>
+    <t>1890-03-25</t>
+  </si>
+  <si>
+    <t>Alfred Bramsen
+Georg Brandes
+Rasmus  Christiansen
+Vilhelm Hammershøi
+Karl Madsen
+Sigurd Wandel</t>
+  </si>
+  <si>
+    <t>Den Hirschsprungske Samling.</t>
+  </si>
+  <si>
+    <t>Agnes Slott-Møller indleder sit lange brev med at forklare, at et stort arbejdspres for at få tilsammen seks malerier færdige til forårsudstillingen på Charlottenborg har afholdt hende og Harald Slott-Møller fra at skrive i lang tid. Bekymring for modtagelsen af værkerne og økonomiske ængstelser har præget ægteparret - og to af værkerne fandt da heller ikke nåde hos censurkomiteen. Hun fortæller desuden, at hun og Harald Slott-Møller har fulgt forelæsninger af Georg Brandes, og at Slott-Møller har portrætteret ham. Men Brandes blev træt af at posere, før kunstneren var tilfreds med resultatet af sine anstrengelser. For det brede publikum vil portrættet dog præsentere sig "stort og mægtigt", bedyrer hun, og "maaske kan Harald en Gang til næste Vinter gøre noget mere ved Hovedet og dets Udtryk, der var mangelfuldt".
+En stor ærgrelse er, at Karl Madsen ikke kunne skjule sin manglende begejstring, da ham så malerierne før deres indlevering til Charlottenborg. Hans ringe indsigt i italiensk kunst må være årsag til, at han ikke har forstået deres kunstneriske projekt, skriver Agnes Slott-Møller: Som den øvrige 1870'er-generation er det den nederlandske realisme alene, der er Madsens målestok. Hun reflekterer over smag og udtryk og tilføjer, at hun til en sammenkomst var placeret imellem Wandel og Bramsen under middagen, og de to diskuterede, om indhold eller form var det afgørende i et værk. Hun sætter sin lid til, at kritikerne og publikum med tiden vil forstå, at hun og Harald Slott-Møller har fat i den lange ende... Kun er de pekuniære forhold et problem i ventetiden på offentlighedens anerkendelse.
+Der er indlagt et spøgefuldt brev dateret 14. april fra Perme, der staver som en brækket arm, til "lille, sorte Frue" (Alice Hannover). Figurerne i det indlagte brev er opdigtede og optræder også i korrespondancer til andre venner.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/CAhD</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 25de Marts 1890
+Kjære Venner!
+Endelig slaar det Øjeblik, da jeg kan faa
+Tid og Ro til at skrive til Dem! De
+maa nu ikke tro, at det har været Ugidelig-
+hed og Sløseri, der har været Skyld i, at
+De ikke før har hørt fra os, men vi har i
+de sidste 3 Uger haft ligefrem forfærdelig
+travlt, for ikke alene var det det, at vi efter
+at have malet omtrænt .. hver Dag til Kl
+4½ maatte passe 2 Forelæsninger af Doktoren
+om Ugen og have ham selv hjem med
+hjem[sic] og male efter hver Forelæsning, og male
+saalangt ud paa Natten, at vi vaagnede
+med stive Rygge næste Morgen, men
+al Verdens Vrøvl og Optagethed og Bekymring
+og Træthed har plaget os selv efter at 
+Billederne midt i forrige Uge bleve
+Færdige – saa der har været tusinde Grunde
+[2]
+der har hindret Skriveriet. –
+Hvad Bekymringerne angaar, saa bestaar
+de væsentligst i, at vi egentlig betragte
+dette Slag, hvortil vi har forberedt os
+med saa store Anstrængelser, baade aandelig
+og legemlige, for hvis Skyld vi har gjort
+saa store pekuniære Ofre, paa Forhaand
+som tabt. – For det første kommer vi
+ikke til at virke med de 6 Billeders samlede
+Styrke, da Censuren har kasseret ”Adam
+og Eva” og ”Geniet og Uhyret” – for det andet
+blev Portrættet af Doktoren ikke nær
+det som Harald havde tænkt sig og villet
+haabet! selv vilde han hellere end gærne
+have arbejdet mere paa det og ventet med 
+at fremsende det, men D om at staa
+mere endnu for ham vilde Doktoren
+intet høre, han var træt og ked af den
+Historie og bilder sig ind at have været
+herude mange flere Gange end han
+[3]
+virkelig har – naa! hans Tid er jo kostbar
+og morsomt er det sandfærdig ikke at
+staa Model – maaske kan Harald en 
+Gang til næste Vinter gøre noget mere
+ved Hovedet og dets Udtryk, der var
+mangelfuldt, men saa er . den første
+kraftige Virkning af, at det er et godt
+Værk er, han her har k gjort er formfuldt[?]
+i alfald i de allerklogeste Øjne, for for
+det store Publikum præsenterer det sig
+stort og mægtigt og .. i sit storslaaede
+Anlæg langt ude over hvad Portrætkunst
+paa Foraarsudstillingen ellers er. –
+Saa kommer som 3dje Aarsag til Bekymring
+den at Karl Madsen, hvem vi havde bedt
+se paa Billederne, inden vi sendte dem
+bort, fordi vi jo nok tænkte, at han
+ikke vilde faa dem alle 6 at se
+samlede paa Udstillingen, tog yderst
+køligt paa dem alle sammen. – At Karl
+[4]
+Madsen ikke selv personlig var varmt
+begejstret for os fik jo endda være, men 
+da hans Ord er Parolen, Tilrettevisningen
+i den Kreds, der, hvor blandet den end er,
+dog er den eneste, hvor .. man virkelig
+interesserer sig for Kunst, det er vil sige,
+at det ikke vil lykkes os at slaa igennem
+paa en saa eftertrykkelig Made[sic], at netop
+i dette Øjeblik at vort Navn dog er sikkert
+og at vi i det har nogen Garanti for vores
+Existens. – Det lyder maaske meget dumt
+og naivt, og men jeg kan igrunden ikke
+faa i mit Hovede, at Karl Madsen
+ikke synes om det vi laver. – At det
+har Mangler kan vi selv tydelig nok se,
+det behøver vi ikke Andre til at sige os,
+men at han ikke tiltrods for Manglerne
+kan se .. glæde sig over Kræfterne
+og den brændende Vilje til at bruge
+og udvikle sin Kraft som alle Billederne
+bærer Vidne om, det er nedslaaende!
+[5]
+Ikke agter jeg nu at skrive en længere Tale
+til Forherligelse for os selv, til stinkende
+Selvros, og det behøves jo heldigvis ikke
+heller overfor Dem, da vi kender og stoler
+paa Deres Interesse og Sympathi for os,
+men jeg vilde blot sætte Dem ind i de
+Tanker og Følelser som i disse Dage
+beskæftiger .. os saa stærkt. – Selvfølgelig
+sagde Karl Madsen intet egentlig nedsættende
+om Billederne til os selv, men hans
+Kølighed, det at han sagde om mit Billede,
+at det var saa stort – dog kun .. i den Forstand
+at han mente Alenmaalet – alt saadan
+noget, som ikke kunde benægtes, som ikke
+kunde fornærme, men som gik saa
+rart uden om Sagen. – Vi har siden
+hørt, at han i Kunstforeningen skal have
+disputeret stærkt hæftigt med Christiansen
+om os og vore Billeder, at .. Chr: var for
+og Madsen imod – det er lidet opmuntrende
+[6]
+og at Christiansen har været som Forsvarer
+.. endnu mindre smigrende end at
+Madsen var Angriber. –
+K Naar jeg gør mig Umage for at finde
+den inderste Grund til at Karl Madsen
+ikke kan se noget i vore Arbejder, saa
+tror jeg virkelig den ligger i, at han aldrig
+har været i Italien, men .. altfor mange
+Gange i Holland, hvad kan Fotografier
+hjælpe! eller at han har set enkelte
+Billeder af Tizian og Veronese i fremmede
+Gallerier, naar han aldrig har havt
+nogen Anelse om hvad Masaccios
+Fresker i Maria del Carmine eller de
+store allegoriske Figurer i Medici’ernes
+Gravkapel i San Lorenzo eller selv
+det sixtinske Kapels Loft er! Hollændernes
+Realisme, Nøjagtighed Livagtighed Virkelighed
+den sidder ham og alle 70 halvfjerdsernes
+Mænd i Blodet, Hammershøj gaar han
+med til gennem Rembrandt, - men der 
+[7]
+er saa Verdens Ende for ham. –
+I Mandens Billeder stødte han sig paa
+Abstraktionen, i mit paa, at alle de
+døde Ting .. (med Vilje, hvad han vist ikke trode)
+kun var saa yderst ringe malte, at
+Stolen ingen Stol lignede og Vinduet intet
+Vindue, og saa paa, at Farven forekom
+ham ren og skrigende, hvilket jeg jo
+udtrykkelig havde bestræbt mig for, for
+dermed at .. gøre Personerne end mere
+fremmedartede og indianske for vor
+Tid! – I Doktorens Portræt blev han ved
+at tale om, at Dr. jo var saa livlig som
+Foredragsholder, medens jo min Mand
+aldrig har brudt sig en Snus om
+Foredragsholderen, men snarere har
+villet male .. Helten i en Tragedie en[d]
+en livlig og vittig Foredragsholder! Og
+.. Baggrunden er jo den bare Allegori
+den store Tomhed uden om den enkelte
+Mand og saa store Linier til at virke
+[8]
+monumentalt med. – Men nu nok
+om det. – Det kommer vel offentlig frem
+hvad han har ment, eller ikke ment,
+bevist .. i Ord til os har han sin Modvilje
+har han jo ikke, men dette er hvad vi
+har regnet og lagt sammen.–.
+P For øvrigt er her ikke saa særdeles meget
+at melde om, vi .. var i Fredags til
+en festlig Sammenkomst af Kunstnere
+i Seekamps Lokale vi spiste til Middag
+sammen først og siden dansede og
+passiarede, der var en rigtig god Stemning.
+.. Jeg var saa lykkelig tilbords at have Hr
+Wandel og paa den anden Side Hr Bramsen.
+Kun var det jo i Forening med Indbydelse
+for Madsen ikke meget oplivende at høre
+Wandel forklare at det jo i Malerier var
+saa ligegyldigt ”dette med Indholdet”, alt
+var .. jo lige godt, lidt Solskin paa en
+Mur var jo rigelig Opgave nok, – medens 
+Hr Bramsen paa den anden Side
+[9]
+erklærede at dette med Indholdet ”tænkte
+han slet ikke” paa i et Maleri, nej! Billedets
+Tone, Farven, hvad han vilde kalde
+Billedets Melodi, det man kunde se
+paa ½ Mils Afstand, det var for ham
+det væsentligste. – Tror I saa ikke nok
+at det ender med Ladegaarden for os? –
+Jeg vilde nu ikke gærne have, at De skulde
+tro, at vi føle os meget kuede af disse Stød
+tvertimod, vi er af et saa stridigt, arrigt
+og ondskabsfuldt Temperament, at der ligger
+en stor Fornøjelse i at tænke paa, at det
+bliver d’Hrr Kritici og Publikum, der
+i Længden bliver nødte til at rette deres
+Smag og Fordringer efter os,[dobbeltunderstreget] intet bedre
+Bevis kunde findes for at vi duer end det,
+at vi ikke passer de til de Maal og Fordringer
+som i Øjeblikket er de lavede, indrettede
+og opstillede af et højlært Publikum selv
+om det er det, der ansér sig for det allerfineste!
+[10]
+Materielt sét er det lidt ængsteligt om vi i 
+dette kritiske Øjeblik, hvor vore Penge snart
+er færdige, ingen Lykke gør – ideelt, er det
+jo bare godt, at vi ikke er som de Andre.
+Se, jeg havde nu skrevet dette Brev mens
+Manden var i Byen og havde mént, at
+han skulde slutte det af, naar han
+kom hjem. – Men efter, at jeg nu
+har læst det for ham, siger han, at jeg
+har skrevet om alting og at han intet
+har at tilføje. Jeg vil derfor slutte
+af, for at De dog kan faa Brevet
+nogenlunde snart og ikke være altfor
+misfornøjede med os. –
+Skriv os snart til om hvad De
+mener om Italien og modtag
+imidlertid de venligste Hilsner
+fra Deres Venner
+Slott-Møllers
+[11]
+Brev fra Perme til den lille, sorte
+Frue!
+Kære Frue! Jaj har de got
+di andre har de aasse got!
+Vi har faaet en lille Dreng
+de er især min, han er lilere
+en jaj, han hejer Fræ’rik
+han har glatbørstet Haar,
+han er arti, han tu’er
+naar jæ slar ham!
+Snurrelurrelej æ saa trollet
+i denne Ti, én ha muled
+a hinnes Bilde, nu
+ve hun gøre saadden ræsom-
+me
+[12]
+Konst[?] se han. Bib
+aa Dubbe æ saa rare, de
+vasker maj om Maarningen,
+saa skraaler jaj, saa
+skenner Hæren! Vi ha
+væt paa Dansebjærg, vi
+svirrede om, vi hade
+Raaser paa vores Kjaaler
+Ilstæd syns vi va søde!
+Vi va dolie igaar, vi hade
+aandt i vorres Halse, vi
+va saa sye, vi va nær
+døde, Heren puttede vos i
+Seng aa givede vos Totti, 
+[13]
+saa blev vi fulle, saa
+sov vi, saa ble vi raske
+Ve De va Frue, naar
+Heren kør mæ vos i
+Omnibus, saa tror vi
+alti vi ska ner te Dem om
+Aftningen, saa ska vi
+aldri, saa bliver vi lit uartie,
+faa vi ve derné, saa trægger
+Heren vos faabi aa sier
+De æ i Etaljen, saa
+sugger vi, saa de svupper
+i vos. Kommer Di
+snar hjem? vi ska snar
+[14]
+po Lanned, de ælsger vi,
+faa dær æ saa ønde
+varmt, aa grønne Skaage 
+aa store Engge, aa Løngbagger
+aa saa gaar vi ud en
+Sommerda aa høre
+Fulesang som ka vor
+Hjærte røre aa de
+ælsger Snurrelurrelej!
+aa jaj Perme og vos alle sammen
+faa ælles brø vi aas slet
+egge om a være i Varden
+men Jylland æ got!
+ærbødist
+Permelille</t>
+  </si>
+  <si>
+    <t>Hans Nicolai Hansen
+Agnes Slott-Møller
+Harald Slott-Møller
+Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>Hannover har haft besøg af Slott-Møllers. Han har ved den lejlighed diskuteret deres måde at omgå venner på, og de har givet udtryk for fortrydelse angående deres konflikt med Rohde [se Hannovers brev til Rohde 21. februar 1894]. De har dog nu hidset sig op over et forslag, stillet af Zeuthen, om H.N. Hansens optagelse på Den frie Udstilling. De har bedt Hannover meddele Rohde deres holdning desangående for at undgå flere uoverensstemmelser med denne. Hannover beder Rohde om snart at besøge ham.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/MN5X</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d. 23 Febr. 1894.
+Kjære Ven,
+Slott-Møllers Besøg i Aftes
+betød lutter Blidhed og Fordragelighed.
+Jeg drøftede til Kl. 2 i Nat uforbe-
+holdent med dem deres Forhold til deres
+Venner, og de havde aabenbart
+nogen Fortrydelse af Balladen med
+Dem.
+Imidlertid: Sprængstof kan man
+jo finde allevegne i disse anar-
+kistiske Tider, og saadant nyt
+Sprængstof har de fundet i
+Zeuthens Forslag til at optage
+H.N. Hansen i den fri Udst.
+Slott-Møllers havde, sagde de,
+ifjor stemt for ham, men senere lyk-
+ønsket dem selv til, at han ikke
+var kommen med. Saa daarlige
+viste hans Billeder sig at være
+paa Charlottenborg. Nu ønskede de
+[2]
+gærne, De skulde vide, at det ikke
+var efter deres … Hoved, hvis han
+alligevel blev optagen i Aar. Og
+for at undgaa nye personlige Skær-
+mydsler med Dem, bad de mig med-
+dele Dem dette.
+Hvilket jeg herved gjør.
+Se snart op til mig.
+Deres hengivne
+E.H.</t>
+  </si>
+  <si>
+    <t>1895-06-27</t>
+  </si>
+  <si>
+    <t>Pietro Krohn
+Camille  Pissarro</t>
+  </si>
+  <si>
+    <t>Hannover har haft et sammenstød med Kunstindustrimuseets direktør, Pietro Krohn. Han beder derfor Rohde om kun at bestille en lille bog om Pissarro, da han ikke vil tage sig alt for mange friheder, så længe der er dårlig stemning.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/cyYl</t>
+  </si>
+  <si>
+    <t>På papir fra Det danske Kunstindustrimuseum med dettes brevhoved
+Kjøbenhavn, d. 27 Juni 1895
+Kære Ven,
+Efter et Sammenstød i Dag
+med Krohn – det første, næppe
+det sidste – beder jeg Dem lade være
+med foreløbig at forskrive andet
+end den lille Bog til 20 Kr. fra
+Pissarro. Det er kun under stille
+og fredelige Forhold jeg vil risikere
+at træffe Dispositioner paa egen
+Haand.
+Deres hengivne
+E.H.</t>
+  </si>
+  <si>
+    <t>1897-08-27</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/fEbO</t>
+  </si>
+  <si>
+    <t>27.VIII.97
+Kjære Hannover
+Da jeg sidst var ovre
+i Kjøbenhavn fik jeg hos
+Michelsen 200 Kr forud
+paa Arbejde; senere
+har jeg sendt ham
+Tegninger og Komposi
+tioner for hvilke jeg
+skal have 550 Kr, 
+jeg har gjentagende
+Gange i den sidste
+Tid bedet ham
+sende mig Penge,
+men har aldeles
+intet hørt fra ham.
+[2]
+Nu i Dag faar jeg
+Brev fra hans Butik,
+hvori de siger mig
+at Hr Michelsen
+er i Stockholm og
+at mine Breve
+ligger i Butiken og
+at han altsaa
+ikke har faaet dem.
+Det er af denne
+Grund kommen
+yderligt med vore 
+Penge og jeg beder
+dig derfor om du
+ikke et Par Dage
+kan laane mig
+25 Kr saaledes
+at et Brev fra
+[3]
+mig kan naa Stock-
+holm og hans Brev
+til Butiken om at
+sende mig Beløbet
+kan naa Kjøbenhavn
+og vidre til Middelfar[t]. 
+Naar undtages disse
+sidste Dage, hvor vi
+fra Dag til Dag har
+ventet Hofjunkerens
+Brev og Penge, lever
+vi ret vel her ovre,
+slider i det med
+at gjøre Kunstindustri, 
+ærgrer os over Vejret
+og maler naar det
+tillader os det –
+Glæder os over Naturens
+Yndigheder og længes
+efter vore Venner
+[4]
+d. v. s. dig og Karen
+og den stakkels G B
+Med de bedste Hils-
+ner fra Hus til Hus
+er jeg
+din
+H Slott-Møller
+Naar du møder Michelsen
+naar han er vendt tilbage
+til Kjøbenhavn skal du ikke
+lade ham faa at vide
+at jeg har været i saa
+stor en Forlegenhed. –</t>
+  </si>
+  <si>
+    <t>1897-01-10</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/siR8</t>
+  </si>
+  <si>
+    <t>10 – I . 97 Nyhavn 22. Kjøbenhavn
+Kjære Ven!
+De har Ret, Deres Meddelelse kom mig naturlig-
+vis ikke ganske overraskende, men jeg fik dog
+først ved Deres Brev Vished for Sagen.
+Jeg kan nu ikke lykønske Dem, eftersom jeg
+aldeles ikke kjender Deres Forlovede og følgelig 
+ikke ved, hvad det nu er, De indlader Dem
+paa; men jeg vil af fuldt Hjærte ønske Dem
+Lykke — megen Lykke, al mulig Lykke, baade
+Dem og Deres tilkommende Hustru.
+Og saa vil jeg haabe, at naar De nu for
+anden Gang begiver Dem ind i Optimister-
+nes glade Kreds, dette da ikke maa foran-
+dre Deres Forhold til en gammel pessi-
+mistisk Pebersvend, der dog, naar alt kommer
+til alt, ikke endnu er mere forbenet end,
+at han kan se med Sympathi — maaske
+ogsaa til en vis Grad med Misundelse
+paa de Folk, der har Mod til at gjøre
+slige Dumheder.
+Deres hengivne gamle Ven
+Johan Rohde
+vend om!
+[2]
+Jeg ved ikke, hvor Deres Forlovede opholder sig,
+men De vil maaske, naar De taler med
+hende, eller skriver hende til, bringe hende
+en Hilsen fra mig og en — Lykønskning.</t>
+  </si>
+  <si>
+    <t>1899-07-08</t>
+  </si>
+  <si>
+    <t>Fænø pr. Middelfart</t>
+  </si>
+  <si>
+    <t>Karen Hannover
+Agnes Slott-Møller</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/rW87</t>
+  </si>
+  <si>
+    <t>Fænø pr Middelfart 8.VII
+Kjære Hannover
+Jeg vil saa grumme
+gjerne have Lov til
+at laane D C Bruun
+Kjøbenhavn – saa-
+fremt den er i to
+Dele saa første Del.
+Kan jeg ikke nok faa
+den her over en 8
+Dages Tid.
+Hvorledes har I
+det; jeg haaber at
+[2]
+der ikke længer er
+noget som helst i Vejen
+med Karina og at
+I alle 4 sidder i 
+bedste Velgaaende i
+Bagsværd og nyder
+Sommeren, Jordbærrene,
+Vællingen, Mælken,
+henholdsvis du og
+Karen – Karina og
+den lille – . Hvad
+os angaar har
+vi det ret vel, 
+[3]
+Sommerlyset og Blom-
+sterne har en hel-
+dig Indvirkning paa
+Agnes Nerver og Lykke
+blomstrer og voxer
+legemligt som aande-
+ligt.
+Med de bedste og
+venligste Hilsner
+er jeg eders hengivne
+Harald Slott-Møller
+[4]
+Agnes kommer til 
+Kjøbenhavn paa
+Tirsdag og Onsdag paa
+Vej til Norge og ser
+ud til eder hvis
+hun kan naa
+det.</t>
+  </si>
+  <si>
+    <t>1900-11-27</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/9F9f</t>
+  </si>
+  <si>
+    <t>27. XI . 1900
+Silkegade 13.
+Kjøbenhavn 
+Kjære Ven
+Glem ikke, naar De kommer at
+tage første Halvdel af Deres Bog
+med. 
+venligst Deres hengivne
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1901-07-03</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Sfn9</t>
+  </si>
+  <si>
+    <t>3 . VII . 1901
+Silkegade 13
+Kjøbenhavn 
+Kjære Ven.
+Tak for Deres smukke Afhandling fra
+Tilskueren, der indeholdt meget for mig
+nyt og ukjendt, og som jeg derfor har
+læst med stort Udbytte. —
+—Jeg havde for længst personligt takket
+Dem, om jeg ikke ved et Ophold
+paa Saltholmen [for nogle Luftstu-
+diers Skyld]* havde været ganske af-
+spærret fra Omverdenen. 
+Jeg har nu tænkt paa at besøge Dem
+paa Lørdag, hvilket jeg meddeler Dem
+ikke for Højtidelighedens Skyld, men
+fordi De forleden bad mig derom.
+[2]
+Hvis De nu er saa elskværdig at sende mig
+to Ord, om De er hjemme, og om hvorledes 
+man i saa Fald bærer sig ad med at komme
+derud, er jeg Dem taknemmelig. 
+med venlig Hilsen til Deres 
+Hustru
+Deres hengivne
+Johan Rohde
+I næste Maaned rejser jeg til Italien. 
+*Skarp parentes sat af J.R.</t>
+  </si>
+  <si>
+    <t>1903-10-14</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/kKxk</t>
+  </si>
+  <si>
+    <t>14 . X . 1903
+Kvæsthusgade 3
+Kjøbenhavn. 
+Kjære Ven.
+Dette bliver ikke et af de lange Breve, som De
+udbad Dem, da vi gik denne lange Nattour
+imellem Tivoli og Skydebanen, og for hvilken
+jeg takker Dem; da jeg forlod Dem sagde
+jeg til mig selv, hvor underligt, det dog var
+at vi to, der synes at have saa megen Glæde
+af at meddele os til hinanden, saa sjældent
+faar Lejlighed dertil; men som det gaar
+mig ligeoverfor Dem, gaar det mig med mine
+to, tre andre gode, gamle Venner. 
+Nu kan det maaske være, at jeg i det sidste 
+halve Aar har haft nogen Grund til at svig-
+te dem, og det er netop i Anledningen af
+[2]
+denne Grund De hører fra mig i Dag. 
+Ja kjære, gode Ven, bliv nu ikke altfor
+forfærdet, naar De et Sted nede i Carlsruhe
+eller Düsseldorph faar Meddelelsen om at
+“gamle Rohde” har giftet sig; thi det er vir-
+kelig sandt, og hvad mere er, det er slet ikke
+sket ved et Ulykkestilfælde — eller fordi der
+maatte gjøres noget.
+Deres gamle Ven har ved Skjæbnens Gunst
+truffet en ung, rar og god Pige, der har følt
+Lyst til at gifte sig med ham. Paa Søndag
+holder vi Bryllup og rejser til Rom, og naar
+De nu kommer ned med Deres Familie og
+besøger os og lærer min Hustru at kjende,
+vil De sikkert indse, at det ikke er hendes
+Skyld, om jeg ikke er en lykkelig Mand. 
+[3]
+Den unge Dame, der har faaet dette mærkelige
+Indfald, hedder Ása Zøylner og har siden
+sin Studietid staaet i Venskabsforhold til Deres
+Onkel[,] Professor Fridericia, hvor De maaske
+har set hende. 
+Nu sender jeg Dem en Tak for det Afsnit
+af mit Liv, hvor jeg var den ensomme Peber-
+svend, og der var glad ved at have sin Gang
+i en lykkelig Familie og haaber at Forandrin-
+gen for mit Vedkommende kun maa bidrage til
+at vi rykker nærmere sammen. 
+Med venlige Hilsener til Deres Hustru
+Deres hengivne Ven
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1888-08-27</t>
+  </si>
+  <si>
+    <t>Hannover kan berette, at Wildenrath er i alvorlig pengenød. Hannover har forgæves forsøgt at få Wildenrath hjem fra Sydfrankrig, hvor han har bosat sig, da Hannover er bange for at hans lovende evner som kunstner vil gå tabt i Frankrig. Wildenrath er dog for stolt til at vende hjem, så længe han har gæld. En eventuel økonomisk håndsrækning skal være gennem billedsalg, da han ikke vil acceptere anden hjælp. Hannover har gjort alt hvad han kunne for at hjælpe Wildenrath og spørger nu Rohde, om han har gode idéer til at redde deres fælles ven.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/q8SC</t>
+  </si>
+  <si>
+    <t>27/8 – 88
+Kjære Rohde,
+Tak for Deres venlige Brev. Da jeg 
+staaer i Begreb med at rejse paa Landet
+efter et lille Ophold i Kjøbenhavn, maa 
+jeg nøjes med at besvare én af Deres
+Forespørgsler, - den næmlig, der gjælder
+Wildenradt,.
+Det gaaer ham meget daarlig; han er
+ganske blottet for Midler til at existere,
+narret og bedraget af sin meget velhavende
+Familie. Siden han rejste, har jeg ikke
+bestilt andet end bede ham komme 
+hjem igjen for hans Kunsts Skyld, Jeg
+nærer meget høje Tanker om hans Ævner,
+men jeg nærer ogsaa megen Frygt for
+disse Ævners Forlis nede ved Middelhavet.
+Først for nogle Maaneder siden fik jeg 
+[2]
+endelig ud af ham, hvorledes det hang
+sammen med hans Forhold, hans For-
+bliven dernede etc. Han har ikke
+Midler til at vende hjem. Det vil sige,
+han kunde overkomme Rejsen, men han
+vil ikke rejse uden at have klaret sin
+Gæld dernede, og han vil ikke heller lide
+den Ydmygelse at komme hjem i slig
+Forfatning, han nu er i. Han gaaer dernede
+og sælger sine Billeder for nogle faa Francs,
+pines af Kreditorer, af Familiebreve og har
+ingen anden Trøst end sin Kone, der tilmed
+stadig er syg. Hans Forhold var ifølge hans
+sidste Beretning saaledes, at han tænkte paa
+at tage ind til Marseille, hvor baade han
+og hans Kone vilde søge et hvilketsom helst
+[3]
+Slags Arbejde.
+Jeg har selv hjulpet ham efter fattig Ævne,
+jeg har forgæves henvendt mig til Samlerne
+her i Byen, til Kunstforeningen, Kunst-
+handlerne etc. – alt forgæves. Nu mangler
+jeg i en Maaned Efterretninger fra Wildenradt, 
+kjender ikke hans Adresse, faaer intet Svar
+paa mine Breve, der altsaa ikke naaer ham.
+Jeg ved derfor intet at gjøre.
+Jeg meddeler Dem dette, skjøndt jeg véd,
+at W. vilde finde det utilgiveligt, om jeg
+røbede hans sande Forhold. Jeg véd imidlertid,
+De interesserer Dem for ham, og jeg véd ogsaa
+De vil tie med Detailler af dette Brev. Kan
+De finde paa et Middel til Hjælp? Men
+det maa være gjennem _Billedsa_lg, - anden
+[4]
+Hjælp modtager han ikke.
+Modtag mange venlige Hilsener,
+Deres hengivne
+Emil Hannover
+fremt. Adresse:
+Cathrinebjærg
+pr. Taastr up</t>
+  </si>
+  <si>
+    <t>1890-07-03</t>
+  </si>
+  <si>
+    <t>Hørning
+Aarhus</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Johan  Rohde
+Agnes Slott-Møller
+Harald Slott-Møller
+Johan Peter Wildenrath</t>
+  </si>
+  <si>
+    <t>Se Hannovers brev dateret 27. juni 1890 til Rohde, hvori Hannover beretter om sit møde med Wildenrath.</t>
+  </si>
+  <si>
+    <t>Emil Hannover har ikke skrevet til Rasmus Christiansen i et stykke tid, fordi hans hustrus sygdom har lagt beslag på hans tid. Christiansens breve er dog nået frem til ham i Rom, og Christiansen udtrykker i nu tilfredshed med, at Hannover har forlænget sit ophold i Italien - selvom han dermed går glip af årets ellers udmærkede forårsudstilling på Charlottenborg. Hannover har spurgt efter nyt om Johan Rohde og ægteparret Slott-Møllers, og Christiansen kan berette, hvad deres planer har været for sommeren. Christiansen glæder sig over Hannovers beretning om et møde med Wildenrath, der har succes som maler i Sydfrankrig, men desværre kun sender sine næstbedste værker til Danmark til udstilling og salg.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/AcmW</t>
+  </si>
+  <si>
+    <t>Aabo-Skovgaard pr: Hørning
+ved 
+Aarhus
+den 3die Juli 1890
+Kjære Hannover!
+Hjærtelig Tak for Deres Brev, som
+jeg modtog fra Kjøbenhavn for nogle
+Dage siden. Det glædede mig meget
+at høre lidt fra Dem igjen. Jeg har
+selv flere Gange været paa Nippet til
+at skrive til Dem, for at faa at vide,
+hvorvidt muligvis mine 2 sidste Breve,
+som jeg sendte til Deres Adresse i Rom,
+ikke havde truffet Dem; men jeg antog
+som det nu fremgaar af Deres
+Brev at Grunden til Deres Tavshed
+maatte være Deres Frues Sygdom og
+de deraf følgende vanskelige Arbejdsfor-
+hold, som De jo maatte lide meget under.
+[2]
+Det glæder mig imidlertid meget at høre, 
+at det gaar betydelig bedre med Sygdom-
+men, som De forhaabentlig ved fortsat Omhu
+og Forsigtighed snart maa faa fuldstændig
+Bugt med. Jeg havde ellers troet, at De alle-
+rede for længe siden var kommen hjem, da
+jeg hørte noget i Kjøbenhavn om at De
+agtede Dem hjem inden Foraarsudstillingens
+Lukning. Imidlertid tror jeg De har gjort
+vel i at blive borte, da Forsommeren her-
+hjemme slet ikke har været god, men afvex-
+let med med stærk Varme og Kulde samt Regn-
+storm, hvilket næppe er heldigt for sunde
+Mennesker, langt mindre for syge. Jeg
+var ogsaa ret fornøjet over at De ikke
+kom hjem og saa Foraarsudstillingen, skjønt
+den vist iaar var bedre end den har været
+længe, men naar De kom lige fra
+[3]
+den store italienske Kunst, saa vilde De
+vist næppe blive nogen naadig Dommer.
+Vi er jo Smaafolk. Det er nu noget over
+en Maaned siden, at jeg kom herover til
+Jylland. Men jeg har ikke hidtil havt
+overdreven meget Udbytte, hverken i den
+ene eller anden Retning. Som
+ovenfor omtalt har Vejret været meget ube-
+hageligt, hvilket havde tilfølge at jeg strax
+i Begyndelsen paadrog mig en stærk Forkø-
+lelse, som jeg endnu ikke helt er kommen
+af med, og som naturligvis har voldt mig
+megen Kval. Med Hensyn til mit Arbej-
+de, saa vil jeg kun bemærke, at det denne
+Gang ikke er Soldater, hvilket De formodentlig
+paa Forhaand betragter som et Fremskridt.
+Angaaende Deres Forespørgsel efter Møllers
+og Rohde, saa skal jeg fortælle Dem hvad
+[3]
+jeg vèd, hvilket imidlertid ikke er meget.
+Møllers rejste fra Kjøbenhavn en 14 Dages
+Tid før jeg, og de agtede sig foreløbig til
+Egnen nord for Randers i Nærheden
+af Rold Skov. Der kunde de imidlertid 
+ikke finde nogen passende Bolig, og den
+Dag, jeg ankom til Aarhus fra Kjøbenhavn,
+modtog jeg en Hilsen fra dem gjennem et
+Menneske som havde kørt paa Jernbane sam-
+men med dem. Den Gang agtede de sig ned
+i Omegnen af Kolding, og siden har jeg intet
+hørt fra dem. Rohde vilde blive en Maaneds-
+tid længere i Kjøbenhavn, da han arbejdede paa
+et Billede der. Senere vilde han ogsaa til Jyl-
+land, og han lovede at sende mig sin Adresse
+saasnart han var rejst. Da jeg ikke har hørt fra
+ham, antager jeg, at han endnu er i Kjøbenhavn.
+Det glædede mig meget at høre om Deres Møde med
+Wildenradt. Jeg havde frygtet at De vilde have fun-
+det et Vrag af Deres tidligere Ven og Kammerat, men
+det er heldigvis altsaa ikke Tilfældet. Jeg forstaar kun ikke
+hvorfor han saa ihærdigt har forsøgt at ødelægge sit
+[afslutningen af brevet er på første side i venstre margen og foroven:]
+Renomé i sit Fødeland ved kun at sende Udskuddet hjem, naar han selv var på
+det rene med at det ikke var saa godt som det burde være, saa havde han sikkert
+staaet sig bedre ved
+at vente, indtil han
+kunde sende
+noget godt.
+Til Slut
+en hjærte-
+lig Hilsen
+til Dem
+og Deres
+Frue med
+Ønsket
+om snar-
+lig Helbredel-
+se fra
+Deres
+hengivne
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1890-11-22</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/t5yB</t>
+  </si>
+  <si>
+    <t>Rosenvænget 22 Nov 1890
+Hr. E. Hannover!
+Af Købke ejer jeg et portrait som
+forestiller Høyens Moder, to små
+billeder fra søerne ved Kjøbenhavn,
+og 1 kopi efter et pompeiansk væg-
+maleri. Disse billeder vil til enhver tid
+i løbet af en 14 dage være tilgængelige
+for Dem, da jeg har samlet dem i
+vores dagligstue. Så selv om jeg ikke
+skulde være hjemme, vil De kunne
+få dem at se, når De blot nævner
+Deres navn og siger hvorfor De kommer. 
+Min broder ejer et lille studie fra søerne,
+hvis jeg ikke husker at få det her over, vil De
+kunne få det at se hos ham selv, han bor
+i Vekselmægler Aggersborgs villa i
+Clasens Have.
+Med agtelse
+Joakim Skovgaard.</t>
+  </si>
+  <si>
+    <t>1892-12-09</t>
+  </si>
+  <si>
+    <t>Brevet, Emil Hannover responderer på, er fra Johan Rohde, dateret 8. november 1892.</t>
+  </si>
+  <si>
+    <t>Emil Hannover svarer på Johan Rohdes brev og forslag om inklusion af et ellers bortredigeret afsnit i Købke-manuskriptet. Hannover er modstræbende omkring publiceringen af afsnittet, men understreger derimod vigtigheden af kapitlet om Italien. Heri mener han på baggrund af kildemateriale at kunne påvise, at uheldig indvirkning på danske malere i Italien ikke skyldtes de italienske kunstnere, men derimod de tyske der opholdt sig der på samme tid.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/L3Rw</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Tak for Deres venlige Brev. Det
+glæder mig deraf at se, at De
+synes at sætte nogen Pris paa
+mit Arbejde.
+Deres Raad med Hensyn til en
+Skildring af det gamle Kjøbenhavn
+skal jeg tage under fornyet Over-
+vejelse, men jeg er paa Forhaand
+ikke stemt derfor. Ja, naturligvis
+er Afsnittet om Italien ogsaa
+”Milieu”, men dér er det i høj
+Grad paa sin Plads og ganske
+uundværligt.
+Jeg holder selv en Smule mere af
+dette Afsnit end af de andre, fordi
+det – saa fattigt det er – har kostet
+mig saa utrolig meget Arbejde.
+Jeg overdriver næppe ved at sige, at
+jeg til Brug for dette Afsnit har
+[2]
+gjennemlæst et Par Hundred
+Kunstnerbreve, afskrevet et halvt
+Hundred do og gjennembladet mindst
+dobbelt saa mange trykte Memoirer
+og Rejsebeskrivelser, – alt sammen for 
+paa paalidelig Grund at kunne konstruere
+den knappe og – jeg indrømmer det 
+– noget magre Fremstilling, jeg
+har kunnet give af Livet i Rom.
+Det er dog mere paa Resultatet af
+min Fremstilling, end paa selve
+denne, jeg lægger Vægt. Man har
+saa ofte talt om Italien som ”den
+store Sirene” e. l., der har lokket
+vore Kunstnere paa vildsomme Veje.
+Jeg har villet paavise, at det ikke
+er Indflydelse fra Italien, men
+Indflydelse fra tyske Kunstnere
+[3]
+dernede, som har været til Uheld
+for vor Malerkunst.
+Besøg os snart og vær venligst
+hilset. 
+Deres hengivne
+Emil Hannover
+9. XII. 92</t>
+  </si>
+  <si>
+    <t>1897-08-12</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Ue6B</t>
+  </si>
+  <si>
+    <t>12 . VIII . 97. Nyhavn 22 Kjøbenhavn 
+Kjære Ven!
+Min gode, gamle Fader døde i Dag.
+Deres hengivne 
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1897-10-11</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/OiE2</t>
+  </si>
+  <si>
+    <t>11 . X . 97. Nyhavn 22. Kjøbenhavn.
+Kjære Ven! De skal have Tak for Deres
+venlige Brev; og Tak fordi De har ønsket at
+have mig til Medarbejder — det har glædet mig
+meget; — om jeg nu virkeligt kunde være Dem
+til nogen Støtte, vilde intet være mig mere kjært,
+men desværre maa jeg strax protestere imod De-
+res gode Mening om mig og om mine Kvalifi-
+kationer. — Jeg har jo ganske vist set en Del
+god Kunst, maaske ogsaa set ret fornuftigt paa
+denne og kan maaske endelig ogsaa fortælle
+et og andet om mine Indtryk og Iagtagelser
+—over Bordet iblant gode Venner — som
+saa mange andre, der maler og rejser;
+men der forekommer mig ikke at være mindste
+Anledning til at overgive disse Iagtagelser til
+Literaturen.
+I ét ere vi i hvert Fald ganske enige: i vort
+Had til Dilettantismen. Men, kjære Ven,
+Jer Métier er jo nu engang lige saa meget
+“Kunst” som vor og kræver lige saa vel sin
+Mand fuldt ud. Ikke sandt? Naar jeg
+altid ærgrer mig over Dilettanten, saaledes som
+han trives herhjemme, hvorfor da selv give
+Stof til Ærgrelser.
+Dette er virkelig ikke Talemaader; jeg har ofte,
+[2]
+naar jeg er bleven presset til at skrive to Ord, følt
+hvad jeg her siger. — Om jeg blot som Maler
+kunde naa lidt bort fra den rene Dilettantisme,
+maatte jeg vel være fornøjet.
+Hvad De ellers fortæller mig om Kunstbladets
+Gjenopstandelse interesserer mig meget, og jeg glæder
+mig stærkt til igjen at faa det ind ad Døren.
+Efter alle de Skarnbøtter, som i det sidste Fjer-
+dingaar ere blevne væltede ud over Landet for
+at blive slugte med al dens raadne Indhold
+af dette stakkels Lands samtlige to Millioner,
+skal det blive rart at tage et lille Blad i
+Haanden, om hvilket man véd, at det ikke alt
+er studeret af ens Tjenestepige, men om hvil-
+ket man i hvert Fald har den Forestilling,
+at det er skrevet for én selv og kun bliver læst
+af én selv — thi forhaabentligt faar det da
+ingen Abonnenter.
+Mest glæder jeg mig dog til at se Dem kom-
+me frem med alt det, De nu i saa lang Tid
+har sparet sammen paa og haft paa Hjærte.
+Jeg vil nu ønske, at Madsen vil være flink til
+[3]
+at hjælpe Dem; thi det bliver vel dog den eneste
+Medarbejder, som De kan faa nogen Fornøjel-
+se af.
+Jeg ser imidlertid snart ud til Dem, naar
+jeg en Aften faar Tid; jeg maa dog høre
+lidt mere om Deres Planer.
+De er vel rask igjen?
+En venlig Hilsen til Deres Hustru og glem
+ikke at takke hende for den hyggelige Efter-
+middag i Bagsværd.
+Deres hengivne
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1902-11-05</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/vO02</t>
+  </si>
+  <si>
+    <t>KORRESPONDANCE-KORT
+Til
+[Med J. R.s håndskrift:]
+Kunsthistoriker
+Hr. Bibliothekar
+Emil Hannover 
+56.3. Vesterbrogade 
+V Kjøbenhavn 
+[2]
+[Med blyant, i Hannovers håndskrift
+øv. th.: Rohde]
+5 . XI . 1902
+Silkegade 13.
+Kjære Ven. 
+Tak for Deres Forsøg paa at træffe
+mig.
+Jeg har i disse Dage lagt mig for
+Anker i mit Sovekammer som Følge
+af Overanstrængelse paa min Hjemrejse. 
+Naar jeg kommer lidt til Hægterne igjen
+skal De nok faa mit Besøg. 
+Med venlig Hilsen til Dem og Deres
+Hustru
+Deres hengivne
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1904-12-28</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/eRcp</t>
+  </si>
+  <si>
+    <t>[Tilføjet med blyant af Hannover
+øv. th.:] Rohde
+28 . XII . 1904
+Nybrogade . 12
+Kjøbenhavn 
+Kjære Ven. 
+Tak for det smukke Hefte, som De sendte
+os til Julen. 
+Vi har haft megen Interesse af at gjøre
+os bekjendt dermed og ere begge meget for-
+bausede over de mærkelige Mennesker, De
+fortæller os om, der slet ikke bryder sig om
+Deres Børn. 
+Kom nu snart ned og se paa den lille
+Pige, der bor her i Huset; hun er ikke af
+van Dyck; men hun er en rar lille én,
+der ikke er bange for fremmede.
+Jeg troede jeg kunde have faaet Dem herned
+en af disse Aftener, men saa gik min
+Kone hen og forkjølede sig, saa hun maatte
+[2] 
+gaa tilsengs, men kunde De nu ikke tænke
+paa at drikke Deres The hernede engang i næste
+Uge, hvilken Aften der passer Dem, blot vi
+faar et Par Ord i Forvejen.
+Foreløbigt glædeligt Nytaar for
+Dem og Deres Hus
+Deres hengivne 
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1905-01-09</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/2we5</t>
+  </si>
+  <si>
+    <t>[Tilføjet med blyant af Emil Hannover
+øv. th.:] Rohde
+9 . I . 1905 .
+Nybrogade . 12
+Kjøbenhavn 
+Kjære Ven.
+Tak for Deres smukke og kloge Af-
+handling om Schwind. Om det netop
+ikke er derfor, at De beder om Adres-
+sen, vilde jeg blot sige Dem, at
+Grønvold sikkert vilde blive meget
+glad ved et Særtryk. 
+Hans Adresse er: _14 Hohenzollernstrasse
+W. Berlin _
+Indlagt en pinlig Artikel af [af] Aubert;
+Den De talte om; paa Konvolutten
+stod ogsaa Deres NavnX, men ellers
+intet. De har maaske læst den
+——
+XFor det Tilfælde, at De korresponderer med
+ham, nævner jeg det.
+[2]
+Venlig Hilsen herfra til
+Hustru og Dem selv
+Deres hengivne
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1887-09-22</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen
+Peder Severin Krøyer
+Johan  Rohde
+Niels  Vinding Dorph</t>
+  </si>
+  <si>
+    <t>Protesten mod Piratens åbningsnummers artikel, der ikke særligt subtilt omhandlede P.S. Krøyer og hans generation af kunstnere, blev bragt i tidsskriftets tredje nummer som en lille notits s. 8 med ordlyden: "Det glæder os at kunne meddele, at der intet ligger til Grund for den i vore første Nummer under Overskriften "Hemmelige Underhandlinger" meddelte Artikel. Det er saa langtfra, at den ved Udtrykket "Musik i Atelieret" betegnede Maler er en Renegat, at han tværtimod, ved mange Lejligheder har vist sig som de unges bedste Støtte. Vi beklager derfor, at vor Medarbejder – o – har været daarligt underrettet."</t>
+  </si>
+  <si>
+    <t>Oprørt skriver Agnes Slott-Møller til Emil Hannover og beder ham tage affære, da P.S. Krøyer er blevet omtalt spottende i det første nummer af det nye, provokerende studenterblad Piraten. Det er ikke alene på Krøyers vegne, Slott-Møller er fortørnet, men også pga. det forhold, at med et 'ungt' tidskrift - et studenterblad - som afsender, kan artiklen skade hele det arbejde, som den øvrige, unge generation, der bl.a. tæller Krøyer, Slott-Møllers, Hannover, Rohde, Christiansen, gør for en fornyelse af kunstnerisk udtryk og praksis. Vil Piraten ikke bringe den dementi, som hun beder Hannover foranstalte - da hun og Harald ikke er lykkedes med at skrive noget med "tilstrækkelig Fynd og Klem i" - foreslår hun, at han kan søge at få Politiken til at trykke en redegørelse for Piratens uretfærdige "Overgreb mod den yngste Generations Ret og Ære."</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/dzKJ</t>
+  </si>
+  <si>
+    <t>Viborg 22 Sept 87.
+Kjære Hr Hannover!
+De har naturligvis læst Piratens
+Prøvenummer Synes De ikke at
+det er nødvendigt, at der, da Bladet
+jo optræder som Ungdommens
+Organ, fra de Unge, fra ”Kliken”
+fra os Alle bliver protesteret mod
+de infame og ganske løgnagtige
+Insinuationer mod Krøyer, som 
+findes i Artiklen ”Hemmelige
+Underhandlinger”. Mener De ikke, 
+at vi bør gøre alt, hvad der staar
+i vor Magt for at forhindre, at
+der tillægges os, at den virkelig skulde være
+et Udtryk for den Opfattelse ”Ung 
+[2]
+dommen” har af Krøyer – Jeg har
+lige nu skrevet til Christiansen for
+at lade ham conferere med Rohde,
+der vel ikke er i Kjøbenhavn (?) om
+hvad han mener, at der kan og 
+bør gøres for at ikke baade vor ”Sag”
+skal blive helt forkludret og vor 
+personlige Værdighed krænket ved
+at vi skulde slaas i Hartkorn
+med denne Hr. – o – . Vi véd
+jo nok, at Krøyer ikke netop er
+Deres allervarmeste Sympathi,
+men vi stoler paa, at De lettelig
+indsér, at det som Helhed er
+den yngste Generation i Maler-
+kunsten kompromitteret ved denne
+Artikel og at De desuden er altfor
+[3]
+meget Gentleman til ikke at harmes
+over at se saadanne Vaaben som 
+Dem[sic] Hr – o – bruger anvendte mod
+en Mand til hvem vor hele Udvikling
+herhjemme staar i saa stor Gæld
+som til netop til Krøyer. – Vi menter,
+at det vilde være saa ønskeligt om
+vi kunde faa en Artikel, der prote-
+sterede, ind i Piratens [?] Nummer
+som kom jo udkommer den 3dje
+Oktober og vil Piraten ikke have noget
+at giøre med os at giøre, saa maa vi
+giøre alt for at oplyse den om
+Sagernes rette Sammenhæng gen-
+nem Politiken. Jeg ved nu ikke, 
+hvorvidt De vil være tilbøjelig til
+selv at skrive noget i denne Sag,
+[4]
+Hvis De ikke rigtig har Lyst saa
+maaske Rohde eller Christiansen
+kunde, det er jo ligemeget hvem
+det bliver, naar det blot bliver sagt.
+Møller og jeg forsøgte os igaar, lige da
+vi havde læst "Piraten", men vi 
+kan ikke komme ud af at lave 
+noget der er tilstrækkelig Fynd
+og Klem i, som hænger sammen 
+og som er kort og klart nok. Jeg
+sender Dem hermed nogle
+Stumper af hvad vi skrev, men
+beder Dem blot at betragte det
+som et Bevis for, at vi trods
+svigtende Evne, saa inderlig gærn[e]
+vilde bidrage vort til at faa denne 
+Sag ordnet. Det er paa ingen Maade
+vor Mening, at det kan eller skal
+[5]
+benyttes, det er blot for at vise Dem,
+hvad vi i første Øjeblik syntes der
+maatte siges. Som yderligere Und-
+skyldning for det Skrevne maa
+det tjene, at Møllers Fritid er saa
+ringe, at vi ikke kan faa Tid til at tale og
+tænke Sagen rigtig igjennem sammen
+og at mit Hovede desværre vedbliver
+at være saa ynkeligt, at det ingen
+store Anstrengelser taaler. – Hvis
+De kender ”Piratens” Redakteur
+kunde De maaske personlig tale
+med ham og sætte ham saaledes
+ind i Sagen, at vi ikke risikerer 
+flere af denne Slags Skandaler,
+ellers vil De maaske være saa 
+[6]
+god skriftlig at raadføre Dem med
+Christiansen og Rohde om hvad
+vi skal gøre. Er det ikke for at
+værne om, hvad der er Ret og
+Retfærdighed at ”Kliken” fra først
+af har dannet sig og tillige for at der
+ikke Overg fra nogen Side skal
+ske Overgreb mod den yngste
+Generations Ret og Ære. – Jeg beder
+Dem om som sagt tænke lidt
+paa, hvad der er det vigtigste at
+giøre, i en litterair Sag som denne
+maa De absolut kunne være 
+øverste[?] Raadgiver. – Vi ved jo
+ikke hvem Piraten har knyttet
+til sig som Medarbejder i kunstneriske
+[7]
+Anliggender, men vi mistænke
+Hr N.V: Dorph for at være identisk 
+med Hr – o –. Han har jo
+tidigere skrevet lignende smukke
+Ting. –
+Venlig Hilsen sendes Dem og
+Deres Forlovede fra os Begge.
+Agnes Rambusch.</t>
+  </si>
+  <si>
+    <t>1889-06-24</t>
+  </si>
+  <si>
+    <t>Kathrinebjerg</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen beder om nyt læsestof fra Emil Hannover, så længe det ikke er om kunst og ikke er engelsksproget. Og dog; vil Hannover udlåne sine tekster af Rafaëlli, vil Christiansen gerne læse dem. Han arbejder på et "Mesterværk" og er derudover godt tilfreds i Odense, hvor han hurtigt kan komme ud af byen og på landet i sommervarmen. Hannover og hustru er selv på landet - på Kathrinebjerg - så Christiansen beder dem hilse køerne og sende ham navnet på deres nærmeste by, så hans breve kan nå dem direkte på adressen.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Zk1O</t>
+  </si>
+  <si>
+    <t>Thorsgade 25\1
+Odense d: 24 Juni 89
+Kjære Hannover!
+I Hjørnet ovenfor tilvenstre vil De
+finde Adressen paa min foreløbige
+Residens for Sommeren. Navnet er der
+ikke noget i Vejen med, det opfordrer
+til store og gode Gjærninger, naar bare
+ikke Gaden, som bærer Navnet virkede lige
+akkurat modsat. En lang, lavhuset, solbagt
+Provindsbygade, som dog har det Fortrin
+frem for sine kjøbenhavnske Kolleger, at den
+fører lige ud til det, trods Varmen, frodi-
+ge og friske Fyens Land, hvortil man
+altid kan søge, naar Varmen bliver for overvæl-
+dende, uden at behøve Dampsporvogne eller
+Jernbane. For resten, hvis det ikke var for
+de stakkels Landmænds Skyld, saa har jeg ikke
+noget imod den megen Sol. Jeg behøver
+alt det jeg kan faa af Solskin til det omtalte Mester-
+værk. Det skal blive storartet, i hvert fald
+er jeg nødt til at stramme mig selv op
+ved at bilde mig, at det skal blive noget
+[2]
+uhørt, men De skal forresten ikke tro det,
+førend De ser det. Jeg er bange det skal
+gaa mig ligesom Bonden der forsøgte om
+han kunde tro saa fast paa at en Kampe-
+sten kunde flyde paa Vandet, at dette virke-
+lig skete, men aldrig saa snart saa han
+den synke, før han udbrød: “ja, jeg tvilte
+nok om det!”. For imidlertid at komme bort
+fra dette tvivlsomme Æmne og over til det hvorom
+mit Brev egentlig drejer sig, saa vil jeg spørge om
+De med sædvanlig Elskværdighed vil sende
+mig lidt aandelig Forfriskning i Retning
+af en eller anden god Bog, bare ikke om
+Kunst, hverken om fransk eller dansk
+eller nogen Slags Kunst. Har De ikke
+noget af Voltaire eller en eller anden
+gammel Knop fra den Tid. Det De
+har af Diderot, har jeg læst, hvis De
+ikke har faaet noget mere for nylig.
+Det maa nok være Fransk eller Tysk,
+helst Dansk, men ikke paa nogen Maade
+Engelsk. Har De Flauberts “Salambo” eller
+“Les tentations de St Antoine”? Jeg vilde
+[3]
+gjærne læse “Les lettres persanes” men dem
+har De vel ikke? Hvis jeg ikke netop havde
+bedt mig fritaget for Kunstliteratur, saa
+havde jeg alligevel Lyst til at bede Dem
+sende Raffaëlli’s Piecer, dem De har
+af ham. Men De vil vel ikke laane dem
+ud. Jeg skal forresten ikke vise dem
+til nogen, der er vist ingen her i Oden-
+se, som forstaar Fransk. Hvordan gik
+det med Lejligheden fik De nogen, som
+De syntes om. De fandt vel ikke siden
+noget Atelier for mig! Jeg addresserer
+dette Brev til Gl: Kongevej, skjøndt
+De forhaabentlig forlængst er paa Landet,
+men jeg kan ikke huske pr: hvad
+for en By det er “Kathrinebjerg” ligger.
+Husk at lade mig det vide naar De
+skriver. Jeg er aldeles blød af Varme
+og kan ikke skrive mere. Farvel, hils
+Deres Kone og Dem selv mange Gange
+og de 180 Køer.
+Deres hengivne
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1889-09-21</t>
+  </si>
+  <si>
+    <t>Georg Achen</t>
+  </si>
+  <si>
+    <t>Jean-Francois Rafaëlli
+Jean-Antoine Watteau</t>
+  </si>
+  <si>
+    <t>Achen takker Hannover for et tilsendt særtryk af hans afhandling om Rafaëlli. Han har haft travlt med at male hele sommeren, men har ellers nydt landlivet. Achens har desuden haft glæde af Hannovers afhandling om Watteau, og ærgrer sig over ikke at have haft den med sig i Paris.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/4ur9</t>
+  </si>
+  <si>
+    <t>Sandbjerg pr. Hørsholm
+21/9 89.
+Kjære Emil Hannover
+mange Tak for det tilsendte
+Særtryk af Raffaëllikritiken.
+De undskylder at Takken
+kommer noget sent, men
+jeg har meget travlt med
+flere Billeder, som aldrig vil
+blive færdige (lader det til) saa
+jeg har opsat Skriveriet lidt
+længe. –
+Vi har haft en udmærket
+Sommer iaar, vi har nydt
+Roen og ved Landlivet dobbelt
+efter den lange Rejse. –
+Herude har vi ogsaa haft
+stor Fornøjelse af at læse
+Deres Bog om Watteau
+jeg vilde ønske at jeg havde
+læst den da jeg var i Paris
+saa havde jeg set med langt 
+større Interesse paa hans 
+[2]
+Arbejder der, men det er 
+vel ikke sidste Gang vi
+kommer til Paris. –
+Paa Gjensyn i Staden Kjøbenhavn,
+mange Hilsner til Dem og
+Deres Kone fra min Kone
+og Deres G Achen</t>
+  </si>
+  <si>
+    <t>1891-07-20</t>
+  </si>
+  <si>
+    <t>Godfred  Christensen
+Albert Gottschalk
+Valdemar Kleis
+Johan Thomas Lundbye
+Julius Paulsen
+Joakim Skovgaard
+Agnes Slott-Møller
+Harald Slott-Møller
+Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>Rohde er ærgerlig over, at Hannovers ikke gør noget ved deres tidligere omtalte planer om at tage til Jylland, og opfordrer dem til at tage rejsen over. Rohde er begejstret for det jyske landskab, men mindre begejstret for jyderne - noget der i sidste instans ødelægger lidt af glæden ved at opholde sig derovre. Men Rohde mener, at de ting han irriteres over kun vil være charmerende og kuriøse for en turist på gennemrejse. Alice Hannover er tilsyneladende syg igen, og Rohde håber, det ikke er alvorligt. Rohde takker Hannover for at tage sig af Den Fries interesser. Kleis har tilsyneladende nægtet kendskab til nogen kontrakt med Den Frie, hvilket Rohde afviser muligheden af. Inden hans afrejse til Jylland var en kontrakt blevet udformet. Zeuthen havde lovet at tage sig af de afsluttende procedurer, men har åbenbart ikke fået underskrevet alligevel. Rohde er bange for, at Kleis kan finde på at snyde dem, og han beder Hannover om at holde lidt øje med Kleis' øvrige udstillingsplaner. Rohde kæmper i øjeblikkeligt med maleriet, særligt friluftsmaleriet volder ham problemer.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/MYpe</t>
+  </si>
+  <si>
+    <t>Karup. pr Viborg. 20-VII-91.
+Kjære Ven!
+Tak for Deres Brev. Jeg har forresten
+i den sidste Tid gaaet og tænkt en Del paa
+Dem og Deres Kone. Det var i Anledning
+af den Jyllandsrejse, De sidst omtalte om, De
+havde saadan en svær Lyst til, at jeg har
+fantaseret. Jeg har set Dem i Aanden kom-
+me agende paa Studevogn paa et af de Punk-
+ter, hvor Heden stødte til en Jernbane, og
+jeg har gaaet og glædet mig til at vise Dem
+alle Herlighederne — Men af Deres sidste
+Brev ser jeg, at Jyllandsrejsen kun har været
+et Luftkastel; den er jo ikke nævnt med
+et Ord. Er det Rococoudstillingen, der
+binder Dem til Kjøbenhavn. Giv den en
+god Dag og stik herover, hverken De eller
+Deres Kone vilde fortryde det — . De kjender
+ikke Danmark, naar De ikke kjender Jylland.
+Lyngby er et Stykke Kjøbenhavn, først herovre
+ser De Landet. Her er vidunderligt dejligt;
+for hvert Aar jeg vender tilbage hertil synes
+jeg der er bleven smukkere — desværre svarer
+Menneskene ikke altid til Landet — og hvor
+skikkelige de end kunne være, saa ere de
+[2]
+dog som oftest saa langt tilbage, at Opholdet
+paa Landet — som jeg holder saa umaadeligt af –
+alligevel bliver til noget af en Plage for mig.
+Ens D demokratiske Sindelag kan blive stillet
+paa en haard Prøve ved et Ophold herude
+paa Heden. Jeg kjender ikke noget til de
+vilde af personlig Erfaring, men jeg tror ikke,
+at de staar meget lavere i Intelligens end dis-
+se Hedebønder, for hvem der i disse Dage (i
+Anledning af Hedeselskabets Fester) pokuleres for
+af Landets Stormænd.
+Har man som jeg for Øjeblikket nogen Grund
+til at være gnaven, ærgrer man sig over sine
+Omgivelser fra man staar op, til man gaar
+i Seng — og desværre er man ofte nødt til
+det i Sengen med.
+Men hvad der ærgrer en, naar man skal
+trækkes med det til Stadighed, vil jo ofte, naar
+man kun lejlighedsvis kommer i Berøring
+dermed, have sin Tillokkelse. Saadanne
+Smaating, som Senge, der ikke kunne ligges
+i, Vinduer, der ikke kunne lukkes op og Døre,
+der ikke kunne lukkes i, Knive der ikke kun-
+ne skjære og Smør der ikke kan spises, en
+Post, som ingen Post besørger o.s.v. o.s.v.
+[3]
+alt dette er jo Bagateller af den Art, der
+kaster en Charme, en Friskhed noget,
+hvad skal jeg kalde det, over Touristlivet,
+som ikke bør afskrække Dem. Som sagt
+løs en Billet og rejs over at se Heden inden
+den er ryddet.
+— .
+Det bedrøver mig af Deres Brev at
+se, at Deres Kone ikke har haft det
+saa godt i Sommer; der er da forhaa-
+bentlig ikke nu igjen noget alvorligt
+paafærde. 
+— .
+Og saa Tak og atter Tak, fordi De er
+vor altid aarvaagene Argus, der varetager
+vore Interesser bedre end vi selv.
+Naar Kleis imidlertid fortæller, at han ikke
+kjender noget til Kontrakten med den frie
+Udstilling, saa er dette enten noget rent
+Sludder af Kleis eller ogsaa Svinepolitik.
+[4]
+Vi har jo inden jeg rejste fra Kjøbenhavn haft
+flere Møder sammen med Skovgaard og Zeuthen,
+hvor Sagen er bleven fuldstændig udtømt,
+og jeg har atter og atter klart formuleret
+vore Fordringer.
+Zeuthen har desuden fortalt mig, at Kleis
+privat har henvendt sig til ham og røbet
+en saa forbavsende god Besked med For-
+holdene og saamegen Klogskab, at han
+besluttede sig til at skrive Kontrakten om
+i en saadan Form, at den ikke kunde
+omgaaes, derfor var den ikke underskreven
+da jeg rejste fra Byen, men det var Aftalen
+at Zeuthen skulde ordne det fornødne
+— og naar man holder en Jurist til
+det samme, burde man dog kunde stole
+paa ham. Dette med den norske, svenske
+Udstilling og saa “nogle faa danske” Billeder
+har vi drøftet paa et Par Møder med
+Kleis — Vi har naturligvis tænkt at det
+vilde gaa, saaledes som De ogsaa formoder,
+at det vilde blive en dansk Efteraarsudstilling,
+og dette har vi modsat os. Jeg har nu igjen
+skrevet til Kleis og Zeuthen om Sagen.
+[5]
+Zeuthen er nu vistnok desværre i Norge.
+Skulde Deres Vej imidlertid falde forbi Kleis
+Butik, kunde De gjøre mig en stor Tjeneste
+— hvis De da ikke er kjed af det —
+ved at kigge ind til ham og rekognoscere
+— det var dog alt for harmeligt, om de
+virkelig skulde dreje os en Næse. Jeg
+har flere Gange trængt paa for at faa
+Kontrakten underskreven, men Zeuthen har
+atter og atter forestilt mig, at jeg ikke
+skulde være ængstelig for det, da Kleis
+jo var alt for interesseret i at faa den
+frie Udstilling til næste Aar til, at han
+turde bryde med os — Men maaske
+han ikke troer, at det er Alvor med
+vor Trudsel, men gjør ham det dog
+saa begribeligt. 
+——
+Endvidere Tak paa Forhaand for
+Deres Artikel, som jeg endnu ikke har
+set, om den anonyme Udstilling.
+Ja De har Ret, “fjollet” det er
+Ordet. Det er ogsaa ret betegnende,
+[6]
+at det er et Par saa uklare, umodne
+og pjattede Personer som Gotfred Chr. og
+Julius, han har faaet til Topfigurer
+— at den sidste for resten ikke skammer
+sig! Jeg venter at se de Arbejder af
+ham, der ikke kommer paa den ano-
+nyme, paa Juleudstillingen.
+——
+De spørger om, hvad jeg maler?
+— Ja det er kun smaat og daarligt, hvad
+jeg hidtil har faaet gjort. Jeg kan des-
+værre ikke skrive som en Mand, der forleden
+ansøgte om at faa en Understøttelse af
+den frie Udstillings Fond “jeg har i Som-
+mer malt nogle friske Studier”.
+“Friske” det er, hvad de ikke er. Jeg har
+nu ogsaa et saadant forbandet Mas med
+at komme til at male. Mit Helbred
+er nu imellem os sagt noget skrøbeligt
+og jeg kan desværre ikke som en rigtig
+[7]
+Payssagist jo burde, staa ude og male fra
+Morgen til Aften.; dertil er Klimaet alt
+for variabelt — ja de 5-6 Dage om Ugen 
+blæser der jo saa lang Dagen er en skarp
+alt gjennemtrængende Østenvind — og det
+skulde ... saa gaa mærkelig til om der ikke
+den syvende Dag skulde komme noget i Vejen,
+jeg har derfor af Nødvendighed maattet
+nære mig en Del af Surrogater. Naar
+jeg ikke kan g holde ud at staa ude paa
+en Plet og Male, gaar jeg omkring og gloer
+gloer[sic] Øjnene ud af Hovedet og har saa
+en Notebog ved Haanden til at gjøre mine
+Optegnelser i — Jeg ser imidlertid udmærket
+godt Methodens mange og farlige Svagheder
+og jeg foresætter mig stadig ... at gjøre, hvad
+jeg kan for at komme “lige til Fadet”
+— De havde Ret hvad De engang sagde
+i Vinter, da De saa mig staa og bixe med 
+et Billede fra Ribe-Aa (det jeg ikke udstille-
+de) — og De har muligvis ogsaa Ret, naar
+De siger, at mine Billeder mangler In-
+spiration — Madsen siger jo noget lignen-
+de med andre Ord — men hvis jeg selv
+troede, at mit Syn[dobbeltunderstreget] manglede denne Egen-
+skab vilde jeg strax holde op med at male[.]
+[8]
+Madsen taler om Gotschalks større Glæde
+over Naturen i Anledning af mine Billeder
+ja det har han maaske Ret til, da man
+jo skal dømme efter Resultaterne, og Got-
+schalks Ting staar unægtelig langt over
+mine — men det turde Grunden turde
+vel være den, at denne Bølle har en
+saadan Hestenatur, at han kan rejse
+over til Ribe, i Februar Maaned i den
+strængeste Kulde og male og han staar
+ude og klatte med sine Ting saa længe
+det skal være, — at han men at han
+skulde have følt større Glæde over sit
+Ribemotiv end jeg, det vil jeg betvivle.
+— Naa nu maa De ikke tro, at jeg sidder
+i min Stue og laver “Billeder”, jeg drager
+flere Gange om Dagen ud med mine Studier
+ja jeg har endogsaa drevet det til — som
+de franske Plein-airister at faa nedram-
+met et Par Pæle nede i Mosen, hvor
+jeg daglig udspænder et To Alens Lær-
+red til Forskrækkelse for alle de løse
+Køer. Men som sagt, det er ikke nok,
+man burde kunne staa og male hele Dage
+igjennem og det er dette jeg ikke kan, desværre.
+[9]
+I Parentes sagt er min Skrift vist i
+Dag endnu værre end sædvanlig, men
+Skrivematerialerne er som alt, hvad Kroen
+byder skrækkelige og Belysningen kommer
+fra en lille Blikpetroleumslampe uden
+Petroleum, der hænger i en Staaltraad
+oppe i Loftet — Men jeg haaber, at
+De ved Dagens Lys kan se, hvad jeg
+her kun ahner, der skal staa. —
+Men for at slutte med Maleriet, jeg
+samler nu efter Evne saa meget Raastof
+som muligt, og det er jo muligt at en
+“Opkogning” i Kjöbenhavn kan hjælpe lidt
+paa det, skjönt jeg er bleven meget
+bange for denne Destillationsproces.
+——
+Mon Möllers endnu er i Maria-
+ger?
+——
+Det er sandt jeg faldt forleden over et
+Nummer af “Vort Forsvar” for en af Som-
+Mermaanederne, i hvilket findes et
+længere Brev fra Lundby vistnok hans
+sidste — kjender De det? Arbejder
+[10]
+De for Øjeblikket slet ikke paa Bogen?
+Tager Journalistikken virkelig al Deres
+Tid? Ja dette er naturligvis forkert
+— De burde ogsaa se at faa Dem en
+Medarbejder, som kunde tage sig af
+af det grovere.
+Hvorlænge jeg bliver her véd jeg ikke,
+men naar jeg er færdig med mine paa-
+begyndte Studier, tager jeg herfra. Jeg begyn-
+der ikke paa nye Ting her. Hvor jeg saa
+styrer hen, har jeg endnu ikke bestemt.
+Men var det utænkeligt, at vi kunde mödes
+et andet Sted, hvis det ikke kunde blive her?
+——
+Det var den 10de Side, De ser jeg har
+samme Sladrelyst, som Deres Kone beskylder
+Dem for at være i Besiddelse af.
+— Lad mig nu snart höre lidt
+fra Dem.
+[11]
+En venlig Hilsen fra
+Deres
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1892-06-02</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Emil Hannover
+Johan  Rohde
+Agnes Slott-Møller
+Harald Slott-Møller
+Lauritz Zeuthen</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen skriver til Alice Hannover, der er på kurophold i Silkeborg, og indleder sit brev med at takke for en hilsen, hun har sendt ham via Zeuten. Emil Hannover er i Berlin, og Christiansen spørger, hvornår han forventes hjem. Christiansen ville gerne besøge Alice i Silkeborg, havde han ikke en Italiensrejse planlagt med Johan Rohde. Denne Rohde har fra Holland skrevet til Christiansen og spurgt, om rygtet taler sandt, at Alices søster er blevet forlovet? Videre beretter Christiansen om besøg fra Slott-Møllers hos sig, og at ægteparret nu venter besøg af Georg Brandes. Emil Hannover har i et brev fra Silkeborg spurgt til Christiansens arbejde, som Christiansen dog omtaler som et sørgeligt tema.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/7Do5</t>
+  </si>
+  <si>
+    <t>Tjele d: 3 Aug 92
+Kjære Fru Hannover!
+Tak for den venlige Hilsen
+som Hrr Zeuten overbragte. Han
+kom cyclende hertil i Søndags
+Formiddag og kjørte videre om
+Eftermiddagen. Af ham hørte
+jeg, hvad jeg tildels vidste af
+Deres Mands sidste Brevkort, at
+han (Manden) for Øjeblikket er fraværende
+paa en Rejse Kjøbenhavn-Berlin.
+Naar venter De ham tilbage. Z:
+fortalte ogsaa at Kuren i Silkeborg
+tilsyneladende bekom Dem vel idet
+De havde kunnet deltage i forskjel-
+[2]
+lige Udflugter til Fods. Det glæder
+mig overordentligt at høre, og jeg
+haaber at det stadig maa gaa frem-
+ad. Jeg tror at det var meget for-
+nuftigt af Dem at blive hvor
+De var, i stedetfor at fare til Nor-
+ge efter en Maaneds Forløb. De
+har sikkert mere Udbytte af et
+enkelt samlet Ophold. Det var
+kjedeligt at De ikke kom til Tjele
+da Deres Mand var i Aalborg.
+Hans Olsen her er virkelig meget
+ordentlig. Jeg vilde gjærne besøge
+Dem, hvis jeg bare kunde faa Tid
+men da jeg har forskjellige Ting
+i Arbejde og jeg vistnok ikke kan
+[3]
+blive her længere end til Begyndel-
+sen af September, hvis det bliver til
+noget med min Italiensfart sam-
+men med Rohde, saa frygter
+jeg at Touren til Silkeborg denne
+Gang maa opgives. Jeg har haft
+nogle Breve fra Rohde i Holland.
+I det sidste skrev han: man fortæl-
+ler her i Hoorn, at Otto Balle er
+bleven forlovet, er det sandt? — Jeg
+lader Spørgsmaalet gaa videre til
+Dem om De muligvis har hørt no-
+get. Det er da vel ikke med Deres
+Søster? Jeg har for nogen Tid
+siden haft Besøg af Slott-Møllers
+her paa Tjele. De syntes at være vrede
+paa Rohde som det syntes i Anled-
+ning af et Brev, hvori han
+[4]
+vistnok havde bebrejdet dem
+Forholdet til Deres Mand. De
+fortalte at de ventede Georg
+Brandes paa Besøg til Vester-
+vellinge, naar han i August
+kom hjem fra Böhmen.
+Jeg kan forstaa at Deres Mand
+maa have kjedet sig bravt
+i Silkeborg siden han i sit sidste
+Brev lod til at interessere sig 
+for hvad jeg maler. Det var
+meget smukt af ham, men
+jeg skal dog ikke trætte Dem
+med dette sørgelige Thema,
+som De kan faa nok af til Vin-
+teren.
+Lev vel og bliv helt rask.
+Venlig Hilsen fra Deres
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1892-06-30</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Anna Petersen</t>
+  </si>
+  <si>
+    <t>De to frøkener Rigmor P. og Topsøe er ikke identificeret.</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen er skuffet over ikke at have nået at ses med Emil Hannover, der er rejst lige igennem området, Christiansen befinder sig i: Christiansen ville være stået på toget for at gøre ham selskab på turen mellem Onsild og Randers. Anna Petersen har i mellemtiden bedt om Christiansens adresse, og han er ikke begejstret for udsigten til at hun skulle komme anstigende: "– saa hellere Frk Rigmor P. eller Frk. Topsøe."</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/8FAd</t>
+  </si>
+  <si>
+    <t>Tjele den 30 Juni 92
+Kjære Hannover!
+Det var kjedeligt at De ombestemte
+Dagen for Deres Rejse, derved narrede
+De mig for en Ridetur paa halvanden
+Mil. Jeg havde nemlig tænkt at ride
+til Onsild Station, sætte Hesten hos
+Gjæstgiveren der og rejse med Dem
+til Randers, saa kunde vi have
+passiaret undervejs. Jeg kunde da
+have været tilbage i Onsild igjen
+et Par Timer senere. Jeg havde bestemt
+mig for i Dag (Torsdag) Formiddag at ride
+over og se om De muligvis skulde være
+med, men saa faldt det i med
+en skrækkelig Regnstorm, og saa opgav
+jeg det. Jeg gruer for en skjøn Dag at
+[2]
+se Frk Anna Petersen komme
+anstigende. Hun har, ifølge Brev fra
+Kjøbenhavn, været oppe for at faa
+min Adresse, da hun skulde rejse
+til Jylland. Det vilde egentlig ikke
+more mig — saa hellere Frk Rigmor
+P. eller Frk. Topsøe.
+Venlig Hilsen og lykkelig Rejse
+for Dem og Deres Kone til Norge,
+da vi vel nu ikke seés før til
+Efteraaret. 
+Deres
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1893-10-05</t>
+  </si>
+  <si>
+    <t>Alfred  Christensen
+Alice Hannover
+Peter Johansen
+Paulus Potter
+Agnes Slott-Møller
+Harald Slott-Møller
+Jan van Eyck
+Johan Peter Wildenrath
+Margrethe  Wildenrath-Krabbe</t>
+  </si>
+  <si>
+    <t>Hannover takker for Rohdes fødselsdagshilsen. Han længes efter at høre fra Rohde. Han fornemmer at Rohde blev fornærmet, da han undskyldte at have afsløret en hemmelighed vedrørende fru Wildenrath [brev fra Hannover til Rohde 19. september 1893]. Hannover understreger at han ikke tvivler om Rohdes evne til at holde tæt, og underretter ham om det videre forløb i sagen: Fru Wildenrath har søgt skilsmisse, men Wildenrath vil ikke skrive under på skilsmissepapirerne. Hendes familie mistænker et forhold til Hannover for at være grunden til hendes ønske om at løsrive sig fra manden. Hannover har bevidnet hendes afvisning af dette forhold, og beder Rohde undlade at nævne Hannovers navn for hendes sagfører, Alfred Christensen. Slott-Møllers kan berette at Alice Hannover har opsøgt dem, hvilket Hannover ikke bryder sig om. Det har fra begyndelsen været aftalen, at de ikke ville opsøge de samme kredse, og at Alice Hannover navnlig skulle holde sig fra de hjem hvor Hannover kommer regelmæssigt. Hannover undrer sig over, at Slott-Møllers under disse omstændigheder har fundet det passende at modtage hende, og beder Rohde antyde sine følelser desangående for Slott-Møllers. Hannover har nydt sin rejse til Holland og Belgien, herunder van Eyck og Paulus Potters værker. Han er nu velankommen til Paris, hvor han er indlogeret hos Mme. Trappler. Hendes ældste søster er syg, men han skal hilse fra den yngste. Hannover overvejer at gå igang med at skrive til Politiken igen, men han føler sig ikke helt ovenpå endnu, selvom Paris hjælper ham til at glemme de ubehagelige minder hjemmefra og glædes over kunsten i stedet. Hannover spørger til Peter Johansen, og ønsker at vide mere om Slott-Møllers forhold til Den frie Udstilling.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/JGdR</t>
+  </si>
+  <si>
+    <t>Paris 
+18 rue de Richelieu
+aux soins de Me Trappler
+d. 5-X-93
+Kjære Ven,
+Tak for Deres Linjer til min Fødselsdag.
+Jeg har ingen Ro paa mig til at skrive
+et ordentligt Brev til Dem, men jeg længes
+efter at høre fra Dem, og det sker vel
+næppe før jeg har ladet høre fra mig.
+Jeg læste mellem Linjerne i Deres Kort,
+at De havde følt Dem lidt krænket
+over min Fortrydelse af min Aaben-
+mundethed i Tønning. Vær ikke vred
+derover, jeg har – behøver jeg sige det –
+end ikke den ringeste Grund til at
+tvivle om Deres diskrete Omgang
+med andres Hemligheder, og jeg skal
+… ikke tage i Betænkning at lade
+Dem vide, hvad der senere er sket
+i hin Sag. Strax efter min Ankomst
+til Kjøbenhavn har M. henvendt sig
+til Alfr. Christensen for at opnaa
+Skilsmisse med sin Mand. Men W.
+vil ikke skrive under. De nærmere
+Omstændigheder kjender jeg forresten ikke,
+thi der er gaaet et Par Breve tabt. 
+[2]
+bl. a. et, som var adresseret til
+Tønning. Jeg ved kun, at der i W.’s
+Familie supponeres et Forhold mellem
+M. og mig som Aarsag til hendes
+pludselige Begjæring om Skilsmisse.
+Jeg har haft den Tilfredsstillelse at
+se hende erklære sig taknemlig for,
+at det ikke er Tilfældet. Hvis De taler
+med Alfr. Christensen, er De nok saa
+god at undgaa at nævne mit Navn.
+Fra Slott-Møllers har jeg
+haft et langt Brev, hvori de bl. a.
+fortalte, at Fru Hannover havde
+gjort dem et Besøg, hvorover de syntes
+meget glade. Det var et Løfte, hun
+ikke vilde søge de samme Kredse, som
+jeg, og at hun navnlig vilde holde 
+sig fjærnt fra det Par Hjem, hvor jeg
+selv er jævnlig Gæst. At hun har brudt
+sit Løfte undrer mig ikke saameget, 
+som at det ikke er faldet Slott-
+Møllers ind, at D de ikke kan modtage
+Fru Hannover, hvis de fremtidig vil 
+[3]
+modtage mig. Jeg vilde saa gærne have haft,
+at mine Venner helt og ganske havde
+sluttet sig til mig i den Betragtning, at
+saalænge hun har det mindste at gjøre
+med den Person, som har kastet hele
+min Existens over Ende, saalænge kunde
+de intet have at gjøre med hende personligt.
+Dette udelukker jo slet ikke, at de kan
+have Medfølelse med hende og bevare
+deres Interesse og Venskab for hende til
+Tid og Lejlighed, og til hun er bleven sig
+selv igjen. Hvis De er enig med mig
+heri, vilde jeg være Dem taknemlig,
+om De vilde antyde noget af dette for
+Slott-Møllers. Jeg vil saa nødig
+tvinges til kategorisk at stille mine
+Venner det absolute Valg mellem
+Fru Hannover og mig. Der er jo slet
+ingen Tale om at bekrige hende
+socialt; det er jo ikke af Fjendskab
+mod hende, ikke fordi jeg ikke under
+hende den Glæde at omgaaes hendes
+gamle Venner. Det er først og fremmest,
+fordi det er mig pinagtigt at vide, at
+hun og jeg fremdeles gaaer ind ad de
+samme Døre. Og dernæst troer jeg, det 
+[4]
+kan være hende en gavnlig moralsk
+Korrektion at mærke, at man ikke
+har Sympathi for det uværdige Forhold,
+i hvilket hun endnu lever. –
+Men nok herom. Holland og Belgien
+var dejligt, v. Eyck det aller dejligste. Og
+efter at jeg har set Potter begriber jeg
+ogsaa, at det er værd at male Dyr.
+Nu er vi hyggeligt indstallerede [!] hos
+Me Trappler, den ældste Søster er
+meget syg, fra den yngste skal jeg
+hilse Dem meget. Jeg tænker paa at
+skrive Korrespondancer om Kunst til
+”Politiken” og er allerede begyndt paa
+en. Men min Hjærne er endnu
+ikke rigtig i Orden, og jeg mangler
+Mod til at skrive løs. Paris øver
+alt sit gamle Trylleri paa mig; jeg
+har mærket med Glæde i det hele
+taget, at jeg er lige modtagelig for
+Indtryk af Kunst, og at jeg over den 
+– i hvert Fald for nogle Timer – kan 
+glemme alt det meget, som er saa svært
+at glemme.
+Skriv nu til mig. Hvad er det med P. Johansen?
+Og hvorledes er det fat med Slott-Møllers
+Opfattelse af deres Forhold til den fri Udstilling?
+Hjærtelige Hilsener, Deres hengivne
+E.H.</t>
+  </si>
+  <si>
+    <t>1894-05-08</t>
+  </si>
+  <si>
+    <t>Rohde takker for brev fra Hannover. Hvis han har læst nogen mislyde ind i Rohdes forrige brev må der være tale om en misforståelse - Rohde har blot udtrykt uenighed med Hannover. Han vil snart kigge forbi Hannover.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/I42S</t>
+  </si>
+  <si>
+    <t>8-V-94
+Kjære Ven!
+Tak for Deres gode, venlige Brev. Har jeg
+virkelig sagt noget grimt eller noget, der kunde
+udlægges saaledes, beder jeg Dem glemme
+det; sligt har været ganske fjernt fra min
+Hensigt.
+Da jeg skrev mit Brev følte jeg mig over-
+tydet om at selv en smule Ueninghed ikke
+vilde kunne gjøre noget Skaar i vort Ven-
+skab, som jeg altid har været saa glad
+ved og som jeg skatter mindst lige saa
+højt som De.
+Saa snart mine Landtoure om et Par dage
+høre op, ser jeg op til Dem; inden da
+min bedste Hilsen
+Deres hengivne Ven
+Johan Rohde
+[2]
+[på bagsiden med anden hånd – Hannover? – noteret m. blå og rød farveblyant:]
+kl. 4. Henriksen [?]
+8 Industriforen.
+H …. — Rønnevang [?]
+Schandorph
+[og med sort blæk, helt sikkert Hannovers hånd:]
+Kjøbenhavn</t>
+  </si>
+  <si>
+    <t>1894-08-27</t>
+  </si>
+  <si>
+    <t>Fladbro Kro</t>
+  </si>
+  <si>
+    <t>Charles  Been
+Johan  Rohde
+Joakim Skovgaard
+Agnes Slott-Møller
+Harald Slott-Møller
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen gratulerer Emil Hannover for et indlæg trykt i Politiken. Hannovers tekst er et tilsyneladende ualmindeligt krads svar på en anonym artikel i Nationaltidende, og Christiansen er nysgerrig efter at læse artiklen, der har affødt Hannovers reaktion. Han beder desuden Hannover sende sig en artikel af Julius Lange om Joakim Skovgaard, som også har givet Hannover anledning til et polemisk svar i avisen, fremgår det af Christiansens brev: "Jeg beundrer den Snedighed hvormed De søger at komme Prof: Lange til Livs[...]" Christiansen fortsætter sit brev med at ærgre sig over dårligt vejr, og han efterlyser nyt fra Hannover. Han spørger også til ægteparret Slott-Møller og forestiller sig besværet med at få solgt den vugge, Harald Slott-Møller udstillede på Den Frie samme år. Han spørger desuden efter nyt om Willumsen og Rohde.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/EkXq</t>
+  </si>
+  <si>
+    <t>Fladbro Kro pr: Langaa St:
+d: 27 August 94
+Kjære Hannover!
+Det glæder mig af Deres sidste Artikler
+i “Politiken” at se, at De holder Galden
+flydende, og navnlig er da Deres Indlæg
+imod Kammerherrenøglen i “Nationaltidendes”
+Bagdør den grausamste Salve jeg i lange Tider
+har set Dem affyre. Jeg tvivler ikke om
+at den er fortjent, men det vilde unægtelig
+interessere mig at læse Kammerherrens
+Indlæg i “Nattd”, saa meget mere som jeg i Dag
+i Randers Amtstidende for 25ds læste en Korespon-
+dance fra Kjøbenhavn som hed “Kritiken
+og Marmorkirken”, og hvori udtaltes en stor Forar-
+gelse over den Maade Hrr: E. Hannover i
+Politiken (kjendt som Tilhænger af de Willum-
+senske Malerier) besudlede de stolte danske Byg-
+ningsværker, samtidig med at Korespondenten[sic]
+udtaler sin Glæde over at en Indsender i
+“Nattd:” grundig har sat Dem til Dørs og bevist
+at der er anvendt Imitation paa en Mængde
+[2]
+ansete ældre Bygninger som Peterskirken i Rom
+o. a: Jeg vilde unægtelig ogsaa gjærne læse
+Langes Artikel om Skovgaards Billede, saa
+hvis De er i Besiddelse af de to Artikler, kun-
+de De gjøre mig den Fornøjelse at sende dem
+herover. De skal faa dem tilbage igjen hvis
+De bryder Dem om det. Jeg antager at De
+var ret glad ved den Lejlighed Lange
+der bød Dem til igjen at komme til at
+tale om dette Billede, netop paa Grund
+af de Bemærkninger som E. Brandes havde
+fremsat om det samme Emne i “Politiken”[.]
+Jeg synes Deres Artikel var god samtidig
+med at jeg takker Forsynet for at jeg ikke
+har været saa uheldig at sælge til Galleriet
+i dette Foraar. Jeg beundrer den Snedig-
+hed hvormed De søger at komme Prof: Lange
+til Livs netop ved at komme ind paa
+Relativiteten af de omtalte Billeders Værdi.
+Men han snyder Dem vel for svaret?
+[3]
+Hvordan har De det ellers? Kan De ikke skrive
+til mig og fortælle noget morsomt. Jeg har lidt
+meget af daarligt Vejr, siden jeg kom herover,
+men da jeg har meget Arbejde inden Døre
+saa har det ikke bevirket andet end at det
+til Tider influerer paa Humøret. Naar man
+ellers kan være ude er her meget rart, kun
+noget ensomt; men det er det jo ogsaa andre
+Steder. Har De hørt noget fra Slott-Møllers?
+Jeg har ikke hørt et Muk siden jeg rejste.
+Nu skal De [de] vel snart til at have Bryderier
+med Vuggen, hvis det skal lykkes at faa
+den afsat, saa der kan være lidt at tære
+paa til Vinteren naar de nu kommer hjem
+fra Landet formodentlig med tomme Lommer.
+Fra Paris har De vel ikke hørt siden det traurige
+Brev fra Willumsen? Hvordan gaar det med
+Rohdes Proses med Sognerødderne om
+hans Altertavle, for De taler vel af og til 
+med Rohde, da det vel er det eneste Men[n]eske
+der endnu er i Byen. Jeg skal se at holde
+[4]
+det gaaende her til henimod Slutningen af
+September, her er saa fredeligt og Naturen
+er saa smuk nu i Eftersommeren naar
+bare man kunde lade være at male.
+Venlig Hilsen fra Deres
+hengivne
+R. Christiansen
+Hils Rohde og Been og skriv et
+Par Ord inden altfor længe.</t>
+  </si>
+  <si>
+    <t>1894-09-14</t>
+  </si>
+  <si>
+    <t>Fladbro pr. Langaa</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen beder i al ydmyghed Emil Hannover modtage et eksemplar af H.P. Holsts nye børnebog "Den lille Hornblæser", som Christiansen har illustreret: Tanken er, at en af Hannovers nevøer kunne få bogen foræret. Christiansen vil også gerne give Willumsens søn Jan et eksemplar og spørger Hannover, om det er korrekt, at familien Willumsen kommer til byen snart. Videre vil han høre til ægteparret Slott-Møllers opholdssted og slutter brevet af med at spørge, om det er Nansen, der under forbogstavet N har omtalt hans illustrationer positivt i Politiken.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ii66</t>
+  </si>
+  <si>
+    <t>Fladbro pr. Langaa
+d: 14de Septbr 1894
+Kjære Hannover!
+Jeg lovede Dem en Gang i Fjor i Paris
+saavidt jeg husker som Belønning for et
+eller andet at De skulde slippe for at
+blive belemret med “den lille Hornblæser”
+naar den en Gang forelaa i Bogform. 
+Da jeg nu imidlertid er i Færd med at
+sende Exemplarer rundt til Venner og Bekjend-
+te saa maa De undskylde at jeg alligevel
+sender Dem et Exemplar af min Børne-
+bog paa Halsen, skjønt jeg ved at De i det
+Stykke er en plaget Mand. Jeg vil nem-
+lig foreslaa Dem at anvende den som
+Foræring naar en af Deres smaa Neveuer
+holder Fødselsdag, maaske kunde detn gjøre
+Fornøjelse ved en saadan Lejlighed og jeg har
+desaarsag undladt Dedikationen foran i
+Bogen.
+Jeg vilde være Dem forbunden om De
+[2]
+vilde lade mig vide om det er sandt at Willum-
+sen med Familie kommer til Byen i Slutnin-
+gen af denne Maaned. Jeg vil nemlig sende
+Jan et Exemplar af min Bog, men hvis
+han kommer til Kjøbenhavn kan det
+jo ikke nytte at sende den til Paris. 
+Slott-Møllers er vel endnu ved Daugaard
+Strand?
+Jeg formoder at det var Nansen som
+under Mærket N. i “Politiken” for i Gaar skjænkede
+mig og mine Tegninger et Par venlige Ord i
+Slutningen af en længere Artikel om Hrr:
+Grøn og “den lille Hornblæser”?
+Venlig Hilsen fra Deres
+hengivne
+R. Christiansen.</t>
+  </si>
+  <si>
+    <t>1895-09-25</t>
+  </si>
+  <si>
+    <t>Helene  Hanssen</t>
+  </si>
+  <si>
+    <t>Aabenraa</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/wvQz</t>
+  </si>
+  <si>
+    <t>Aabenraa den 25/9
+Hr. Emil Hannover!
+H. P. Hanssen er paa Rejse i
+denne Uge. Billederne blev afsendt
+i Gaar Aftes. Som Svar pa[a] Deres 
+Spørgsmaal har Hr Stolzenburg
+meddelt mig følgende:
+Jes Jessen f. d. 14 Aug. 1743
+d. 9 April 1807
+Mette Christine Jessen f. Bahnsen f. d. 24 Okt.
+1754 d. 24 Fenr. 1827.
+De to Aabenraa Borgere er Augustin og Hart-
+meier.
+Der vides ikke noget om, naar Billederne
+er malede, men Portrætet af Fru Jessen
+er paabegyndt af Jessen, fuldført
+[2]
+i Kjøbenhavn af Eckersberg efter
+Jessens Død.
+De andre 2 Billeder af Jessen
+er blevne restaurerede for nogle Aar siden af en herværen-
+de Maler.
+Skulde der endnu være noget, der
+ønskes Svar paa, skal jeg gjerne
+besørge Spørgsmaalene til Hr
+Stolzenburg.
+Helene Hanssen</t>
+  </si>
+  <si>
+    <t>1898-07-21</t>
+  </si>
+  <si>
+    <t>Bagsværd</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/21o2</t>
+  </si>
+  <si>
+    <t>21.VII.98
+Kjære Ven
+Det er hverken af Desparation
+eller af Ligegyldighed at jeg
+ikke før har svaret dig paa
+dit Brev, men der var
+nemlig en Mand i Kjøben-
+havn der skyldte mig 100
+Kr som jeg dog ikke var helt
+sikker paa at kunde
+faa nu, men som
+jeg dog vilde forsøge paa
+at faa før jeg tog imod
+dit venlige Tilbud.
+Jeg fik de 100 Kr i Dag
+saa nu er der Ro
+igjen i en 14 Dages Tid
+og jeg behøver altsaa i hvert
+[2]
+Fald ikke endnu at
+tage imod dit redebonde
+Tilbud. 
+Jeg kommer desværre
+i de nærmeste Dage
+til at tage over til
+Kjøbenhavn en Dags
+Tid dels for at se paa en
+Del af de af mine
+Arbejder som Michelsen
+har i Gang og dels for
+at forsøge at gjøre det
+umulige muligt nem-
+lig at skaffe de 
+nødvendige Penge til
+Tilværelsens Fortsættelse
+Hvis jeg bliver i Byen
+mer end en Dag vil
+jeg gjærne have Lov
+[3]
+til at komme ud
+at besøge Jer i Bag-
+sværd en Eftermiddags
+Stund – Jeg skal i saa
+Fald nok lade dig vide
+naar det bliver sand-
+synligvis Onsdag eller
+Torsdag.
+Med min bedste Tak
+for Brevet for din Ulejlig-
+hed og for dit venlige
+Tilbud og med de bedste
+Hilsner er jeg din
+hengivne
+Harald Slott-Møller
+[4]
+[streger sat med blyant med Emil Hannovers hånd:]
+oppe fra
+nedefra</t>
+  </si>
+  <si>
+    <t>1900-12-15</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/1sFw</t>
+  </si>
+  <si>
+    <t>[I venstre margin, vertikalt, har J. R. tilføjet flg. note:
+Da jeg er interesseret i at høre Deres Mening efter disse mine Udtalelser beder jeg Dem
+sende mig blot et Par Ord efter Modtagelsen — der kunde jo saa i hvert Fald blive Tid til
+en Konference paa
+Mandag om De
+ønskede det. —
+I største Hast!]
+15. XII . 1900
+Silkegade 13. II Kjøbenhavn 
+Kjære Ven.
+Tak fordi De tager Dem af mine Kamme-
+raters og mine egne Sager i Komiteen.
+Selvfølgelig finder jeg, at Ordningen er meget mærke-
+lig; imidlertid maa jeg indrømme, at jeg interesserer
+mig meget lidt, maaske for lidt, for den hele Sag. —
+Man burde naturligvis standse hvor en ... Periode
+ender og ikke midt i en stærk Udvikling.
+Herom talte jeg forlængst med Madsen og Philipsen
+samme Dag Udstillingsplanen blev undfanget
+ved en Frokost ude i Kastrup; men jeg erfarede
+snart, at altfor mange smaa personlige Hensyn
+spillede med, til at man kunde bestemme sig
+for en virkelig rationel Ordning. Min Kjølighed
+ved den nævnte Lejlighed var vel ogsaa bestemmende
+for, at man ikke bad mig være med ved Ord-
+ningen af dette Foretagende.
+Man kunde jo være endt med Marstrand —
+eller med Carl Bloch, maaske med Bevægelsen
+i Halvfjerserne, da Krøyer og Tuxen vendte hjem
+[2]
+fra Paris, eller man kunde være gaaet hele Aar-
+hundredet igjennem til 1901. Men holde op
+ved 1891 er ganske meningsløst. ... Uheldigt vilde
+det være at faa den frie Udstilling repræsenteret
+ved det første Aar, forekommer det mig. [Ulæseligt,
+overstreget] Den frie Udstilling udfoldede sig jo
+først rigtigt nogle Aar senere. De gamle, Folk,
+som Zahrtmann og Philipsen har jo gjort deres
+bedste Ting før den frie Udstilling, og de unge,
+Willumsen, Syberg, Johannes Larsen, Clement[,]
+Find o. s. v. kom først med senere eller gjorde
+... deres betydeligste Ting senere. —
+Hvad nu angaar mig selv personlig, da kan jeg
+kun sige, at om jeg sad i Kommisionen, vilde jeg
+ikke sende Bud efter nogle af mine Billeder —
+der — desværre — ikke har haft nogen Betydning for
+dansk Kunst [hvormeget saa end Frits Thaulov,
+efter hvad man fortæller mig, gaar rundt og præker
+derom]*, og saafremt man skulde træffe den af dem
+.... omtalte Ordning at medtage den frie Udstillings
+første Aar, da vil jeg om man beder mig om Billeder,
+give et Afslag, da jeg ikke vil udstille, hvor ikke
+saa mange af mine dygtige noget yngre Venner
+har Lejlighed til at udstille…
+[3]
+Deres Plan om en retrospektiv Udstilling af den
+frie Udstilling, er i og for sig god nok, og vi har
+da ogsaa tidligere drøftet den; men troer De,
+at det vilde være heldigt at holde den netop i Aar?
+Den store Udstilling i Raadhuset vilde jo tage hele
+Interessen, og de, der vilde gaa hen i den frie
+Udstilling, vilde sikkert kun blive en lille bitte
+interesseret Kreds.
+Dernæst synes jeg, at der ikke er gaaet tilstrækkelig
+lang Tid endnu for den frie Udstilling til at holde
+en saadan Revue. De fleste Ting ere jo endnu i
+for friskt et Minde. Det er muligt, at den
+frie Udstilling ikke bliver gammel — noget jeg forøvrigt
+ikke vil sørge over; ligesaa lidt som Mennesker vinder
+ved at blive gamle, ligesaa lidt Institutioner af denne
+Art. — men jeg ser nu ikke saa mørkt paa den
+som andre og troer paa, at den endnu har nogle
+lykkelige Aar tilbage. — om ikke i pekuniært Udbytte
+saa i det, der er det vigtigste — Kunstnerisk Udvikling.
+—. Derfor talte jeg ifjor, da Sagen drøftedes[,] imod
+allerede nu at holde en retrospektiv Udstilling.
+—
+Jeg troer derfor egentlig, da De formodentlig van-
+skelig kan sætte igjennem, at den frie Udstilling faar
+den Repræsentation, der tilkommer den, at De da
+gjorde rigtigst i at hindre _enhver saakaldt Repræsen-
+_
+[4]
+tation af dens Medlemmer — mener De ikke?
+Synes De ikke, at vor Stilling saa bliver bedst.X
+Ja — dette er hvad jeg i megen Hast har kunnet ned-
+skrive om denne Sag, undskyld mig om jeg har udtalt
+mig noget uklart; men i hvert Fald skal De have Tak
+for den udviste Interesse for den frie Udstilling.
+Da De var gaaet forleden Aften, kom jeg til at tænke
+paa et Par Ting, som vi lige berørte, da De skulde gaa
+[herfra Silkegade]* 1) Vort Forhold til den nye Kunstforening
+2) og Deres Bogs Størrelse.
+Med Hensyn til det første vilde jeg meget nødigt, at De skulde
+anse mig smittet af nogetsomhelst i Retning af Sammen-
+smælteri. — Jeg troede og troer ikke, at den af Dem an-
+befalede Blokering er klog, da jeg ikke anser den for gjen-
+nemførlig; men det er nu engang altfor behagelig at kunne
+tilføje sine Fjender lidt Fortræd til at jeg kunde nægte mig
+Fornøjelsen; hvorfor jeg gjerne vilde være med til gjøre fælles
+Sag som af Dem foreslaaet, selvom blot en yderst lille
+Kreds kunne blive enige, men selv paa dette tvivler jeg.
+——
+2) ...Vi talte om Deres Bogs Størrelse, og De
+fortalte mig da, at den blev større end Eckersber[g]bogen.
+Troer De da ikke, at den bliver for stor, og at De
+burde trække den noget sammen. Hvis De ønsker det, skal
+jeg gjerne saa igjen gaa Manuskriptet igjennem; dog faar jeg
+ikke Tid før efter Nytaar.
+Med venlig Hilsen Deres
+Johan Rohde
+——
+X Jeg ser her bort fra den pekuniære Side af Sagen. Ved
+at holde en retrospektiv Udstilling især samtidig med Raadhusud-
+stillingen, frygter jeg for at vi udsætter os for et stort Underskud.</t>
+  </si>
+  <si>
+    <t>1902-12-12</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/uimq</t>
+  </si>
+  <si>
+    <t>[Med blyant, i Hannovers håndskrift
+øv. th.: Rohde]
+12 . XII . 1902
+Silkegade 13.
+Kjære Ven
+De er naturligvis lige velkommen, hvad De 
+end har paa. Men da jeg kun venter
+et Par af mine allernærmeste Venner, 
+har jeg bedt D dem til at komme
+i daglig Dragt. 
+Af den Omstændighed, at Tiden er ansat
+saa sent som til 6 ½, og at jeg ikke
+af Hensyn til Deres Bibliothek lige
+saa kunde vælge en anden Dag,
+maa De ikke lade Dem foranledige 
+til at tro paa store Arrangement. 
+Dag og Tid har været afhængig af en
+Ven, som bor i Frederiksborg [?], der ikke hver
+Dag er lige sent i Forbindelse med Kjøbenhavn.
+Venligst Deres hengivne Johan Rohde</t>
+  </si>
+  <si>
+    <t>1884-05-21</t>
+  </si>
+  <si>
+    <t>Thisted</t>
+  </si>
+  <si>
+    <t>Peder Severin Krøyer
+Frederik Vermehren</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen har for nylig været på "Spadseretour" fra Frederikshavn til Thisted for at lave illustrationer til en publikation om Danmark. Nu svarer han Emil Hannover på et brev, der har ligget i tre uger poste restante i Thisted. Hannover kan muligvis dårligt huske, hvad hans brev omhandlede, skriver Christiansen, og han minder derfor Hannover om den lange kritik - iblandet nogen ros - brevet indeholder, af et af Christiansens malerier. Christiansen reflekterer nu over Hannovers 'anmeldelse' og de udfordringer, Christiansen selv har identificeret i sit maleri. Han opsummerer, at hans fokus lige nu er "det rent fænomenale": Hvis han kan indfange en form, så må indhold og følelse i princippet følge med - hvis gengivelsen ellers er rimeligt vellykket. I sine bestræbelser på at undgå en rå og ufin fremtræden, fortsætter Christiansen, har han i et vintermotiv dog lagt for megen vægt på tegningen, på bekostning af helheden. Han diskuterer til slut det at arbejde med "Concequens", som Hannover har skrevet om i sit brev, og konkluderer, at konsekvens må forstås som det at arbejde efter sin overbevisning.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/lWxU</t>
+  </si>
+  <si>
+    <t>Thisted den 21 Mai 1884
+Kjære Hannover!
+Hotel Thy’s Blæk, som jeg havde begyndt at skrive
+de to første Linier med, er noget forbandet Tøjerri, hvor-
+for jeg har maattet gribe til min flydende Tusch. —
+Grunden til at De først nu faar Svar fra
+mig paa Deres Brev er den, at jeg den 30 April
+om Morgenen havde tiltraadt en Spadseretour fra
+Frederikshavn til Thisted, for at tegne de Ting, som
+jeg vist har omtalt for Dem. (Det har jeg nu vist
+forresten ikke, men det var til et illustreret Værk
+over Danmark, som udkommer paa Phillipsens Forlag
+og besørges af en Mag. Galschøt.) Som Følge heraf,
+havde jeg bedt min Familie om at sende eventu-
+elle Breve poste restante til Thisted, for at de saa
+kunde komme mig i Hænde, naar jeg kom
+til nævnte By. Da jeg derfor nu læser Deres tre
+Uger gamle Brev, skynder jeg mig med det sam-
+me at tilskrive Dem nogle Sætninger, for at De ikke
+skal tro, at jeg tror, at De er en Skurk, (det er Deres egen
+Benævnelse jeg citerer) og jeg derfor ikke har villet skrive
+til Dem. De kan vel forresten knap huske nu
+Detaillerne i Brevet, og naar jeg nu skrivetr med det 
+nylæste Brev i frisk Minde, saa faar jeg vel repete-
+re de Ting, som jeg nu muligen vil berøre.
+Det gaar i hvert Fald tidt saadan med mig, at naar
+jeg faar Svar paa et for længere Tid siden iforvejen
+afsendt Brev, saa har jeg ondt ved at huske hvad jeg
+egentlig har skrevet, og forstaa som Følge deraffra
+ikke altid hvad min Kontrapart skriver om. Men
+[2]
+det kan være, at De ikke har det paa den Maade.
+De skriver en hel Masse om mit Billede.
+Det forbavser mig at De virkelig har gidet give
+Dem saa meget af med det. Jeg troede Vi var
+færdige med det for længe siden. 
+Jeg tror at kjende Dem saa meget nu, at jeg
+ikke behøverde at have Dem mistænkt for at ville
+strø Sukker paa Pillerne med de rosende Be-
+mærkninger, som findes isprængt Kritiken. 
+Det behøves i hvert Fald ikke[,] vèd De nok. Med Hen-
+syn til alt det øvrige er jeg aldeles enig med Dem,
+det er med en hel Del Variationer det samme
+Resultat, som jeg selv kom til før jeg rejste 
+fra Kjøbenhavn. Jeg gider nu heller ikke
+tænke mere paa dette Billede, lige som i sin
+Tid paa mine Juleudstillingsbilleder. Mine
+sidste Billeder (altsaa de sids[t]omtalte, nemlig de norske)
+manglede først og fremmest Finhed i Tegning
+og (tildels) i Farve, det var i ethvert Tilfælde
+Hovedfejlen, det vil sige den Fejl, som aad sig
+bedst fast i min Hukommelse, Ankerne over
+Mangel paa Indhold, Følelse o.s.v.-o.s.v. mødte jeg
+den Gang og til Dels endnu (det er jo ikke saa
+længe sigden) med en vis Trods. Det er først
+og fremst[sic] det rent fænomenale, der foreløbigt
+interreserer[sic] mig mest. Jeg synes at naar jeg
+maler hvad jeg sèr inden for den Ramme eller
+det Felt som jeg har afstukket, saa maa det
+give tilstrækkeligt Indhold, gjør det ikke det, saa har
+jeg glemt (eller, maaske ikke magtet) noget,
+som jeg saa maa se at faa med til næste
+Gang. Men altsaa da jeg gik til at male
+Vinterbilledet, var det særlig med det for Øje,
+[3]
+at undgaa det raa og ufine i Teknikken, som
+særlig havde stødt mig ved de foregaaende Billeder. 
+Følgen heraf var, at det sids[t]malede Billede blev
+for tegnet, ikke fortegnet. De forstaar mig vel nok,
+det er helt igjennem malet med lidt for meget
+Hensyn til Tegningen. Desuden har jeg en Svaghed
+for at se den enkelte Detaille, en enkelt Gren eller
+lignende, lidt for meget paa det heles Bekostning,
+hvilket ogsaa bidrager noget til at gjøre Tingene
+skarpe og tørre. 
+Naa, men nu vil jeg ikke tale mere om dette
+Billede, men hellere se at gjøre det bedre næ-
+ste Gang. Det er ihvert Fald efter min Mening det
+probateste Middel, og som jeg før har sagt, De maa
+holde mig min Udvikling noget tilgode. 
+Med Hensyn til Deres Ytringer om Konsekvens,
+(pardon, jeg ser i Deres Brev at det staves Concequens) saa gad jeg nok
+vidst, hvad De egentlig forstaar ved Concequens paa
+dette Omraade. Jeg har nok hørt at nogle franske
+Malere opstille det Idealt for et Billede, at man
+skal kunne skære det i mange Stykker, og
+Stykkerne danne alligevel hvert for sig et Kunst-
+værk; men jeg tror at det er med dette Ideal som
+med saa mange andre at de ere uopnaaelige,
+jeg tror ikke, det kan lade sig gjøre at male
+et saadant Billede, hvor man, som i Naturen kan disek-
+kere en hver som helst Detaille, uden at Billedets
+Helhed før Parteringen vilde lide derved. Jeg tror
+at det man lige saa godt kan være concequent,
+naar man gjennemfører det, som man er over-
+bevist om er det rigtige, altsaa naar en Maler
+[4]
+f. Ex. underordner alle Omgivelserne i et Bille-
+de, for at faa Interresen[sic] til at koncentrere sig
+paa et bestemt Punkt. Det samme sker jo naar
+man gaar ude i Naturen, man ser alt og ingen
+Ting indtil Interressen særlig fængsles af enten
+det ene eller det andet ligemeget hvad enten det
+er en Lus eller et Hus, Omgivelserne svinde
+strax ind til en Taagemasse, idet Synsnerverne
+udelukkende optages af det som man vil undersøge
+nærmere. Jeg tror f. Ex. at Vermeheren 
+og Krøyer hver for sig ere concequente paa
+sin Vis, idet de hver for sig (det vil jeg da haabe)
+arbejder efter deres Overbevisning. 
+Nu har jeg ikke Tid at skrive mere.
+Levvel til vi ses i Juni, hvis De da ikke skriver
+mig til forinden. De kan addressere det til
+samme Sted som sidst, da jeg forhaabentlig
+kommer hjem til Frydenslund i Løbet af
+8 Dage. 
+Venlig Hilsen
+R. Christiansen.</t>
+  </si>
+  <si>
+    <t>Udateret, forår 1889</t>
+  </si>
+  <si>
+    <t>Georg Brandes
+Alice Hannover
+Johan  Rohde</t>
+  </si>
+  <si>
+    <t>Siderne er et fragment af et længere brev. Rasmus Christiansen omtaler sin og sin broders forestående rejse til Paris for at se verdensudstillingen, og han beder Emil Hannover hjælpe sig med at finde logi til opholdet. Christiansen nævner Kunstbladet, som Karl Madsen har opgivet at videreføre efter et års udgivelse i 1888. Han refererer også til et professorat i Lund, til hvilket Georg Brandes har været på tale. Han hilser fra Rohde, hvem han i denne periode deler atelier med.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/CZO4</t>
+  </si>
+  <si>
+    <t>[forudgående sider mangler]
+vilde være saa elskværdig at underrette
+mig derom med et Par Ord, saa vilde
+jeg være Dem meget taknemlig, da jeg saa
+temmelig sikkert vilde kunde bestemme
+Dagen for vor Ankomst, og hvis De yder-
+ligere vilde forhandle med den Dame,
+De bor hos, om hvorvidt hun vil gaa
+ind paa at reservere et Værelse til os,
+saa var det naturligvis grumme rart. 
+Vi behøver kun et Værelse, da naar
+der bare er to Senge, da vi naturlig-
+vis vilde tilbringe hele Dagen uden-
+for Huset. 
+Rohde kommer vist ikke til Paris
+til Sommer, skjønt man kan jo aldrig
+vide det, men han siger foreløbig nej.
+Der er noget Tale om at puste Liv
+i Kunstbladet igjen, men under en anden
+Form. Det bliver ogsaa helt andre Menne-
+sker der tager det op, baade med Hensyn
+til Udgivere og Redaktør og Ejere. De
+[2]
+sidste have tænkt paa Rohde som
+Redaktør, men han sværger at han
+ikke vil have med det at gjøre. Jeg
+maa for resten foreløbig ikke fortæl-
+le det til nogen, saa De vil nok lade
+som om De intet veed. (De tænker
+formodentlig, at jeg er en rar Fisk
+at betro noget til.)
+Hvorfor var det saa sørgeligt
+om Brandes blev Professor i Lund?
+Han var jo da alligevel i Nærheden
+af Kjøbenhavn og kunde fra et
+sikkert Tilflugtsted følge Begivenhederne
+hos os, men maaske han vilde tage
+Skade af at drukne sig i en saadan
+konservativ svensk Provindsby?
+Jeg ved for resten ikke mere om Sagen
+end De formodentlig vèd. Man siger at
+han søger Pladsen, og at det er noget derfor
+at han for Øjeblikket gjør denne Tourné
+i Sverrig. 
+Mange venlige Hilsener fra
+Rohde og Undertegnede til Dem og Deres
+Frue. 
+Deres
+R. Christiansen</t>
+  </si>
+  <si>
+    <t>1889-05-27</t>
+  </si>
+  <si>
+    <t>August den stærke
+Frederik den Store af Preussen
+Ludvig d. 14. af Frankrig
+Madame de Pompadour
+Ane Cathrine Elisabeth  Achen
+Georg Achen
+Rasmus  Christiansen
+Albert Gottschalk
+Jean-Louis-Ernest Meissonier
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Hannover har længe villet skrive til Rohde, men har været distraheret - særligt af sociale sammenkomster med Slott-Møllers, der nu er rejst hjem fra Paris. Der har været flere skandinavere i Paris samtidigt med Hannovers. Gottschalk og Achens er Hannover dog ikke begejstret for. Ellers er Hannover tilfreds med opholdet, og han har mange idéer til nye arbejder, når han kommer hjem. Udover en række afhandlinger om udenlandsk kunst planlægger han at gå igang med den danske malerkunsts historie. Hannovers havde egentlig planlagt at lade hjemturen til Danmark gå over Holland og Belgien, men de er ved at løbe tør for penge og er også snart mætte af indtryk.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/cyN9</t>
+  </si>
+  <si>
+    <t>57 rue de Lille 27/5 89
+Kjære Rohde,
+Er der noget, jeg længe har skullet 
+og ikke kunnet, er det at skrive til Dem.
+Jeg har ikke kunnet, da jeg maatte dele
+min Tid ligelig mellem at arbejde og solde
+med vore fælles Venner. Imidlertid er
+nu Slott-Møller og Frue rejst, og da
+det var dem, jeg helst var sammen
+med, har jeg faaet mere Tid. Vi var
+navnlig i den sidste Maaned meget 
+sammen med disse to, som vi kom
+til at sætte ganske overordentlig megen
+Pris paa. Rejsen til Italien havde aabenbart
+modnet ham kolossalt. Jeg haaber,
+han har bragt Dem varme Hilsener
+fra os.
+Om nogle Dage rejser Christiansen. At
+han har været god og rar behøver jeg
+næppe fortælle Dem, og jeg troer ogsaa
+nok, han har lært en Del. Han
+interesserer sig i alle Fald aldeles ikke 
+[2]
+for Meissonier, hvad der turde
+være et paalideligt Tegn.
+Her har været en hel Del Sammen-
+komster af skandinaviske Malere, –
+ikke alle lige morsomme. Bedst var
+det, naar Christiansen, Slott Møller
+og vi var alene, – ialtfald for os.
+Undertiden kom der Elementer, jeg
+ingen Pris sætter paa, senest Gott-
+schalck, for hvem jeg aldeles ingen
+Sympathie har. Jeg finder ham næppe
+nok Medlidenhed værd. Midt i dette
+Paris med Louvre. Den retrospektive
+guddommelige Udstilling og de tusind
+andre Herligheder har han ingen Sans
+for andet end Sjov og Piger. Saa var
+her ogsaa Achens, som ikke ligner
+os andre synderlig.
+Selv er jeg ganske godt fornøjet med
+[3]
+min Rejse. Jeg kommer hjem med en
+god Del Notebøger fulde og en hel Del
+Planer til Arbejder og med nyt Mod
+til at være med. Først skal jeg i Vinterens
+Løb have en ny historisk Bog færdig.
+Den skal behandle i enkelte Afhand-
+linger Ludvig XIV og Kunsten, Me Pom-
+padour og Kunsten, August den stærke
+og Kunsten (Zwinger), Frederik den Store og Kunsten,
+Revolutionen og Kunsten, – maaske 
+endnu, i Modsætning: Holland og Kunsten.
+Bedre Æmner gaves ikke. Men forresten
+maa De slet ikke tale derom. Samtidig
+skal jeg til at begynde paa den danske
+Malerkunsts Historie.
+Vi vilde have været til Holland – Belgien 
+paa Vejen hjem, men har opgivet det,
+dels fordi vi er ”désargentés”, dels fordi
+vi begynder stærkt at blive mætte af 
+[4]
+Kunst og ikke føler os friske nok
+længe til at give os i Kast med
+en halv Snes nye Museer. Derfor
+kommer vi hjem midt i næste
+Maaned og til Efteraaret tager vi Op-
+hold i Kjøbenhavn, hvor vi vil
+blive foreløbig, hvis …..
+Vi ses altsaa snart; jeg skal komme
+hurtigst mulig op til Dem.
+Hjærtelige Hilsener fra min Kone og
+Christiansen og Deres hengivne
+Emil Hannover</t>
+  </si>
+  <si>
+    <t>1889-06-01</t>
+  </si>
+  <si>
+    <t>Dorthrecht</t>
+  </si>
+  <si>
+    <t>Anna Ancher
+Michael Ancher
+Albert Gottschalk
+Alice Hannover
+Peder Severin Krøyer
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen er med sin bror rejst fra Paris via Antwerpen til Dordrecht og skriver begejstret til Alice Hannover om at springe museerne over for i stedet at ligge i det høje enggræs udenfor byen og betragte det flade landskab - kvæget, arkitekturen, skibsmaster - og den høje himmel. Han anbefaler ægteparret Hannover at tage dertil, men advarer dem mod at rejse over Belgien, som er "et meget uciviliseret Land". Brevet slutter med meddelelsen om, at et løfte om køb af et bestemt fotografi ikke har kunnet indfries af Christiansens bror - og med ønsket om, at Hannovers må undgå at rende på Albert Gottschalk.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/1dCh</t>
+  </si>
+  <si>
+    <t>[brevets afslutning er på dets første side i venstre margen:]
+Bekjendt, som ikke haaber at have misbrugt et Bekjendtskab, nemlig
+R. Christiansen.
+Dorthrecht d: 1 Juni 1889
+Kjære Hannover!
+Ankommen hertil i Eftermiddag
+over Ro[o]sendaal fra Antwerpen.
+Her er storartet – dejligt. Der er den
+første Oase i Ørkenen, siden 
+vor Afrejse fra Paris. Tænk, her
+er intet Gallerie! Her er nok
+et Smule Museum, men det blæ-
+ser vi ad. Byen er omtrent
+af Størrelse som Aarhus, men
+her er saa dejligt, ovenpaa alle
+de solhede Verdensbyer med deres
+støvede Museer. Tænk, man kan
+gaa lige ud i Engen udenfor
+Byen og lægge sig saa lang man
+er i Græsset og se paa Køerne og
+Hestene, Masser af Køer især, som
+i Bbroderlig Forening boltrer sig
+i frisk grønt Græs til midt paa
+Livet. Og naar man drejer Hove-
+det lidt til Siden, ser man, mellem
+[2]
+nogle Græsstraa som rage højt op
+i Luften, et stykke Dige med en tre
+fire Vejrmøller og det gamle gothiske
+Taarn paa Dorchtrecter-Kathedralen
+og lidt længere tilvenstre Rejsningen
+af en svær Tremaster, som virker
+aldeles meningsløst som en Slags
+Klatremaskine for Skoledrenge i det
+øvrige Landskab, fordi man ikke
+ser Spor af Vand nogensteds, naar
+man, som vi, ligger udstrakte paa
+Ryggen i det høje Enggræs udenfor
+Dorthrecht. Hvor jeg beklager Dem, De
+Stakkel, som maa gaa derinde paa
+de solhede Kajer fra og til Udstillin-
+gen og skrive, skrive med hele Krop-
+pen, for at faa Lov til at rejse hjem
+om fjorten Dage. Dersom jeg bare
+ikke skulde have lavet de to om-
+talt store, meget store, Mesterværker
+i Løbet af Sommeren, saa skulde
+Fanden tage hjem. Saa blev jeg
+[3]
+her hele Sommeren. Her er stor-
+artede Land- og Flodskaber, især de
+sidste. Vi har ligeudenfor vor Bal-
+kon paa Hotellet en Arm af Maas-
+floden, som næsten kan maale sig
+med et Billede af van Goyen
+som findes paa Brysseler-Galleriet.
+Og nu i Aften efter Solnedgang —
+hvor var det dejligt. Men det var
+fuldstændig Besnard — med en
+stor firkantet rødoplyst Lygte i
+Forgrunden og bagved det blaanen-
+de Flodlandskab med forbigliden-
+de Silhouetter af de store Lægtere
+under Sejl op mod den Ultrama-
+rinblaa Luft. — Rejs… over Holland
+hjem hvis De kan, Hannover, om
+ikke for andet, saa for at ligge
+paa Ryggen i Græsset udenfor
+Dorthrecht i Engen og se paa
+Køerne. Men rejs… for Guds Skyld
+ikke over Bryssel og Antwerpen, hvis
+[4]
+Deres lille Frue er med. Det er et
+meget uciviliseret Land, Belgien,
+tænk, jeg har ikke truffet paa Hans
+Olsen med Familie et eneste Sted,
+udover hvad der findes af den
+paa Banegaarde og Hoteller.
+Det eneste der mangler her i denne
+fredsommelige Grønhed, er kun, at
+De og Deres Kone skulde være med
+og nyde Landluften og Flodluften
+og alle de øvrige gode Tinge sammen
+med os.
+Jeg skal sk fra min Broder bede
+Dem undskylde, at han ikke har kjøbt
+det Fotografi til Møllers, som De bad
+ham om. Han kom nemlig slet
+ikke til Brown efter at have kjøbt
+de andre Fotografier, men han kan
+ikke huske, om han har sagt Dem
+det.
+Har De mærket noget til Got[t]schalk?
+Jeg vil ikke haabe det for Dem.
+Hav det nu ikke alt for slemt indtil
+vi ses igjen i Kjøbenhavn, og hils
+Deres sø — om Forladelse — Deres elskværdige
+lille Frue mange Gange fra mig. 
+De selv hilses naturligvis fra Deres gode gamle
+[brevets afslutning findes på dets første side]
+[i venstre margen:]
+Hils Krøyers og Anchers, hvis De ser dem.</t>
+  </si>
+  <si>
+    <t>1890-06-28</t>
+  </si>
+  <si>
+    <t>Morschach</t>
+  </si>
+  <si>
+    <t>Arnold Böcklin
+Anselm Feuerbach
+Konrad Fiedler
+Max Klinger
+Julius  Lange
+Karl Madsen
+Hans von Marées</t>
+  </si>
+  <si>
+    <t>Hannovers befinder sig i Schweiz, hvor vejret er dårligt, og de keder sig. De regner med at være hjemme igen indenfor et par uger. Hannover misbilliger Lange og Madsens reaktion på Rohdes artikel om Charlottenborgudstillingen. Han har stadig sympati og respekt for Lange, men Madsen står ham efterhånden fjernt. Hannover er spændt på at se Langes reaktion i kølvandet på en række afhandlinger, han planlægger at publicere (om Anselm Feuerbach, Hans von Marée, Arnold Böcklin og Max Klinger) - alle tre kunstnere som Hannover ikke regner med vil falde i Langes smag. Hannover har under et besøg hos Konrad Fiedler i München set værker af Feuerbach og blev ved samme lejlighed opmærksom på et stort antal værker af Hans von Marées. Igen i Napoli stødte han på en udsmykning af Marées, og blev her bestyrket i sin lyst til at skrive om ham. Fiedler har forsøgt at udbrede kendskabet til Marées, men hans bestræbelser er ikke blevet mødt med interesse. Feuerbach var ifølge Hannover udsat for stor kritik i sin samtid, men var den af sin generations malere, der bedst har forstået og videreført den italienske kunsts storhed. Hannover lykønsker Rohde med den kritik, han selv har været genstand for derhjemme - det er tegn på, at Rohde er på rette vej.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/maCz</t>
+  </si>
+  <si>
+    <t>Hotel Frohnalp. Morschach pr. Brunnen, 
+via Luzern
+Schweiz
+Kjære gode Ven,
+Jeg blev saa rørt over midt i 
+et Anfald af Kjedsomhed at modtage
+Deres Brev, at jeg strax skriver til Dem
+igjen. Forresten er det ogsaa lidt for
+at slaa Tiden ihjel. Døgnet igjennem 
+har det regnet; man bærer næsten
+her Skyerne paa Hovedet. Vi boer
+… paa et stort Hotel, næsten ene,
+uden Bøger til at læse i og uden
+Arbejde. Vi venter kun paa et
+Creditiv for at komme herfra, thi
+her er aldeles ikke godt for min
+Kone, og jeg selv bliver syg, naar
+jeg ikke har noget at bestille. Om
+14 Dage tænker jeg, vi er hjemme
+igjen. 
+[2]
+Jeg synes aldeles ikke om, at
+Lange og Madsen har skældt
+Dem ud for Deres Afhandling.
+Jeg er kommen saa langt bort
+fra den sidste, at jeg aldeles ikke
+mere formaaer paa den store
+Afstand at følge hans Udvikling,
+som forresten heller ikke mere
+interesserer mig synderlig. Derimod
+gjør det mig altid ondt at høre,
+naar Lange har været dum
+eller i daarligt Humør. Og han 
+kan være baade det ene og det
+andet, ligesaa vel som han kan 
+være prægtig og rar og … dobbelt
+Gange saa klog, som vi andre.
+Nu skal De se et Styr, der 
+[3]
+bliver med Lange, naar jeg med
+det første faaer skrevet nogle Af-
+handlinger om nogle Kunstnere,
+hvis Kurs ikke er stor hos Lange,
+– af den Grund først og fremmest,
+at han ikke kjender noget til dem.
+Det er Böcklin, Feuerbach og
+Marées. Den sidste kjender De
+formodentlig ikke noget til; jeg
+selv kjendte end ikke hans Navn,
+før jeg i Februar Maaned kom 
+til München. Det var en ung
+Kunstner, som aldrig udstillede,
+som levede paa Kant med alt
+og alle, stolt og energisk uden 
+Grænser, fornem til det Yderste
+i sine Bestræbelser, svag af Helbred,
+[4]
+ude af Stand til nogensinde
+at gjøre noget helt færdigt. Han
+døde ganske ung. For at se nogle
+Billeder af Feuerbach kom jeg en
+Dag i München op til en rig
+Privatmand i München, en
+Dr. Fiedler. Da jeg havde set
+dine Billeder og vilde til at
+gaa, saa jeg tilfældig igjennem
+en aaben Dør et Billed hænge
+i et andet Værelse, – et Billed
+af nogle nøgne Figurer paa
+en mørkegrøn Baggrund, saa
+slaaende stort i Opfattelsen,
+at jeg øjeblikkelig bad om at
+se det nærmere. Ejeren fortalte
+mig saa, at det var af en
+Kunstner, hvis Navn jeg
+[5]
+formodentlig aldrig havde hørt.
+Marées hed han, og Fiedler havde
+i en anden Etage en hel stor
+Sal bedækket fra øverst til nederst
+med hans Billeder. Jeg blev der nogle
+Timer. Jeg har aldrig i mine Dage
+set noget, der paa en Gang var
+saa mislykket, saa ufærdigt,
+saa slet stundom, og dog paa
+samme Tid saa stort og genialt. 
+Jeg omgikkes med Planen om
+at skrive derom, men opgav
+den atter, til jeg i Neapel
+saa en Bibliothekssal, som
+Marées havde dekoreret med
+Fresker. De havde alle Münchener-
+Billedernes Fortrin og næsten
+ingen af deres Fejl. Jeg gjenoptog
+saa Planen om at skrive om
+Marées og indlemme en Studie
+over ham i en samling Afhandlinger, 
+[6]
+jeg haaber at komme til at
+udgive samlede til Vinter. Jeg
+medbringer til Kjøbenhavn en
+Samling Facsimiler efter Marées
+Billeder hos Fiedler, som denne
+har ladet t gjøre paa egen Be-
+kostning for at gjøre Marées’
+Navn bekjendt i videre Kredse.
+Han har sendt Værket som Gave
+til de fleste tyske Kunstakade-
+mier og fra de fleste faaet
+det tilbage igjen enten med
+nogle Skældsord eller uden
+anden Motivering end den,
+som laa i selve Tilbagesendelsen.
+De, som har faaet Deres Øren
+fint uddannet for slige Hændelser
+vil allerede deraf kunne forstaa
+[7]
+at Navnet Marées er af dem, 
+der er værd at huske.
+Jeg véd ikke, om De kjender mit
+andet Æmnes, Feuerbachs Kunst
+og Skæbne. Ham ærgrede Idioterne
+ihjel; det var i Wien. Og dog er
+han den af alle moderne Malere,
+hvis Stræben har været mest i 
+Slægt med alt det Ophøjede og
+Store, som Idioterne pligt-
+skyldigst beundrer med deres
+Bædiker i Haanden, naar de
+færdes i Italiens Samlinger. Ingen
+har i vore Dage næret saa
+høje Forestillinger om Menneske-
+skikkelsens Skjønhed, som netop
+Feuerbach. Pint af Fattigdom og
+krænket af den infameste ”Kritik”
+har han efterladt sig en Slags
+[8]
+Dagbog, som lyner af Hovmod og
+Foragt samtidig med at den strømmer
+over af de bitreste Klager. I sin Slags et
+af de smukkeste og personligste Skrifter,
+jeg kjender.
+Endelig er der Böcklin, om hvem Lange
+en Gang naadig skrev til mig: ”Jeg ind-
+rømmer, at Böcklin i landskabelig
+Henseende har ydet noget godt”. Ogsaa
+Klinger skal med i min Samling
+Afhandlinger. Troer De saa ikke nok, 
+at Lange bliver vred, vred for Alvor? –
+Jeg lykønsker Dem til de smagfulde
+Prædikater, man har givet Dem, thi
+det synes jo, at man kan kjende den
+rette Vej til Hæder dérpaa, at der i
+Grøften ligger Folk, som raaber Skælds-
+ord efter En.
+Nu ringer Klokken til Aftensmad.
+Det er den ene af en Morschach-
+[9]
+Dags Begivenheder. Den anden er,
+naar Klokken ringer til Middags-
+mad.. Ellers er her lydløst stille, – 
+med Undtagelse af Regnen, som
+falder ustanselig og laver smaa
+Vandfald paa Bjærget udenfor vort
+Vindue.
+Men nu maa jeg slutte. God
+Lykke med Billederne og hjærtelige
+Hilsener fra min Kone og
+Deres hengivne
+Emil Hannover
+De maa for resten 
+helst ikke tale
+om mine Arbejds-
+planer.
+28.VI.90.</t>
+  </si>
+  <si>
+    <t>1890-09-04</t>
+  </si>
+  <si>
+    <t>Agnes Slott-Møller
+Harald Slott-Møller
+Johan Peter Wildenrath</t>
+  </si>
+  <si>
+    <t>Brevet fortsættes den efterfølgende dag, hvor Rohde undskylder for at have misforstået Emil Hannovers stillingtagen i sagen. Se brevet fra Rohde, 5/9-1890, der må formodes at have været vedlagt nærværende brev fra 4/9, som ikke afsluttes med en hilsen eller Rohdes signatur.</t>
+  </si>
+  <si>
+    <t>Wildenrath har bedt om flere penge. Rohde lader det være op til Hannover at afgøre, om hans ønske skal imødekommes, men mener, at det vil være en fejl at gøre. I sammenligning med sine danske kunstnerkolleger lever Wildenrath langt over evne. Rohde er irriteret over hans desperate facon, og mener, at han bør have sig en lærestreg. Så længe han bliver ved med at få tilsendt penge hjemmefra, er det usandsynligt, at han overhovedet kommer hjem. Rohde mener, at han både kunne leve billigere og blive en bedre kunstner hjemme end i udlandet.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/k4hQ</t>
+  </si>
+  <si>
+    <t>Torsdag Aften. D-4 Sept-90.
+Kjære Venner! Tak for Deres Brev, der har foraarsaget
+mig nogen – Ærgrelse. ): mest det indlagte
+Brudstykke. Jeg ser imidlertid af Aktstykkerne,
+at mine gode Venner paa Katterinebjærg til De[sic]
+saa mange udmærkede Egenskaber ogsaa føjer en
+englelig Taalmodighed.
+— Ja det er jo egentlig meningsløst af
+mig at vilde spilde vor Tid med at disku-
+tere Emnet “Wildenrath” med Dem; thi i
+Virkeligheden er vi naturligvis alle tre saa fuld-
+stændig enige; kun løber det gode Hjærte af
+med mine Venner. Men jeg tror at de
+har gjort Wildenradt en meget daarlig Tjeneste
+ved deres Understøttelser. De siger selv, at
+hvad der kan sendes ham, er Draaber i Ha-
+vet. Men det er en meget daarlig Sport
+at hælde Draaber i Havet og særlig forka-
+stelig, naar der er muligheder for at Draa-
+berne eller Draaben under andre Forhold
+virkelig kunde faa nogen Betydning.
+Mit Svar er dette:
+Da De har taget Initiativet til at hjælpe
+[2]
+W. og selv i Gjerningen har hjulpen ham og endelig
+staar ham meget nærmere end jeg, finder jeg det
+naturligt, at De har Afgjørelsen i Deres Haand,
+og bestemmer, om Pengene skal sendes ned til
+ham. Spørger De imidlertid om min Mening
+eller beder De mig om at afgive min Stemme,
+da er den et ubetinget Nej, og jeg kan føje
+til, at jeg ærgrer mig over, at der blev sendt ham
+en Del af Pengene ned — thi dette var ikke
+Meningen med Arrangementet.
+Meningen var at han skulde hjem 1) fordi han
+kunde blive en bedre Kunstner herhjemme
+2) Fordi det nu er Luxus at bo i Udlandet,
+hvor “billigt” man saa end lever.
+Men saalænge han faar Penge sendt ned[,] kommer
+han ikke hjem; thi han vil[dobbeltunderstreget]_ ikke_ hjem.
+De Summer W. forlanger er jo ligefrem latter-
+lige, herhjemme i Danmark regner Kunstnere[,]
+Videnskabsmænd og Forfattere det for en smuk
+Understøttelse at faa lige saa mange Hun-
+dreder som han forlanger Tusinder.
+Efter hvad jeg fra forskjellig Side har hørt,
+[3]
+har Manden siden han er bleven gift brugt en saa-
+dan Kapital, at han, hvis han havde levet
+som dansk Kunstner, kunde have levet af Renterne.
+Slott-Møllers har nu levet flere Maaneder
+for 40 Kr pr Styk, og der er mange danske 
+Malere, der lever paa Landet største Delen af
+Aaret endnu billigere. Var han kommen hjem
+for et Par Aar siden, kunde han samtidig med
+et hyggeligt Ophold i en hjemlig Egn med ad-
+skillige Rejser til Hovedstaden o.s.v. have haft
+den Kapital i Behold; vi siger kunde have haft.
+Hans Brev gjør, som De jo ogsaa bemær-
+ker, er meget barnagtigt Indtryk.
+Jeg kunde tænke mig, at en Mand, der skulde
+bruge 5000 Kroner, kunde gjøre et fortvivlet
+Skridt; jeg kan ogsaa tænke mig, at en Mand,
+der skulde bruge 500 Kr, kunde gjøre det[.]
+Men hvis en Mand skal bruge 5000
+Tusind (eller helst 7-8000) gjør et fortviv-
+let Skridt, fordi han ikke kan faa 500
+(hundrede), saa maa han være gal.
+[4]
+Det sandsynligste er jo, at Værten i Holland beslag-
+lægger Postanvisningen med de 500, og saa er han jo
+lige vidt.
+Men hvorfor Manden foretrækker, at lade sin Kone
+sidde paa Kontor i Marseille og selv være Skopud-
+ser (?) fremfor at tage den Billet til Kjøbenhavn,
+som bliver ham tilbudt, det forstaar jeg ikke.
+Herregud vi er jo nok Smaafolk og Fattigfolk
+herhjemme, men endnu har jeg dog ikke set nogle
+af W’s ligestillede som Skopudsere. De lever
+dog som Malere, hvordan de nu end bærer sig
+ad dermed.
+Men som sagt jeg forstaar ikke, at De mere vil
+have noget med W.s Pengeaffærer at gjøre
+thi de er jo haabløse — som De selv stadig
+siger — og det er jo hans egen Skyld, som De
+ogsaa selv siger.
+De 500 Kroner der staar i Sparekassen er jo
+W’s; men det forekommer mig, at jo før der
+kommer et Krach desto bedre. Det kunde maa-
+ske forandre hans Opfattelse af, hvad en
+Mand uden Formue kan tillade sig.
+Eller tror De maaske paa Succes’en i Paris, selv
+om han fik nogle af sine Billeder udstillede?</t>
+  </si>
+  <si>
+    <t>1891-03-11</t>
+  </si>
+  <si>
+    <t>Emil Hannover
+Harald Slott-Møller
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Hannover nævner de forskellige muligheder for opsætning af kataloget til Den frie Udstilling, samt hvad de forskellige muligheder vil koste. Han har indlagt en prøve. Manuskriptet til kataloget skal være klar til tryk allersenest den 20. marts, da katalogerne skal ligge færdigtrykt den 25. marts om morgenen. Harald Slott-Møller har fortalt Hannover, at han og Kristian Zahrtmann skal repræsentere Den frie Udstilling på ferniseringsdagen overfor Gallerikommissionen og Kunstforeningens bestyrelse. Ingen af dem er ifølge Hannover diplomatiske af natur, og han mener derfor, at valget af de to er uheldigt. Hannover vil gerne se Rohde en af dagene, da han ønsker at diskutere en eventuel artikel med ham til Politiken om Den Frie.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/elFq</t>
+  </si>
+  <si>
+    <t>Kjære Rohde
+Etn smukt udstyret Katalog paa
+haandgjort Papir eller andet godt
+Papir, med rød Titel og Kunstnernes
+Navne trykt med rødt, 20 Sider +
+Omslag stort, i 1000 Exemplarer
+vil andrage ca. 150 Kroner. De tjener
+da altsaa 10 Ører paa hver Katalog,
+hvis hele Oplaget sælges. Naar der er 
+solgt 600 Exemplarer, er De dækket.
+For 100 Kroner eller lidt mere
+kan der imidlertid leveres en meget
+pæn Katalog paa alm. glittet Papir og
+uden rød Skrift.
+Jeg indlægger en Prøve paa det Format, 
+De kan faa, hvis De vil benytte
+”Strandmøllens” haandgjorte Papir.
+Det er naturligvis udmærket, men
+meget dyrere end udenlandske Varer
+af lignende Art, som der dog ikke er
+[2]
+Tid til at forskrive. Min Broder
+lovede mig dog at se sig om efter
+noget, saafremt De ikke skulde synes
+om Formatet i medfølgende Prøve.
+Den 18de, kun i yderste Nød
+den 20de, maa Manuskriptet være i
+Trykkeriet. Skal der være en Vignet
+paa Omslaget, maa den altsaa være
+færdig i Ætsningen paa samme Tid.
+Jeg tager jo ikke fejl i, at det er
+den 25de om Morgenen tidlig, at
+Katalogen skal være færdig?
+Endelig en Sag af delikat
+og vanskelig og absolut privat Natur:
+Møller fortalte mig, at han og
+Zahrtmann paa Aabningsdagen
+skulde repræsentere ”Den frie Udstilling”
+[3]
+overfor Gallerikommissionen og Be-
+styrelsen af Kunstforeningen. Med al
+Respekt for Møllers og Z.’s udmærkede Egenskaber
+forekommer det mig, at Valget af ham
+og Zahrtmann til bemeldte Bestilling
+er besynderligt og uheldigt. Ingen af
+dem er just bekjendt for det, de Borgerlige
+kalder Elskværdighed eller Omgængelighed,
+endsige for den Art af diplomatisk
+Takt, som vilde kunne være af stor Nytte i 
+dette Tilfælde. Heller ikke naar ”the
+gentlemen of the press” indfinder sig
+(og ogsaa da maa jo Udstillerne være
+repræsenterede) vil Slott-Møller være
+heldig. Tænk alene paa ”Kjøbenhavn”
+og dets Artikel i sin Tid. Forresten
+maa De se at faa Tid til at komme
+herud en Aften før Udstillingen aabnes
+[4]
+da jeg gjærne vil tale med Dem
+om en eventuel Artikel i ”Politiken”:
+Med venlig Hilsen fra min Kone
+Deres hengivne
+E.H.
+11-II-91.</t>
+  </si>
+  <si>
+    <t>1892-06-24</t>
+  </si>
+  <si>
+    <t>Bjørnstjerne Bjørnson
+Alice Hannover
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen fortryder til dels, at han i sidste brev fortalte Emil Hannover om ægteparret Slott-Møllers syn på sagen med Willumsen; en beretning, fremgår det, at Hannover blev opbragt over. Christiansen får ikke besøgt kunstnerparret foreløbigt, fortsætter han, og heller ikke Hannovers i Silkeborg. Men han håber at få besøg i Tjele, hvis Hannovers tager til Aalborg og dermed er på hans egn. Han spørger som afslutning på brevet til hans og Alices afrejsetidspunkt til Norge.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/0RXN</t>
+  </si>
+  <si>
+    <t>Tjele d: 24 Juni 92
+Kjære Hannover! Tak for Deres Brev. Jeg kan godt forstaa at
+De blev gnaven i Ansigtet over “Hjærtefolkets” Udtalelser, som De kalder dem,
+jeg burde vist ogsaa have sparet Dem denne Ærgrelse, men hvad skal
+man sige Utak er jo Verdens Løn som der staar saa smukt et
+eller andet Sted. Jeg har ikke har hørt noget fra Vestervellinge
+siden og jeg faar heller ikke Tid til at komme der foreløbig, desvær-
+re for Ridetourens Skyld. Vejret har forresten i den sidste Tid været
+rigtig forbandet med Blæst og Regn, hvilket De vel ogsaa har maat-
+tet sande i Silkeborg, hvor velsagtens Opholdet er mere taaleligt naar
+man i smukt Vejr kan færdes ude. Jeg vilde frygtelig gjærne besøge
+Dem, men jeg skræmmes lidt af Tourens Vidtløftighed, og dette at
+den ikke kan gjøres paa en Dag. Jeg er bange at jeg ikke faar Tid og hvis
+Vejret bliver ved at være ustadigt, saa er der jo heller ikke megen Fonøjelse
+ved at rejse. Var De paa Himmelbjerget til Bjørnsons Møde? Lad mig
+vide hvis De og Deres Kone rejser til Aalborg. Hvis Deres Tid tillader det, skul-
+[2]
+de De virkelig indrette Dem paa at gjøre en lille Afstikker her til Tjele[.]
+Deres Kone vilde sikkert have Fornøjelse deraf, hun kunde jo even-
+tuelt afvente Deres Tilbagekomst her. Jeg skal nok være ved Onsild
+Station med Vogn og kjøre Dem tilbage igjen.
+I Haab om paa denne Maade at kunne komme til at
+slaa en Passiar af med Dem og Frue, saa at de begge ved Hjemkomsten
+til Kjøbenhavn kan optræde henholdsvis som stærk Mand
+og fed Dame. Naar rejser De til Norge?
+Venlig Hilsen fra
+Deres
+R. Christiansen.
+[på skrå forneden:]
+Jeg glemte i mit forrige Brev at meddele
+at jeg rigtigt traf Deres Broder og afleverede
+Pengene i hans egne Hænder.</t>
+  </si>
+  <si>
+    <t>1892-06-27</t>
+  </si>
+  <si>
+    <t>Emil Hannover er ved at gå ud af sit gode skind på Silkeborg Kuranstalt, hvor han opholder sig med sin hustru for at hendes helbred kan bedres: Maden er stegt i fedt eller begramset af et utal af hænder, overlægen en uvidende laban, selskabet idiotiserende, vejret modbydeligt. Hannover fortsætter sine jeremiader i en omtale af sit uvenskab med ægteparret Slott-Møller, som han har erfaret, har "ophidset" J.F. Willumsen til at tage afstand fra sig. Han indskærper overfor Johan Rohde, at denne bør holde fast i sit løfte om ikke at rage uklar med kunstnerparret, da uvenskab med dem er en udpræget ubehagelig affære.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/65Wm</t>
+  </si>
+  <si>
+    <t>Silkeborg Kuranstalt
+27-VI-92.
+Kjære Rohde,
+De finder det sikkert utaknemligt
+af mig, at jeg ikke paaskjønner Deres
+lange Breve og interessante Optegnelser
+ved at skrive lidt hyppigere til Dem.
+Grunden til, at De saa sjældent 
+hører fra mig er dog ikke Mangel
+paa Taknemlighed, men kun den
+ualmindelig sløve og idiotiserede
+Tilstand, i hvilken min Forstand
+er … kommen i Omgivelserne
+herovre. Mit Arbejde har jeg næsten
+helt lagt bort i Følelsen af denne
+Tilstand. Dagene gaaer, uden at jeg
+véd hvorledes, med at bade og spise
+og spadsere og snakke med et Par
+af de mindst idiotiserende Exemplarer
+af Gæsterne. Mellem disse føler
+jeg mig mest tiltalt af en gammel
+Herredsfoged fra Hjørring, og han er
+dog Højremand, hvoraf De kan
+slutte Dem til min Nøjsomhed
+[2]
+Min Kone er tiltagen et Par
+Pund i Vægt, men ellers mærker
+hun ingen synderlig Forandring.
+Endnu véd jeg ikke, om vi midt i
+næste Maaned tager til Norge,
+eller om vi bliver her. I sidste Fald
+har jeg dog faaet tilstaaet en lille
+Ferie for at tage til Kjøbenhavn
+og faa forfrisket min Hjærne. Den
+varme Sommer, som De tiltroer
+os at have haft, har ikke været
+videre varm, siden vi kom hertil;
+eller rettere sagt: her har været
+hundekoldt, og regnet har det, og 
+modbydeligt har der været udenfor.
+Og indenfor har vi det saa smaat,
+at vi ikke kan klæde os paa om
+Morgenen uden at sætte Møblerne
+(det er forresten kun to Stole) op i 
+Sengene, og Maden bliver stegt i 
+Fedt, og Vinen kan ikke drikkes,
+og Osten er begramset at 150 Hænder,
+[3]
+og Overlægen er en uvidende Laban, –
+kort sagt: her er hjemligt og hyggeligt og
+uhyre nationalt.
+Fra min Broder skal jeg sige Dem, at 
+han havde sendt Dem Regningen for
+Katalogens Trykning, da han et Sted
+havde læst i en Avis, at De var
+hjemkommen. Han beder mig tilføje,
+at det aldeles ikke haster med Betalingen.
+De skal have Tak for, hvad De
+har besørget for mig; vær saa venlig at
+lade mig vide, hvor meget jeg er Dem
+skyldig. Ja, det er virkelig fatalt, man
+ikke har nogle flere Penge, naar man
+kunde have saa god en Anvendelse for
+Dem.[sic]
+Jeg troer, De i et Par Breve har spurgt
+om, hvad jeg syntes om Willumsen, og
+jeg troer ikke, jeg har svaret Dem derpaa.
+Vi syntes udmærket godt om ham de Par
+Gange, vi saa ham, men sidste Gang
+var han sammen med andre, og jeg fik
+da ikke talt rigtig med ham. Imidlertid
+har jeg været ved at faa en anden Opfattelse
+af ham. Vi var lidt forbavsede over, at
+[4]
+han pludselig blev borte for saa i de sidste
+Uger, vi tilbragte i Byen, saa vi slet
+ikke noget til ham. Alting har jo i[sic]
+imidlertid sin naturlige Aarsag, og 
+Aarsagen til hans Udebliven har jeg i
+disse Dage faaet at vide, og deraf forekommer
+mig værd at berette.
+De husker jo, at Hjærteparret Slott-
+Møller havde ikke Ord for, hvor daarlige
+det fandt Willumsens Billeder; de husker
+ogsaa, hvorledes Fru S-M. under min
+Sygdom bad min Kone hilse mig gjen-
+tagent og sige, at jeg ikke kunde forsvare
+at rose Willumsen i Aar. Naa, jeg 
+vovede jo den Gang, som undertiden
+ellers, at have min egen Mening, og
+jeg skrev en Artikel, for hvilken Wil-
+lumsen, da han første Gang mødte mig
+i Kjbhn., sagde mig Tak med mange
+erkjendtlige Ord. Min Artikel havde,
+efter hans eget Sigende, formildet hans 
+Fader saa meget, at han atter havde
+tillovet ham sin Understøttelse. Jeg
+troede herefter, at Willumsen havde nogen
+[5]
+Grund til i hvert Fald i nogle Uger – jeg
+er ikke fordringsfuld i den Retning – at
+gjengælde de venskabelige Følelser, jeg nærede
+for ham. Men Skæbnen – i Form af
+Slott-Møllers – vilde det anderledes. Hjærte-
+parret fik fat i Willumsen, fik ham 
+ophidset mod mig og fik ham indbildt, 
+at min Artikel var et ”Tilbagetog”. Jeg vidste
+ikke noget herom, før jeg for nogle Dage
+siden fik Brev fra skikkelige Christiansen,
+der havde været i Besøg hos Slott-Møllers.
+”I Samtalens Løb”, skriver Christiansen,
+”fik jeg bl.a. at vide, at Grunden til at De 
+ikke havde set noget til Willumsen var
+den;[sic] at De havde rakket hans Krukke
+ned i Deres Artikel om Skovgaard *), og da
+det var det sidste, som var tilbage fra Deres
+”Tilbagetog” i Deres første Willumsen-Artikel,
+saa kunde Fru Slott-Møller godt forstaa,
+(jeg vil tro det) at Willumsen følte sig
+krænket over en saa uforsvarlig (!)
+Medfart,” – og dette var altsaa Grunden
+til hans Udebliven.
+Som De maaske kan tænke Dem, delte
+jeg efter denne Efterretning min blideste
+—
+*) jeg benyttede, som De formodentlig ikke erindrer,
+deri Lejligheden til at sige, hvad jeg tidligere havde
+glemt, at Krukken som dekorativ Helhed var
+mislykket.
+[6 ]
+Følelser ligelig mellem Willumsen og
+Slott-Møllers, men efter at jeg igaar har
+faaet at vide, at W. alligevel har været og villet
+besøge os efter vor Afrejse, tænker jeg
+naturligvis med mest Elskværdighed paa
+det elskelige Hjærtepar i Vestervællinge.
+Ja, nu, da jeg har skrevet denne
+lange Beretning, kommer jeg i Tanker om,
+at De vil svare mig, hvad De før har
+svaret: ”jeg har en Gang for alle lovet mig
+selv, at jeg ikke vilde blive Uvenner med
+Slott-Møllers”. Og jeg vil kraftigt opmuntre
+Dem til at holde dette alvorlige Løfte, De
+saaledes har givet Dem selv, – ikke saameget fordi
+jeg egentlig beundrer den Karakterstyrke og
+det Mands Mod, det indeholder, mere som
+fordi det er et godt Løfte af den Grund,
+at det sandt at sige er meget ubehageligt
+at have Hjærteparret til Uvenner.
+Jeg vover at have det Haab, at De,
+over for hvad mig angaar, har givet Dem selv et lig-
+nende Løfte. Om jeg havde mistet mine
+otte Fingre, vilde jeg dog i Øjeblikket
+kunne tælle mine Venner paa dem.
+Skriv snart igjen. Lev vel og vær
+ved bedre Humør, end jeg.
+Venligste Hilsener fran min Kone.
+Deres hengivne
+Emil Hannover</t>
+  </si>
+  <si>
+    <t>1892-08-25</t>
+  </si>
+  <si>
+    <t>Alice Hannover
+Henrik Pontoppidan
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Konvolutten fra Hannovers seneste brev til Rohde har været vedlagt dette brev, for at vise, hvilke omveje, det var på, før det nåede frem til rette adressat.</t>
+  </si>
+  <si>
+    <t>Johan Rohde har haft sin bror og far med på "Rekreationstour" i Holland, London og Paris. Rohde vil selv videre til Italien, men sommerheden har fået ham til gøre holdt i Golling nær Salzburg, hvor han besøger Henrik Pontoppidan og hustru. Her glæder han sig over Emil Hannovers fremskridt med sin bog om Chresten Købke. Perioden finder han grundlæggende kedelig, men han forventer, at Hannover kan gøre stoffet interessant. Hvad angår Rohdes egne rejseoptegnelser, som Hannover løbende modtager, minder Rohde om, at han er rejst ud som kunstner og skriver som ditto - ikke som kunsthistoriker. Rohdes brev slutter her; en eller flere sider må mangle.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/UNBD</t>
+  </si>
+  <si>
+    <t>Adr. Hr. Henrik Pontoppidan 
+Golling bei Salzburg
+Oesterreich
+D. 25 August 92
+Kjære Ven! Tak for Brevene. Den lange Afbrydelse fra min
+Side ligger i, at jeg har været “paa Rejse”. — min Fader
+trængte til en lille Rekreationstour og tog derfor sammen
+med min Broder ned til Holland og besøgte mig, hvorefter
+vi sammen var et Par Dage i London og Paris. Saa
+tog jeg ad Italien til, men er af en ganske forskrækkelig
+Varme bleven standset her i Golling, hvorhen jeg var taget
+for paa Vejen at besøge Henrik Pontoppidan, der bor her med
+sin Kone. Hvor længe jeg nødes til at opholde mig her, ved
+jeg naturligvis ikke, men jeg haaber da i næste Uge at kun-
+ne slippe herfra; Varmen kan da ikke blive ved. Min Vej
+gaar da hurtigst muligt til San Gimignano, hvor
+jeg har tænkt mig Muligheden af at ville kopiere noget
+og senere til Florents.
+Jeg modtog mens jeg var i Holland et Brev fra Dem, som
+jeg ikke har svaret Dem paa. De fortæller mig der,
+at De har fuldført Halvdelen af Bogen; dette glæder mig
+meget, jeg troede De havde meget mere tilbage; det skal
+blive morsomt til Vinter at tale om den. Jeg længes nu
+meget efter at De skal faa denne forhaabentlig gode
+Bog om god gammel Dansk Kunst ud, blant andet
+Grund fordi jeg haaber den vil give Dem et godt Ryg-
+stød. De fortæller mig, at De maa gjøre en Tour til
+Berlin i Anledning af Bogen; ja jeg kjender yderst lidt
+til Berlin og slet intet til Dresden (hvor der maaske godt
+kunde findes noget), men for mig er der to Steder, der
+mere end andre minder om en Del af det, jeg mener,
+[2]
+De vil behandle, og det er Thorvaldsens Museum og München.
+— jeg var her i München for kort Tid siden paa Gjennemrejse
+nærmest for at se *Marées, Böcklin og den skrækkelige Udstilling
+og tænkte da meget paa Dem og Deres Bog. Der Jeg vil 
+ikke sige, at det Indtryk jeg fik af München var af det bedste
+— jeg kjedede mig lumsk, men naar jeg gik omkring i Byen,
+sad paa Restaurationerne eller svedte paa Samlingerne[,] havde
+jeg akkurat samme Fornemmelse, samme Indtryk som naar jeg
+en varm Solskinsdag befinder mig paa 1ste Sal i Thorvaldsens
+Museum ): formodentlig i den Periode, som De har beskjæf-
+tiget Dem med. Jeg haaber ikke at De decourageres ved at høre,
+at jeg finder denne Periode kjedelig — jeg kunde tænke mig at
+De gjorde det samme — ; thi som Willumsen engang sagde i en
+anden Forbindelse “man kan skildre kjedelige Mennesker overordent-
+lig morsomt og interessant”. —
+I dag fik jeg efter et Par Dages Tour i Bjergene, hvorhen vi var
+tagen for at kjøle os af, et andet Brev fra Dem; Jeg har indlagt
+Konvolutten da det maaske kan more Dem at se en Del af dets [brevets] Ople-
+velser. Efter at have passeret de paa Konvolutten optegnede
+Steder gik det til Kjøbenhavn og havnede hos en anden Mand
+end undertegnede, denne Mand sendte det saa videre i en ny Konvo-
+lut, indtil det til sidst fandt mig her. 
+—
+Hvad der i dette Brev var mig en stor Glæde at se, var Meddel-
+sen om Deres Kones Velbefindende. Send hende mine bedste
+Lykønskninger og Hilsener.
+—
+Med Hensyn til min “Journal” da maa De mindes, at jeg ikke er rejst
+ud som Kunsthistoriker, men som en Maler der vil se den Udvikling[,] hans
+Fag har naaet i Udlandet, i modsat Fald vilde min Rejse og Arbejde
+være anderledes anlagt. Jeg har naaet min Hensigt og set — jeg kan godt
+sige umaadelige Masser af Kunst. For at hjælpe lidt paa Hukom-
+melsen har jeg — med stor Ulyst (paa Rejser er det ikke morsomt at arbejde
+paa den Maade) skreven en Huskeseddel, det er den jeg sender dem [Dem]. Naar vi
+——
+* da jeg antager at det interesserer Dem at vide, hvad jeg synes om Marées,
+skal jeg blot her bemærke, at jeg er meget glad ved ham; mere andet Sted.
+[resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1893-08-09</t>
+  </si>
+  <si>
+    <t>Hannovers seneste brev tyder på forværring i forholdet til Alice Hannover, hvilket Rohde er ked af at høre. Han forklarer den seneste udvikling med, at Alice Hannover må være uligevægtig for tiden. Han beder derfor Hannover om at udsætte en endelig beslutning angående deres ægteskab. Han mener at det vil gøre Hannover godt at komme på afstand af det hele. Rohde spørger om det kunne være en god idé at han, som udenforstående tredjepart, talte med Alice Hannover. Rohde kommer med rejseanvisninger til Tønning og opfordrer Hannover til at slå sig ned hos ham i lidt tid.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/92vf</t>
+  </si>
+  <si>
+    <t>D. 9-VIII-93.
+Tønning. Schleswig. 
+Kjære Ven!
+Kun et Par Ord, da jeg i Dag ikke har megen
+Tid til Brevskrivning. 
+Deres Brev har bedrøvet mig meget — jeg var
+nu fuld af det bedste Haab.
+Det er mig imidlertid umuligt at tro andet
+end, at Deres Kone maa være utilregnelig 
+i Øjeblikket og jeg beder Dem indstændig
+om ikke i Øjeblikket at træffe en afgjørende
+Beslutning. Naturligvis er den nuværende
+Tilstand forfærdelig for Dem — men tror
+De ikke, at det vil hjælpe noget, naar
+De rejser bort fra det hele og afbryder
+al Forbindelse med Deres Hustru?
+Disse Breve og Anmodninger, De faar fra
+hende nu, og som forbitrer Deres Tilværelse,
+fordi De stedse skuffes af dem, kan jo desuden
+godt vedblive at komme, fordi De er endelig
+skilt fra hende.
+Det var vist galt af Dem, at De rejste
+[2]
+ud til hende.
+Jeg har i den sidste Tid flere Gange tænkt paa
+om en tredje Mand kunde udrette noget. Om
+det kunde have nogen Betydning, om jeg rejste
+over og talte med Deres Kone. Det kunde
+jo tænkes, at de begge vare saa overophidsede,
+at al Forhandling ud umuliggjordes, og at Mis-
+forstaaelse dyngedes paa Misforstaaelse.
+Ja, hvad mener De?
+Den korteste Vej til Tønning er sikkert over
+Frederits, Jübeck (Flensborg) Husum – Tønning. 
+Tager De med Morgeniltoget fra Kjøbenhavn 
+er De i Tönning om Aftenen Kl. 10.
+Jeg sejlede fra Korsør til Flensborg og tog derfor
+videre. Men jeg finder Sejltouren[,] skjønt den
+gaar om ad Svendborg[,] kjedelig. Man kan godt
+tage over Kiel – Neumünster – Heide – Tønning.
+Men som sagt den første Route er vist den
+bedste. 
+Lad mig høre naar De tænker paa at rejse
+[3]
+og vær hjærtelig velkommen.
+Vil De ikke til Karlsbad saa skulde De
+slaa Dem til Ro her i nogen Tid.
+Venlig Hilsen
+Deres hengivne
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1898-07-08</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/5ZKF</t>
+  </si>
+  <si>
+    <t>Middelfart 8.VII.98
+Kjære Hannover! Been har
+vel sagt dig, at det var
+ved at sælge Hammershøjs
+to Smaating til Hirschsprung,
+at det lykkedes mig at
+faa de nødvendigste Penge
+til at klare for mig i 
+Byen – og slippe ud til mit
+Sommerarbejde. Noget 
+glimrende Resultat var
+det jo ikke. – Da jeg havde
+betalt det nødvendigste
+havde jeg halvandet hundrede
+Kroner at føre med over
+paa Landet, og ud over 
+en Maanedstid vil de
+jo ikke kunde strække
+til. –
+Du kan jo vide, at
+da jeg forhandlede med
+Hirschsprung gjorde jeg 
+[2]
+alt hvad der stod i min
+Magt for at faa ham
+til at bestemme sig,
+for mit eget Billede
+”Vinteraften” med de mange
+Portraitter paa, og det 
+syntes ogsaa som om
+han ikke var helt util-
+bøjelig til at erhverve
+det for 1000 Kr, hvilket
+han ogsaa indrømmede
+var overordentligt billigt.
+…. …… …… ….. 
+….. …t Det siges
+jo, at han skal være
+saa sær med ikke at
+kunde bestemme sig
+endlig[sic] – han bestemte
+sig jo i hvert Fald ikke,
+trods han virkelig havde 
+[3]
+nogen Lyst.
+Da der nu er gaaet
+en 3 Uger siden vor Samtale
+derom, skrev jeg til ham
+forleden Dag, forestillede ham
+Billedets gode Sider, saa
+godt jeg selv kunde, frem-
+hævede hvilken Interesse
+de portraiterede Personer
+i Tiden vilde forlene det
+med, forestillede ham
+at her virkelig var
+Tale om et Lejligheds-
+kjøb, og endelig at det
+var absolut nødvendigt
+det var for os at faa 
+noget solgt, om ikke
+vi skulde dø. –
+Jeg skriver nu dette
+til dig for hvis du løb
+paa ham og du troede
+[4]
+det kunde nytte noget,
+da at mane ham til
+at tage en Beslutning,
+jeg har nemlig endnu
+intet hørt fra ham.
+Men jeg lægger det ganske
+i din egen Haand at af-
+gjøre om du synes du
+staar saaledes til ham
+for Tiden, at du kan
+berøre det over for ham
+og om du tror, at det
+kan nytte noget som
+helst.
+Egentlig har jeg
+vel nok sagt ham
+alt, hvad der var at
+sige om den Sag i
+det Brev jeg forl[ed]en skrev
+og i vor Samtale og i
+Byen, men maaske et 
+lidet Puf fra en tredie 
+[5]
+Person, hvis Meninger om
+Kunst han vurderer og
+hvis nære Forhold til
+os og Kjendskab til
+v.. vor Situation er
+ham bekjendt, kunde
+faa ham til at tage
+den endelige Beslutning,
+som vi venter med
+meer end Længsel og
+Spænding.
+Vejret er jo forfærdeligt,
+men vi hænger i det
+bedste det lader sig gjøre
+og naar vel ogsaa trods 
+… Regn og Kulde et
+Resultat, maatte vi
+nu kun kunne naa
+igjennem.
+Med de bedste Hilsner
+fra Hus til Hus er jeg din
+hengivne
+Harald Slott-Møller
+vend
+[6]
+Agnes spørger om
+hun maa laane
+Rossettis Breve?
+– – – – – 
+Ak! den Post der
+skulde have haft dette
+Brev med bragte med-
+følgende fra Hirschsprung 
+– Desværre er der vel 
+neppe meget om hans
+”Gjøren hvad han kan”
+hos andre – og der
+dem – ved Lejlighed.
+Hvis du vil og du
+tror det kan nytte
+[7] 
+noget, saa prøv at 
+tale med ham og
+i hvert Fald faa at
+vide om vi kan
+bygge noget som helst
+Haab paa ”hans Gjøren
+hvad han kan”
+Jeg maa vel ellers
+se selv at komme
+over til Kjøbenhavn 
+– hvad for Resten
+vel ikke kan nytte
+noget som helst –
+Hans Udtalelse til
+mig, som han her
+henviser til var, at
+han maatte begrændse
+sig – at der blev ham
+tilbudt saa meget, 
+[8]
+sidst nogle Kartoner
+til Constantin Hansens
+Universitetsdekorationer. 
+Tag mig nu ikke
+ilde op at jeg taler til 
+dig om disse sørgelige
+Forhold. –
+Hvis du kommer til
+at tale med H, saa
+sig ham, at vi jo
+baade har Foraaret samt
+Agnes Egetrær ved Stranden
+og hendes Dr Dagmar
+Reli[e]f – og andet
+Og hvis han siger, at vi
+lever over Evne, hvad han
+nok skal have sagt, saa er
+det jo for saa vidt rigtigt som
+vi over Hovedet lever uden
+at have Evne dertil – men 
+saalænge vi ikke har solgt
+og ikke kan sælge de omtalte
+Billeder til disse Priser saa kan der dog
+[i højre margen:]
+ikke bebrejdes os noget!</t>
+  </si>
+  <si>
+    <t>1905-06-28</t>
+  </si>
+  <si>
+    <t>__</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/21dH</t>
+  </si>
+  <si>
+    <t>[Tilføjet med blyant af Emil Hannover
+øv. th.:] Rohde
+28 . VI . 1905
+Nybrogade . 12
+Kjære Ven.
+Tak fordi De har talt med Bing; jeg er glad 
+ved det, maaske mest for vor egen Skyld,
+fordi det dog er rart, naar en Ven stadigt ret
+fortvivlet raaber om Raad og Hjælp, at
+kunne raade ham til at gaa et Sted hen,
+hvor der er Hjælp at finde; — men egent-
+lig ogsaa kun mest for vor egen Skyld.
+Thi er der kun det mindste Halmstraa at
+klamre sig ved i Paris, kommer Willumsen 
+ikke hjem, og forsvinder ogsaa dette, og
+han absolut er nødt til at komme, vil
+Klagen over Fabriksslidet begynde den første
+Dag, han møder hos Bing. 
+Han er jo et løjerligt Menneske, han lever
+midt i Paris og dog sikkert meget mere iso-
+leret fra Franskmænd end vi, der boede
+her i Kjøbenhavn; han hader Franskmændene[,]
+[2]
+Identisk med
+[3]
+fører ligefrem Krig imod dem (jævnfør hans
+haabløse Bestræbelser for at lave en Salon i
+Paris med Udelukkelse af Franskmænd). Han
+har saa smaa Midler, at han næppe kan
+“nyde” meget af Pariserlivet og faar han Midler
+er det bruger han dem til at gjøre Rejser fra
+Paris eller for at slutte sig inde [i] sit Værksted og
+arbejde for dem. Hans kunstneriske Religion
+er i Øjeblikket den, at Kunsten skal være
+uafhængig af Milieuet og helt og holdent være
+Digter og — dog erklærer han stadigt, at han
+kun, eller rettere, at man kun kan blive til
+noget i Paris. 
+Men som sagt Tak, fordi De har talt med
+Bing; jeg skal nu meddele Willumsen dette
+. Det eneste rigtige for W. vilde naturlig-
+vis være, om han nu strax skrev til B.,
+men da han just nu ved Udstillingens
+Lukning har solgt et Par Billeder, har han
+vist — Sangviniker som han er, helt andre
+Planer end at komme til Kjøbenhavn for
+[4]
+at bosætte sig. 
+Fra min Hustru som for mig selv Tak for
+de venlige Opfordringer til at komme ud; —
+vi ville virkelig gjerne, men jeg synes
+dog ikke, at man skal friste Guderne —
+jeg mener Kighosten; imidlertid forsøger jeg
+en Dag at træffe Dem paa Museet, jeg
+vil dog gjerne sige Farvel til Dem inden
+Jyllandstouren; vi har ikke taget en endelig
+Bestemmelse, men jeg antager, at det bliver
+Randers. 
+Mange Hilsner fra os her til
+Deres Hustru og Dem selv
+Deres hengivne
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1888-08-28</t>
+  </si>
+  <si>
+    <t>Langesø</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen roser to artikler, Emil Hannover har sendt ham og fortæller, at Karl Madsen også finder dem velskrevne. Christiansen er enig i Hannovers synspunkter - kun Georg Aachens værker ser han anderledes på - og han takker for den kortfattede, kritiske omtale af sit maleri "Den fortabte Søn blandt Svinene" med ordene "Lov mig, Hannover, at De altid vil se paa mit Arbejde og bedømme det, som om De ikke kjendte mig personlig." Foruden de danske kunstnere og værker, Christiansen refererer til i sit brev, nævner han også Bastien-Lepages' "Tigger", som blev vist på den franske udstilling og fik stor betydning for flere af den yngre generations malere.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/sOV9</t>
+  </si>
+  <si>
+    <t>Komigjen Kro ved Langesø d: 28de Aug 1888
+Kjære Hannover!
+Jeg har længe skyldt Dem en
+Tak for det tilsendte Særtryk af “Tilskueren”
+med Deres Artikel om skandinavisk
+Malerkunst. Nu har jeg ogsaa faaet
+Deres franske Afhandling og nu vil
+jeg gjøre Alvor af et Brev til Dem.
+Fortrædeligheder for Størstedelen som
+Følge af det ustadige Vejr, som lægger
+Hindringer i Vejen for Arbejdet og derved
+skaber daarligt Humør, er den nærmeste
+Aarsag til at De ikke har hørt fra mig
+før, for jeg har saamæn havt Tid nok.
+Deres to ovennævnte Arbejder have
+glædet mig meget fordi der i dem
+bliver sagt saa meget af mine egne
+Anskuelser om Kunst, paa en kjæk
+og djærv Maade og i en Form, som ikke
+kan være bedre. Rohde siger nok
+skidt med Formen, men det er et af
+vore staaende Tvistepunkter, for der er
+[2]
+da ikke to Meninger om, at man
+med ulige Fornøjelse og Udbytte læser
+nogle sunde og fornuftige Anskuelser i
+en fuldendt og letfattelig Form, end
+naar man skal arbejde sig igjennem
+et Uføre af overflødige Indskudssæt-
+ninger og Vendinger. Det første Karl
+Madsen sagde, da jeg spurgte ham om
+sin Mening, var da ogsaa, at han fandt
+Deres Artikel overordentlig velskreven og
+beundrede den knappe Sprogform, som
+gav de fremsatte Anskuelser betydelig
+Kraft og Tilforladelighed.
+Hvad der især tiltaler mig i Deres
+Arbejde det er den Evne De har til,
+med et enkelt Udtryk at træffe Hovedet
+paa Sømmet. Jeg beundrer saaledes den
+Bemærkning om Rings “Aften”, at det
+er malt med halv Kraft, den ram-
+mer hele Rings Produktion i det sidste
+Aars Tid eller to. Han trænger netop
+til rigtig en Gang for Alvor at lægge
+sig i Selen og gjøre et Billede som
+hugger igjennem al den Halvhed og
+[3]
+Sløvhed, som han har levet i de
+sidste Par Aar. Ogsaa synes jeg at
+det er rigtigt, alt hvad De siger om
+F. Henningsen. Jeg mener det samme
+og turde nok sige det i en Samtale,
+men man maa være frygtelig
+sikker i sin Sag for at sige det paa
+Tryk. Det er en Henrettelse af en
+Mands Produktion og Livsværk
+som ikke lader noget tilbage at øn-
+ske i Tydelighed. Det eneste Punkt
+hvor jeg ikke helt er enig med Dem,
+er med Hensyn til Achen. Jeg synes
+Achen og hele hans Produktion er
+uselvstændig og ubetydelig. (De Udtalel-
+ser om Kolleger i dette Brev er selvfølge-
+lig af den allerprivateste Karakter, saa
+jeg ikke behøver at anmode Dem om
+ikke at lade dem gaa videre.) Jeg tror
+aldrig Achen har undgaaet at være
+paavirket af den Maler han tilfældig
+har arbejdet sammen med, hvilket
+ogsaa præger sig i hele hans Personlig-
+[4]
+hed. Han ligner en Bog som indehol-
+der forskjellige Haandskrifter undtagen
+hans egen. F: Ex: nu hans Tids-
+vildebillede. Der er de bedste Momen-
+ter i Landskabet Paavirkning fra Jul: Paulsen,
+de bedste Momenter i Figurerne fra
+Viggo Johansen og Resten er H. N. Han-
+sen med Tilsætning af lidt Achensk
+Sødsuppe. Krøyer har meget træffende
+sagt om hans Portræt af den lille blon-
+de Pige, at det var en Jerndorffsk
+Tenor og saaledes fremdeles. — Hvad
+De skriver om Hammershøj har min
+fulde Tilslutning, og jeg er Dem meget
+taknemlig for hvad De har skrevet
+om min fortabte Søn. Jeg trængte
+netop til ganske nøgternt at faa
+mig sagt, hvad jeg naturligvis godt
+vidste, fordi men man er altid er saa tilbøj-
+elig til at dysse jeg[sic] i Søvn med Ud-
+talelser, hvis Oprigtighed ere mere
+end tvivlsomme. Imidlertid vil jeg
+[5]
+bede Dem have Langmodighed med
+mig: døm men fordøm ikke, vent
+til næste Gang — eller til næstnæste 
+Gang. Jeg vil og skal en Gang gjøre
+noget ordentlig og jeg tror paa mig
+selv, skjønt jeg ikke kan forlange at
+andre skal gjøre det, naar jeg kun har
+mislykkede Ting at se tilbage paa fore-
+løbig. Man kunde vist ikke leve uden
+Tro paa sig selv — skjønt hvem vèd,
+man mister saa meget Undervejs,
+som man troede ikke at kunne leve
+foruden. Lov mig, Hannover, at 
+De altid vil se paa mit Arbejde
+og bedømme det, som om De ikke
+kjendte mig personlig. Kun en saa[-]
+dan Bedømmelse vil have værd for
+mig. — Deres Afhandling om den
+franske Udstilling har jeg intet at
+indvende imod — det skulde da være,
+at jeg ikke synes at Moderens og
+Barnets Hoveder paa Bastien-Lepages
+[6]
+Tigger, ikke staar tilbage for Hoved-
+figuren. Jeg synes netop, han
+har faaet saa uendeligt meget
+ud af Sammenstillingen af
+de tre Hoveder med deres mester-
+ligt skildrede Udtryk. — Jeg er
+Dem meget taknemlig for de to
+Bøger af Diderot som jeg laante
+af Dem. De interressere[sic] mig meget.
+Den tredie “la régence” har jeg endnu
+ikke læst noget af, saa den kan jeg
+ikke udtale mig om — Bliver De
+i Kjøbenhavn i Vinter? Hvis De
+en Gang har en ledig Stund,
+saa spender den paa et Brev til
+mig. Jeg vil blive glad for det.
+Jeg bliver vist her til henimod
+1ste Oktober.
+Mange Hilsener til Dem og Deres
+Frue fra Deres hengivne
+R. Christiansen.</t>
+  </si>
+  <si>
+    <t>1890-03-23</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Sandro Botticelli
+Georg Brandes
+Rasmus  Christiansen
+Alice Hannover
+Erik Henningsen
+Julius Langbehn
+Julius  Lange
+Karl Madsen
+Sophus Schandorph
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Alice Hannover er stadig syg, men parret vil vente med at konsultere en læge, til de befinder sig i Rom. Hendes tilstand påvirker dem begge en del. Når Hannover har ladet sin Watteau-bog oversætte til tysk, er det for at kunne sammenligne udlandets reaktion med de hjemlige kritikeres. Hannover har opgivet tanken om at tage en universitetsgrad. Han har for meget om ørerne, og mener at han er blevet for gammel til det. Og dog kunne han godt tænkte sig den anerkendelse og indflydelse, der følger med. For Hannover er det især glæden ved at skrive om kunst, der driver hans værk. Han er efter eget udsagn mindre interesseret i, hvad andre måtte synes om det, han foretager sig.
+Hannover er på sin Italiensrejse blevet overbevist om den ældre kunsts storhed. Særligt fremhæver han Botticellis "Venus' fødsel" og "Foråret" i Uffizierne. Johan Rohde er en af de få kunstnere hjemme, der ikke forekommer Hannover ligegyldig i sammenligning. Hannover er mere kritisk indstillet overfor Harald Slott-Møllers kunst. Han betvivler ægtheden af den og mener ikke, at Slott-Møller ville være der, hvor han er nu, uden Agnes Slott-Møller. Hannover antyder i øvrigt nogle forbehold overfor venskabet med Harald Slott-Møller. Hannover har respekt for Agnes Slott-Møllers bestræbelser som kunstner, men er ikke begejstret for hendes fortolkning af historiemaleriet. Han har hørt om Julius Langbehns "Rembrandt som opdrager" (1890) mens han var i München, men han har ikke læst bogen. Han vil gerne høre, hvad Brandes har at sige om den. Han beder i det hele taget om nyt hjemmefra og vil gemme nærmere beskrivelser af den italienske kunst til et senere brev. Erik Henningsen er nabo til Hannovers i Firenze, men de er ikke på talefod.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/kGfn</t>
+  </si>
+  <si>
+    <t>1
+Kjære Ven,
+Hjærtelig Tak for Deres elskværdige Brev. Jeg skal besvare dets Spørgsmaal
+først. Hvad min Kones Helbred angaaer, kan jeg intet sikkert sige Dem, men det
+er ikke godt; hun skranter stadig, men om det er Brystet véd jeg ikke. Jeg vil
+ikke lade hende undersøge paa Ny, før vi om 14 Dage kommer til Rom. En Læges
+Udtalelser har paa os begge, men mest paa hende, en saa stor psykisk Indvirkning,
+at jeg ikke vil give os en hvilkensomhelst Læge i Vold her. I Rom er der en dansk
+Læge. Nogle siger, han er en Klodrian, andre at han ikke er det. Men man kan
+dog bedre tale med en dansk Læge end med en Udlænding. Fortvivlende vilde det være, om
+hendes Bryst var blevet værre end ved vor Afrejse. Den Ængstelse, som har bemægtiget
+os begge, har allerede grebet saa forstyrrende ind i vor Tilværelse, der var saa velsignet
+tryg og fredelig. Men jeg haaber dog stedse. Ogsaa haaber jeg, Luften her maa gjøre
+hende godt; Den er mild og blød og ikke en Gang i Kirker og Museer er her
+synderlig koldt.
+Nogen praktisk Betydning tiltroer jeg ikke min Bogs Modtagelse i Tyskland.
+Naar min Kone oversatte den (det var hele Bogen og lidt til) var det væsentligst 
+for at gjøre en Prøve: jeg vilde høre, hvad andre sagde om mig end dem der-
+hjemme, af hvilke jo navnlig Lange … – Det være sagt uden Bebrejdelse mod
+ham – har været uvillig til at indrømme mig en Begavelse i mit Fag. Dernæst
+vilde jeg ogsaa gjærne prøve at vise andre, at man burde lade sig oversætte for
+at blive maalt med andre Maal end alene med de hjemlige. – Da De spørger
+mig, om jeg har opgivet alt Universitetsstudium, maa jeg svare uforbeholdent Ja.
+Til Undskyldning har jeg kun, at jeg gider ikke. Jeg gaaer med saa mange Opgaver
+i Hovedet, som trænger paa og vil behandles, at der ikke kan være Tale om
+[2]
+2
+at lægge dem til Side for Studier, der vilde være mig en Kval. Jeg troer
+desuden ikke, mit Helbred kunde slaa til til Examenslæsning. Jeg er sejg og 
+stærk af Helbred, naar det gjælder om at gjøre noget, jeg har Lyst til, men
+jeg troer ikke, jeg kunde taale at arbejde med Stof, for hvilket jeg ikke
+nærer Gran af Interesse. Naar man er over 20 Aar er man vist ude af Stand
+til at arbejde mekanisk, naar man først én Gang er hørt op dermed. Men
+naturligvis vilde det være rart at have en Doktorgrad og bære Nøglen til et
+Universitetsauditorium i sin Lomme. At man kan faa Autoritet uden en
+akademisk Grad synes mig oftere bevist: vide t.Ex. Karl Madsen.
+Engang imellem synes jeg jo nok, det kunde være rart at være en anset Mand 
+hjemme, nyde Tillid i de Kredse, hvor man jeg brød mig om at eje den, have en
+Myndighed, hvor det gjaldt noget godt, der skulde reddes, eller noget slet, der skulde
+tilintetgjøres. Men til andre Tider – og jeg troer nok, det er oftest – taber jeg
+aldeles Troen paa at kunne udrette noget hjemme til Fordel for andre, og min
+eneste Tanke er da den: jeg vil skrive om Kunst, fordi jeg holder saa for-
+skrækkelig meget af Kunst og fordi jeg holder saa meget af at skrive
+ned, hvad jeg tænker, og skrive det saa smukt, som jeg formaaer. Og
+hvorfor egentlig forlange andet af mig. De maler jo dog ogsaa kun,
+fordi De selv har Glæde deraf, fordi De slet ikke kan lade være. Hvis
+saa andre kan glæde sig over Deres Maleri eller over min Bog, er det
+jo glædeligt for os, men betingende for vor Virksomhed er det da ikke.
+Derfor kan jeg ikke ret forstaa, hvorfor De sætter saa megen
+[3] 
+3
+Pris paa min Sympathie for Deres Arbejde. Men da De nu allerede
+taler derom, vil jeg sige Dem, at De ganske sikkert slet ikke aner, hvor
+megen Pris, jeg sætter paa Deres Billeder fra i Sommer. Naar jeg tænker
+paa, hvad jeg i det sidste Aar har set af dansk Kunst, er jeg tilbøjelig til
+at være overbevist om, at det (kasserede) Landskab med Kirken, som jeg saa
+hjemme hos Dem, er det bedste af det alt, – dét, der rummer – ikke de mest
+glimrende, men de mest ædle Værdier. Jeg ser overhovedet i Deres Kunst
+den Intelligens, som jeg savner allevegne ellers hos Malerne hjemme. Maaske alene
+Fru Slott-Møller ejer noget af den, men derom senere. Netop paa denne
+Rejse i Italien, som i Paranthes bemærket tydelig nok gjør Epoke i
+min Hjærne, er det blevet mig saa aldeles klart, hvor intelligente frem for
+alt de gamle Malere har været. Smæltende bløde Kvindehjærter har de 
+haft, men sandelig ogsaa en Forstand, en Smag, saa kræsen, saa nobel,
+saa uddannet og forfinet i Ordets bedste Betydning! De har Ret i, at de er
+Bønder derhjemme, og at Bønder ikke bliver Kunstnere før de er hørt
+op med at være Bønder. Og De kan tro, at naar man en Dag staaer i 
+Ufficierne foran Botticellis Venus og saa tænker paa dansk Kunst, – ja 
+saa bliver den En ret ligegyldig paa dens faa Undtagelser nær. Tro nu ikke,
+jeg vil smigre Dem ved at nævne Dem som én af disse Undtagelser. Jeg
+finder i Deres Billeder en saa udpræget og overordentlig Forstand paa, hvad
+Kunst er [tre streger under ordet], at jeg er Dem inderlig taknemlig derfor og nærer de allersikreste
+[4]
+4
+Forhaabninger om, at De vil gaa af med Sejren over alle Vanskelighederne.
+Jeg er ikke aldeles sikker paa det samme med Møller. Naar
+jeg nu tænker paa hans Billeder (som jeg erindrer meget nøje i den
+Form, hvori jeg saa dem ved min Afrejse) forekommer de mig ikke
+ganske ægte. De har tildels de glimrende Værdier; men mon de ædle?
+Her er ikke Plads til Begrundelser, men jeg tilstaaer, at jeg troer, at havde han ikke
+ved sin Side den ubetinget stort skaarne og af Naturen ægte funderede
+Begavelse, som hans Kone er, saa var han en Klokke, der altid
+vilde ringe Alarm og gjøre Spektakel, men om Tonens Renhed
+vilde være saa stort som Alarmen, ved jeg ikke. Men dette er naturligvis
+en aldeles privat Betragtning; De véd jeg holder meget af Møller, skjøndt
+jeg ikke er blind for, han ... er af dem, man ikke kalder sin Ven uden
+at der rinder En en Gysen ned ad Ryggen, – for kommende Tider, men
+forresten er jeg ham taknemlig for det Vindpust, han fører med sig,
+naar han kommer ind i min Stue. Og maaske tager jeg ogsaa Fejl af
+hans menneskelige Værd: jeg er navnlig – maaske ikke med Urette –
+blevet noget skeptisk overfor de mange Venskaber i den By Kjøbenhavn.
+Overfor Fru Slott-Møller derimod nærer jeg en udelt
+Ærbødighed. Hendes Billed var sandelig ikke godt, men det var …..
+….. – næsten helt – paa den rette Vej.
+[5]
+5
+Egentlig talt har jeg for mit Vedkommende ikke nogen stor Begejstring
+for den Form af Historiemaleri, som Fru Slott Møller[!] har valgt sig.
+Jeg finder den altfor kvasi-objektiv paa den ene Side og paa den anden
+Side dog ikke nær nok objektiv. Forstaaer De, hvad jeg mener? Jeg kan ikke
+tro andet end, at det unægtelige Temperament, hun ejer, maatte kunde
+slaa anderledes Gnister paa et andet Omraade end det, hun her har
+udset sig. Hvad mener De? Men jeg bøijer mig dybt for hendes Bestræbelser
+i dette store og energiske Billed. –
+Den Bog om Rembrandt, De omtaler, har jeg set, men ikke læst. Den
+var meget paa Tale, da jeg var i München, og allerede i 2det Oplag. Hvor-
+ledes lød Brandes’ Appel i den Anledning til os danske Kunsthistorikere?
+Nu venter jeg at høre snart lidt om Deres nye Billeder, om Cen-
+surens seneste Bedrifter o.l. Vil De hilse Møllers og Christiansen
+baade fra os og fra Schandorph, som boer ved Siden af os, og som
+er god og rar. Vi er en Del sammen med ham. Tak Chr. for hans
+Brev og besvar en Forespørgsel fra ham derhen, at vore Penge
+endnu langtfra er slupne op. Men vi bruger dem ogsaa kun til
+at spise (vældigt) for og til Fotografier.
+[6]
+6
+Ja, nu skulde jeg jo egentlig først til at fortælle Dem om
+vor Rejse og om al den vidunderlige Kunst, vi har set. Men jeg
+tænker mig, De nu har nok af mig og helst vil gjemme Resten
+til en anden Gang. Men hvor forresten begynde og hvor ende for at
+give Dem en Forestilling om al denne Herlighed! Da jeg havde skrevet
+de første Sider af dette Brev var Botticellis Venus det bedste, jeg endnu
+havde set paa min Rejse. Men nu, Dagen efter, har jeg allerede set
+noget endnu bedre, et Vidunder mellem alle Vidundere af Kunst:
+Botticellis ”Foraaret”. Aa, man kunde blive gal af Henrykkelse
+foran dét Billed!
+Vi har været nu i Verona, Padua og Bologna, og herfra Florents
+gaaer vi over Siena og Orvieto til Rom, hvor vi tænker at
+blive en Maaned. Hvis De skriver, kan De skrive posta
+restante, og har De Tid, kan de[!] glæde os meget ved snart igjen
+at lade os høre fra Dem. Min Kone sender hjærtelige Hilsener, 
+ligesom Deres hengivne
+Emil Hannover
+jeg modtog først Deres 11/3 daterede
+Brev igaar, d. 22/3. Firenze.
+[I højre margen:]
+E. Henningsen boer her hos samme Dame som vi. Jeg skal ved Lejlig-
+hed fortælle Dem, hvorledes han ser paa Malerier i Gallerierne. Forresten
+har vi intet at gjøre med ham; vi hilser ikke en Gang paa hinanden.</t>
+  </si>
+  <si>
+    <t>1890-04-20</t>
   </si>
   <si>
     <t>Georg Brandes</t>
   </si>
   <si>
     <t>Se brevet dateret 25. marts brevet af 13. april 1890 til ægteparret Hannover. Brevene er skrevet af Agnes Slott-Møller, men med Harald Slott-Møller som afsender også. Brevene omhandler ægteparrets arbejde på malerierne op til indsendelsen til Charlottenborgs censurkomité, og selve Forårsudstillingen gennemås og en lang række kunstnerkollegaer nævnes.</t>
   </si>
   <si>
     <t>Harald Slott-Møller beroliger ægteparret Hannover omkring Alices' sygdom med bl.a. opbyggelige eksempler på en matematiklærer med kun én lunge og en fransklærer med knap en kvart (men dog også med deraf følgende dårlig udtale). En lang og meget kritisk anmeldelse følger udbredelserne om svage lunger og lægegerning. Anmeldelsen er skrevet i tredje person og omhandler Slott-Møllers bidrag til Forårsudstillingen, foruden at omtale de to malerier, der ikke gik igennem censuren. Anmeldelsen kredser om, hvordan Slott-Møller ikke har arbejdet ud fra J.P. Jacobsens ord: "Altid det Yderste jeg evner hver gang", men har spredt sin opmærksomhed og sin energi over for mange værker. Han har været for optaget af stil, af det dekorative og det akademiske, og værkerne mangler indre sammenhængskraft. Han har dertil været så letsindig at lade malerierne forlade atelieret, før han var tilfreds med resultatet, "og han kan ikke tilstrækkeligt dadles derfor." Afslutningen på brevet er en lille indskudt sekvens fra "Perme", der vrøvlende pointerer, at Slott-Møller selv er ophavsmand til anmeldelsen og ellers fortæller, at det nu er tid til brændevin, te og sigtebrød.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/HaQ7</t>
   </si>
   <si>
     <t>I
 Kjære, rare, gode Venner
 Ja mig har det rigtig ogsaa gjort usigelig
 ondt at høre om den rare lille Frues 
 Sygdom, men jeg taber ikke Modet
 og Haabet for det, det maa I heller
 ikke gjøre, ja jeg ved nok, at 
 saadant noget er lettere sagt
 end gjort, navnlig naar man
 som I er allene og ikke har
 eders Venner at tale med,
@@ -7587,823 +19967,50 @@
 godt Nyt.
 Og saa til Slut de aller
 som bedste og oprigtigste
 Ønsker fra Perme og
 Jeres hengivne
 Ven
 Harald Slott-Møller
 Kjøbenhavn 20 April 1890
 [indføjet med meget lille skrift:]
 Kan I noks faarstaa a de æ Hæren sæl der har skrevven om
 sæ sæl? faa di Smaa va bange I sku tro de va
 naaet der sto i en Afis.
 Vænli Hælsen
 ærbødigst 
 Perme.
 [indføjet forneden i venstre side:]
 Nu ska vi ing aa ha Te aa
 vi ska dregge Brænde-Vin
 te, faa de ha vi begønt paa
 faa de smaver saa got i
 vorres Maver. 
 Vi ska aasse ha fræsk
 Sæktebrø, de ka vi aasse li!</t>
   </si>
   <si>
-    <t>1890-04-22</t>
-[...771 lines deleted...]
-  <si>
     <t>1890-09-02</t>
   </si>
   <si>
     <t>Arnold Böcklin
 Rasmus  Christiansen
 Anselm Feuerbach
 Carl Jacobsen
 George Petit
 Johan Peter Wildenrath</t>
   </si>
   <si>
     <t>Hannover har skrevet sin afhandling om Feuerbach og er begyndt på en om Böcklin. Brevets anledning er en henvendelse fra Wildenrath, som Hannover har vedlagt. Wildenrath, der ikke har i sinde at vende hjem til Danmark, er desperat efter at få udbetalt pengene fra lotteriet. Det diskuteres, hvorvidt pengene skal sendes ned til ham, selvom de har ladet Wildenrath forstå, at betingelsen for udbetaling er, at han vender hjem. Wildenrath er i gæld til op over begge ører og har kontaktet alle, der kunne tænkes at ville hjælpe - også Carl Jacobsen, som har undskyldt sig med at han netop er begyndt at spare lidt. Hannover er træt af at tage sig af Wildenraths affærer. Han mener, at deres økonomiske hjælp forslår ubetydeligt lidt, og har heller ikke selv råd til at hjælpe længere på grund af Alice Hannovers sygdom. Hannover spørger Rohde til råds om, hvordan de bør tackle Wildenrath. Hannover mener selv, at han har urealistiske forventninger til, hvad fremtiden bringer, og dernæst har hans breve antaget en truende karakter. Hannover skal hilse fra Christiansen og korser sig ved nyheden om, at Christiansen har fået til opgave at male de 12 apostle i en kirke i Jylland. Hannover vil måske sende sit manuskript om Feuerbach til gennemlæsning hos Rohde. Alice Hannover har skrevet til sidst i brevet. Hun mener, at de bør sende pengene ned til Wildenrath og minde ham om betingelserne for udbetalingen. Hvis han så vælger at blive i Frankrig, er det hans egen skyld, at han kommer til at fremstå upålidelig.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/pdW9</t>
   </si>
   <si>
     <t>Kjære Ven,
 Tak for Deres sidste Brev. Jeg vilde
 have skrevet til Dem for længe siden,
 havde jeg ikke haft et Anfald af Ar-
 bejdslyst herude paa Landet. Jeg har
 skrevet en Afhandling om Feuerbach og
 begyndt paa en anden om Böcklin.
 Grunden til disse Linier er egentlig mest
@@ -8546,3711 +20153,51 @@
 ter, som ikke vil udeblive, hvis
 vi forhale Afsendelsen af Pen-
 gene. Jeg mener derfor, De skal
 sende ham Pengene, og endnu
 engang minde ham om Givernes
 Betingelser. Skulde vi nogen-
 sinde drages til Ansvar kan
 vi med fuld Ret sige, at vi i god
 Tro har givet ham Pengene
 som Hjælp til at vende hjem.
 Da han hvert Halvaar har
 lovet at rejse hjem, og nu
 fordrer de Penge, hvis Pengene
 tiltrods for de Forpligtelser, der
 knytter sig til dem, maa hele
 Ansvaret falde tilbage paa ham,
 og han maa risikere at gjælde
 for upaalidelig og uordholden.
 Tro nu ikke vi er haardhjærtede
 fordi vi tilslut har tabt Taalmodigheden
 overfor en Ven, der ikke har villet lade sig
 redde. I Hast
 Deres AH.</t>
   </si>
   <si>
-    <t>1890-09-04</t>
-[...3655 lines deleted...]
-  <si>
     <t>1892-06-10</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hoorn</t>
   </si>
   <si>
     <t>Maurice Denis
 Jean-Louis Forain
 Alice Hannover
 Odilon Redon
 Vincent van Gogh
 Léon  Vanier</t>
   </si>
   <si>
     <t>Rohde skriver til Hannover fra byen Hoorn 35 km. nord for Amsterdam. Han befinder sig godt, men ærgrer sig over ikke at kunne begå sig på hollandsk. Han undervises i sprogets "Gurglelyde" af datteren, hvor han har logi. Hun går i øvrigt med papilotter i håret, så han er ikke i fare for at forelske sig i hende, tilføjer han.
 Rohde er tilfreds med udbyttet af sit Paris-ophold, men fik ikke fat i alle Hannovers ønskede tidsskrifter og reproduktioner. Heller ikke det bestemte stof, som Alice Hannover havde bedt ham finde. Han har erfaret, at man for små summer kan erhverve gode værker af unge kunstnere, så han slutter brevet af med at ønske, at han selv – som er kronisk trængt for penge – eller Hannover havde haft lidt kapital at købe ind for.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/u7Lw</t>
   </si>
   <si>
     <t>[afslutningen på brevet er skrevet vertikalt i venstre side samt øverst:]
 Desværre har jeg heller ikke haft Held med mig ved mine Besøg hos Japaneserne
 Jeg har ikke kunnet finde nogle Stoffer, der lignede dem, Deres Kone havde beskrevet.
 Haaber at den
 varme Sommer har
 gavnet hendes Hel-
 bred. Hils hende
 mange Gange fra
@@ -12340,1312 +20287,50 @@
 Lithografier af [?]. Forresten ikke
 noget Hæfte, Lithografierne vare løse Blade.
 Det er ikke fordi jeg synes at samme Mand
 er bedst som Lithograph; men det 18 Francs var
 vistnok en meget billig Pris, og enkelte Blade
 er ganske smukke. 
 Jeg har saa kjøbt nogle løse Blade med Kunst-
 nerportrætter, som Vannier [Vanier] udgiver (Jeg har
 set et hos Dem med Pisarro.) samt et Hæfte
 om Synth Symbolisme, Impressionisme, o.s.v.
 med enkelte Afbildninger i. Disse Ting
 sammen med nogle Kataloger har jeg sendt
 hjem til min Fader sammen med nogle
 andre Ting. Naar de kommer til Kjøbenhavn,
 vil De nok blive besøgende.
 “Symbolisten” svarer et Blad af Ydre som et Dagblad
 uden Billeder. Jeg kjøbte det derfor ikke. Jeg tænkte
 i Begyndelsen paa at kjøbe, hvad jeg fandt af Skrifter
 eller Blade om de nye Retninger i Kunst og Literatur,
 men det viste sig, at der fandtes en saadan Synd-
 flod af Bøger behandlende disse Emner, at 
 det vilde være ganske udover Mening. —
 [afslutningen på brevet findes på første side – vertikalt i venstre side samt øverst]</t>
   </si>
   <si>
-    <t>1892-06-24</t>
-[...1260 lines deleted...]
-  <si>
     <t>1893-06-26</t>
   </si>
   <si>
     <t>Tønning</t>
   </si>
   <si>
     <t>Charles  Been
 Pietro Krohn
 Carl Michelsen
 Agnes Slott-Møller
 Harald Slott-Møller
 Jens Ferdinand Willumsen</t>
   </si>
   <si>
     <t>Som det fremgår af dette brev, blev Charles Been i 1893 ansat som sekretær på Kunstindustrimuseet. Emil Hannover fik først formel tilknytning til Kunstindustrimuseet i 1894, men den uoverensstemmelse mellem datoer kan måske forklares med Hannovers formodede engagement i Kunstindustrimuseet allerede i 1893. Forholdet er dog ikke afklaret, selvom Dansk Biografisk Leksikon etc. er konsulteret.</t>
   </si>
   <si>
     <t>Rohde meddeler Hannover sin adresse på Hotel Victoria i Tønning, Slesvig. Han vil gerne vide hvorfor Hannover ikke har villet ansætte ham som sin assistent på Kunstindustrimuseet. Rohde mener at have gode forudsætninger for at besætte stillingen, men har nu erfaret at en yngre student er blevet ansat i stedet. Rohde har søgt stillingen som følge af sin dårlige økonomi, og han har brug for en indtægt ved siden af maleriet. Han forestiller sig at Hannover har ansat en anden, fordi han ikke ville bryde sig om at uddelegere arbejdsopgaver til en nær ven. Rohde forstår dette ræsonnement, men hvis der er andre grunde til det, vil han gerne vide lidt mere om kriterierne for at blive ansat i den type stilling. Rohde håber ikke at Hannover tager ham forespørgslen ilde op, og håber snart at høre fra ham. Han beder Hannover hilse sin kone, som han nyligt forpassede chancen til at hilse på. Rohde håber snart at se Hannover i Tønning, men beder ham skrive på forhånd, så han kan være hjemme. Rohde spørger til Slott-Møllers og Willumsen. Han har for nyligt diskuteret en tegning med Willumsen, som denne har foræret Hannover. Rohde kritiserede tegningen, som var en skitse til dekoration af et keramisk værk, for at ligne noget der var tegnet af en fire-årig, hvilket Willumsen blev ked af. Gengivelser af drageblodstræer havde inspireret Willumsen til motivet.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/6dIz</t>
   </si>
   <si>
     <t>26-VI-93.
 Kjære Ven!
@@ -13725,2839 +20410,50 @@
 ikke kom ud til Dem var den, at jeg havde
 misforstaaet Dem.
 Skulde De komme i Nærheden af Tønning vilde
 det glæde mig at se Dem. Men jeg maa i saa
 [4]
 Fald vide i Forvejen, at De kommer, at jeg til
 den Tid kan være hjemme. 
 Hvorledes har vore Venner det?
 Ser De noget til Slott-Møllers eller Willumsen
 (Tag Dem endelig af sidstes Opdragelse, naar De
 ser ham).
 Jeg talte den sidste Dag jeg var i Kjøbenhavn meget
 med W. om den Tegning, han havde foræret Dem.
 Jeg sagde, at jeg intet kunde se i den og, at jeg
 ikke begreb hvorfor han havde tegnet den som
 om han havde været et Fireaars-Barn.
 Han svarede, at han var meget kjed af det[,]
 hvis det virkelig saa ud som om den var tegnet
 af et Barn paa fire Aar. Den var tænkt
 anvendt som Frise paa Keramik, og Ideen havde
 han faaet ved at se nog Afbildninger af gamle
 Drageblodstræer! —
 En venlig Hilsen til Dem og Deres Hustru
 Deres
 Johan Rohde</t>
-  </si>
-[...2787 lines deleted...]
-8/1 1896</t>
   </si>
   <si>
     <t>1896-01-26</t>
   </si>
   <si>
     <t>Charles  Been
 Rasmus  Christiansen
 Francesco del Cossa
 Erik Henrichsen
 Henrik  Jespersen
 Jens Ferdinand Willumsen
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Rohde beklager, at der er gået lang tid siden han sidst skrev til Hannover. Han er blevet bjergtaget af den italienske kunst. Særligt Francesco del Cossas fresker i Schifanoja-paladset i Ferrara har optaget ham, og han vedlægger derfor nogle fotografier. Eftersom det er koldt og vinter er han nu draget sydpå til Rom, og imod al forventning er han blevet forført af byen. Det er dog - med nogle få undtagelser - hverken kunstsamlingerne eller kirkerne der interesserer ham, men den romerske campagna og livet og udsigten fra Via di Monte Tarpeo hvor han har taget ophold. Rohde glæder sig desuden over at være langt væk fra den hjemlige sladder og intrigerne. Han har dog opsnappet lidt, og udleder heraf at både Kunstnernes frie Studieskoler og Den frie Udstilling er under afvikling, hvilket han - i sin egenskab af ophavsmand til begge initiativer - er ked af. Han er blandt andet blevet præsenteret for et forslag om en sammenlægning af Charlottenborg-udstillingen og Den frie Udstilling, hvilket han forholder sig meget kritisk overfor. Til gengæld glædes han over, at Willumsen og Hannover lader til at være på god fod igen.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/dxQ0</t>
   </si>
   <si>
     <t>d. 26. I .96.
 Via di Monte Tarpeo. 69. 3 piano 7.
 Roma.
 Kjære gode Ven!
 De skriver — eller rettere skrev; thi det er jo allerede læn-
@@ -16745,1770 +20641,50 @@
 i to Stykker og gjøre den ganske kraftesløs.
 —Forøvrigt har jeg — naar jeg undtager et Par Breve
 jeg har vexlet med Zahrtmann — været ganske
 —
 [Indskudt note:]
 Hvad min egen Deltagelse angaar — den jeg forøvrigt
 ikke selv har nogen Del i — da har den sikkert gjort et
 ret ubetydeligt Indtryk, efter hvad jeg kan forestille mig — ;
 jeg faar se om det er mig muligt endnu at vinde et Slag.
 [8]
 uden Rapport med den frie Udstilling og dens
 Parthavere. —
 —
 At De atter kommer sammen med Willumsen 
 glæder mig meget — jeg haaber at det gamle For-
 hold snart maa blive oprettet igjen. —— det gjæl-
 der jo nu om at holde lidt sammen paa
 Stumperne. —
 Ja som sagt, jeg kan kun ønske Dem at
 De kunde komme — om det saa kun var
 en Smule — herned — lev i hvert Fald
 vel til vi ses
 Deres hengivne Ven
 Johan Rohde
 Hils Been, Henrichsen og Christiansen.</t>
-  </si>
-[...1718 lines deleted...]
-Deres Niels Skovgaard.</t>
   </si>
   <si>
     <t>1900-10-03</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/hJz0</t>
   </si>
   <si>
     <t>[Øv. t.h. er noteret Indbindes ikke og Rohde m. blyant, E. Hannovers håndskrift]
 3. X . 1900
 Ribe.
 Kjære Ven!
 Tak for de mange smaa Epistler, som jeg
 ikke har besvaret og for det store Særtryk.
 Ja det forholder sig ganske rigtigt saaledes, at
 jeg blev lidt løjerlig ved dette “Hr. Rohde”, som
 jeg i sin Tid fik tilsendt. — Imidlertid kom
 De jo selv og førte ham ikke med, og dermed
 var den Historie ude af Verden. —
 Det var nu rigtig rart, at De kom herned og
 fik min lille By at se; kjedeligt kun, at De
 var saa træt og havde saa travlt. De
 burde ligesom de andre have slaaet Dem til
 Ro her for nogen Tid.
 Prokuratoren Been og Dem her i Ribe i én
@@ -18806,1590 +20982,228 @@
 [14]
 Hvad mig selv angaar saa bliver jeg formodentlig 
 her i Ribe til November — med Undtagelse af et lille
 Flytteophold i Kjøbenhavn midt i denne Maaned. —
 Jeg haaber da vi i den tilstun[den]de Vinter skal se hin-
 anden ikke altfor sjælden, saa vi i god Forening
 kan opføre Luftkasteller til Forsvar for den sunde
 Fornuft og faa os en lille ondskabsfuld Latter over
 vore rare Medmennesker, — ja De har nu
 en Kone og et Barn; for en anden sølle Djævel
 er der snart ikke mere tilbage at glæde sig til.
 —
 Naa paa godt Gjensyn og en venlig Hilsen
 til Dem og Deres Hustru og min lille
 Veninde, som jeg nok skal blive en rar gammel
 Onkel for.
 Deres hengivne
 Johan Rohde
 Naar De er naaet her til, siger De vistnok
 Puh! — men det er nu min Maade at vise
 mit Venskab paa — thi jeg hader at skrive
 Breve! — Ja nu ler De . Jeg ved det,
 men det gjør ikke noget.</t>
   </si>
   <si>
-    <t>1900-11-27</t>
-[...12 lines deleted...]
-venligst Deres hengivne
+    <t>1893-04-18</t>
+  </si>
+  <si>
+    <t>Det omtalte billede er Kristian Zahrtmanns "Studenterne forsvarer Kiøbenhavn under den svenske beleiring" (1888), idag i Den Hirschsprungske Samling. Forslaget, som diskuteres i brevet her, om at indlemme maleriet i Kunstforeningens skitse- og studiesamling blev vedtaget på den ekstraordinære generalforsamling 16. maj, men blev senere rullet tilbage, og maleriet blev bortloddet som oprindeligt tænkt. Se Kunstforeningens bestyrelsesprotokoller for yderligere oplysninger.</t>
+  </si>
+  <si>
+    <t>Hannover omtaler et forslag han og Rohde ønsker diskuteret ved en ekstraordinær generalforsamling i Kunstforeningens bestyrelse. Han arbejder på at få indsendt en begæring om samme, der skal være bestyrelsen i hænde inden ugen er omme. Der skal vedlægges skriftlige tilsagn fra forslagets støtter, og Hannover beder derfor Rohde sende dem han har modtaget. Det fremgår, at det forslag Hannover og Rohde ønsker taget op på generalforsamlingen drejer sig om et udloddet billede [se generel kommentar], og hvorvidt det skal forblive foreningens ejendom eller bortloddes blandt medlemmerne, samt de økonomiske forudsætninger herfor.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/LPQO</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Begæringen om [Generalforsaml.]
+maa være indsendt inden Udgangen af
+denne Uge. Som Garanti for Navnenes Ægt-
+hed maa de skriftlige Tilsagn vedlægges;
+jeg beder Dem derfor sende mig, hvad De i
+saa Henseende har modtaget.
+Wandel mente i Dag, at Forslaget kun vil
+vinde Bestyrelsens T….. Billigelse, hvis
+Billedet kan blive Foreningens Ejendom
+uden at der derved bliver et Minus til
+Lodtrækningen, d.v.s. at Billedet bør
+foreslaaes betalt af Foreningens Kapital,
+mod at Bestyrelsen forpligter sig til at
+refundere Beløbet i Løbet af et vist
+Antal Aar. Bestyrelsen bemyndiges saa
+til at kjøbe noget andet til Lodtrækningen
+for de 2000 Kroner. Dette er vist saare
+uklart udtrykt, men jeg haaber De
+forstaaer det, og at De forstaaer, at
+Wandels Ændringsforslag er fremkommet 
+som Følge af hans Frygt for at formindske
+det paa Forhaand lille Indkjøb til
+Fordeling, som i Aar er gjort.
+Deres hengivne
+E.H.
+18.IV.93</t>
+  </si>
+  <si>
+    <t>1897-08-14</t>
+  </si>
+  <si>
+    <t>Bagsværd pr. Lyngby</t>
+  </si>
+  <si>
+    <t>Brevet er skrevet på brevpapir med tryk verso: "DET DANSKE KUNSTINDUSTRIMUSEUM. Kjøbenhavn V, den...........18"</t>
+  </si>
+  <si>
+    <t>Emil Hannover udtrykker sin medfølelse med Johan Rohde, hvis fader er død. Han beder også Rohde hilse sin moder og sine søskende.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/9YL5</t>
+  </si>
+  <si>
+    <t>Kære Rohde,
+Modtag med disse Linjer
+min Deltagelse i Deres Sorg.
+Om end jeg kun i ringe Grad
+kendte Deres afdøde Fader, véd
+jeg jo godt, hvilken udmærket
+Man han var, og hvilket
+smukt Forhold der bestod mellem
+ham og Dem.
+Vil De ogsaa bringe Deres Moder
+og Søskende Hilsener fra mig.
+Deres hengivne Ven
+Emil Hannover
+Bagsværd
+pr. Lyngby
+14 Aug. 97.</t>
+  </si>
+  <si>
+    <t>1893-04-16</t>
+  </si>
+  <si>
+    <t>Mogens Ballin</t>
+  </si>
+  <si>
+    <t>Det fremgår ikke af brevet hvilket maleri der omtales og hvorfor, men der er sandsynligvis tale om den begæring om en ekstraordinær generalforsamling i Kunstforeningen, som omtales i brevet fra Hannover til Rohde 18. april 1893. Det omtalte billede er i så fald Kristian Zarhtmanns "Studenterne forsvarer Kiøbenhavn under den svenske Beleiring" (1888), idag i den Hirschsprungske Samling.</t>
+  </si>
+  <si>
+    <t>Rohde informerer Hannover om, at han ikke har skrevet til Ballin angående et maleri, fordi Ballin sandsynligvis ikke vil bryde sig om det. Han beder derfor Hannover erstatte Ballin med en anden [se generel kommentar].</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/o4a7</t>
+  </si>
+  <si>
+    <t>Kjære Ballin
+D. 16-IV-93.
+Kjære Hannover.
+Jeg skrev ikke til Ballin , da det er meget
+muligt, at han slet ikke synes om Billedet;
+vil De ikke derfor erstatte ham med
+en anden
+Med venlig Hilsen
+Deres
 Johan Rohde</t>
   </si>
   <si>
-    <t>1900-12-04</t>
-[...399 lines deleted...]
-7de Juni 1902
+    <t>1893-03-17</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/2agm</t>
+  </si>
+  <si>
+    <t>Rosenvænget 17 Marts 1893
+Kjære Hr. Hannover! Jeg tillader mig at
+pålægge Dem endnu alvorligere, at De glemmer
+den ytring jeg lod falde om min Hustrus Portrait,
+jeg fortryder den meget og vil blive meget bedrøvet
+om den kom videre, men nu stoler jeg på
+Dem. Jeg beder Dem brænde Dette [!] brevkort straks.
+Hvad den frie udstilling angår, så gjør
+jeg mig ellers den største umage for ikke
+at fortælle detailler den vedrørende, jeg
+talte mere frit til Dem, da jeg ikke tænkte
+på andet, end at det stof de samlede her først 
+kommer frem efter åbningen. Da jeg tror, at 
+jo mere tyste forberedelserne kan gå, des bedre,
+beder jeg Dem også fortie de småting jeg sagde.
+Med særdeles agtelse
+Deres
+Joakim Skovgaard.</t>
+  </si>
+  <si>
+    <t>1891-01-11</t>
+  </si>
+  <si>
+    <t>Harald Slott-Møller er ikke meget for at gå til Georg Brandes med en sag, men ser sig nødsaget til det, da Hannover heller ikke vil. Hvad det drejer sig om, er endnu ikke afdækket.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/swxV</t>
+  </si>
+  <si>
+    <t>[i brunt blæk, muligvis i Hannovers hånd:] 11/1 91
 Kjære Hannover
-Hirschsprung
-[...99 lines deleted...]
-Venligst Deres hengivne Johan Rohde</t>
+Selvfølgelig frafalder jeg
+at stille den omtalte
+Betingelse, du kunde
+forøvrigt saa godt
+være gaaet til B
+i Dag uden at confe-
+rere med mig, jeg
+henstillede det blot til
+dig, maaske jeg har
+udtrykt mig for stærkt,
+hvilket jeg jo ret jevnligt
+gjør. Det gjør mig ondt, hvis du
+har misforstaaet mig og finder, 
+at jeg har vrøvlet, at du derved
+er blevet kjed af den hele Sag,
+da jeg har meget lidt Lyst til
+at gaa til B, men hvis … du ikke
+gider, kan jeg jo nok gjøre det. H SM</t>
   </si>
   <si>
     <t>1903-02-12</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/rH8r</t>
   </si>
   <si>
     <t>[Med blyant, i Hannovers håndskrift
 øv. th.:]
 Rohde
 Torsdag. 
 Silkegade . 13 .
 Kjære Ven. 
 Halberstadt træffes ikke fredag, men
 Lørdag. Kan De komme Lørdag 1 ½
 —Been er villig til at afløse Dem [paa]
 Museet?—; hvis jeg ikke hører fra
 Dem forinden, venter jeg Dem
 imidlertid imorgen Fredag. 
 Tak for sidst venligst 
 Deres hengivne J. R.</t>
-  </si>
-[...996 lines deleted...]
-ikke den</t>
   </si>
   <si>
     <t>1909-06-12</t>
   </si>
   <si>
     <t>Albert Besnard
 Anders Zorn</t>
   </si>
   <si>
     <t>Krøyer lader Hannover vide, at en Hr. Pica, der via Hannover beder om lov til at gengive nogle af Krøyers værker i Den Hirschsprungske Samling, hermed får tilladelse til at bringe reproduktionerne. Krøyer undrer sig dog over, at der er forskel på, hvorvidt en reproduktionstilladelse udløser et honorar til kunstneren bag værket; et beløb, der kan være med til at understøtte "den ældre Kunstner der er mindre i stand til at arbejde." I Picas tilfælde gives der ingen betaling - Besnard og Zorn får heller intet, hævder Pica - men selv Illustreret Tidende og Julerosen, skriver Krøyer, kvitterer med en sum.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/tBqJ</t>
   </si>
   <si>
     <t>[foroven med blyant i Hannovers hånd:] Krøyer
 Skagen 12 Juni 1909.
 Kjære Hannover!
 Tak for 
 Kortet fra Stockholm.
 Jeg giver
 naturligvis gjerne Pica Tilla-
 delse til at reproducere nogle
 af mine Billeder i den Hirsch-
 prungske[sic] Samling – han har
@@ -20397,1033 +21211,219 @@
 Men – det
 undrer mig alligevel at enkelte
 Tidskrifter anser det som selvføl-
 geligt at Kunstneren faaer et Hono-
 rar for Gjengivelse af hans Bil-
 leder – men andre – f.eks. Vel-
 hagen &amp;amp; Klasing i Berlin og for-
 skjellige andre Firmaer* giver
 Honorarer – for mit Vedkommende
 har det været 200–300 Mark for
 Gjengivelsen af et Par Billeder.
 Signor Pica derimod mener at
 der intet Honorar kan gives – og
 henholder sig til at baade Zorn
 og Besnard osv har givet ham
 gratis Tilladelse.
 Efter min Mening burde Ind-
 tægten af Reproduktioner blive
 en Støtte for den ældre Kunstner
 der er mindre i Stand til at arbejde. 
 [i venstre margen:] 
 *endog Ill. Tidende og Juleroser giver Honorarer...
 De venligste Hilsener Deres P.S. Krøyer</t>
   </si>
   <si>
-    <t>1909-10-25</t>
-[...208 lines deleted...]
-Haab er slaaet fejl. Foreløbig i 
+    <t>Johan Rohde takker Emil Hannover for en artikel, som en Eskesen har skrevet, i hvilken han retter en tilsyneladende meget hård, men også humoristisk, kritik af en række arbejder af anonyme udstillere.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/aoO3</t>
+  </si>
+  <si>
+    <t>[brevet afsluttes øverst på siden, ‘på hovedet’:]
+Hvis De er hjemme Tirsdag og har
+Lejlighed til at modtage mig, behøver De
+ikke at svare mig til. Deres Johan Rohde
+Kjære Ven!
+Tak for Artiklen i Dag; den var
+tilstrækkelig ondskabsfuld.
+Skade kun at Folk paa Grund
+af den forøvrigt meget morsomme
+Overskrift har kunnet overse den.
+Eskesen er jo morsom; men
+det er da næsten ogsaa det eneste.
+— stakkels anonyme Udstillere. —
+— jeg haaber ikke at De er vred
+paa mig, fordi jeg ikke har afleveret
+Deres Afhandling, men jeg har haft
+knap Tid til at gaa ud; jeg gik
+ud fra at den ikke foreløbig skal i
+Trykken. — Er De hjemme Tirsdag Aften?
+saa vil jeg komme ud til Dem.</t>
+  </si>
+  <si>
+    <t>1892-01-28</t>
+  </si>
+  <si>
+    <t>Rohde beder Hannover hilse Harald Slott-Møller og takke for en indbydelse. Rohde ærgrer sig over, at Slott-Møller finder tid til at gå ud, når han burde male i stedet for at blive klar til Den frie Udstilling. Rohde orker ikke at deltage mere i debatten om Den Frie Udstilling, han har ikke mere at tilføje.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/r47r</t>
+  </si>
+  <si>
+    <t>Kjære Ven!
+Vil De takke Slott-Møllers for
+Indbydelsen; men forøvrigt beklage at
+jeg ikke kan komme. Naa
+Herregud, den “frie Udstilling” turde
+nu ogsaa nok være et uddebatteret
+Emne. Jeg kan i hvert Fald ikke
+yde noget nyt til Debatten. — Jeg
+vil for resten ønske, at De vilde
+faa Slott-M. fra disse Aften sold
+i denne Tid — han har fra nu af og
+til d. 25 Marts kun et at gjøre — male
+ellers gaar det ligesom sidst; han kommer tomhændet
+[fortsættes øverst på siden:]
+kan De ikke faa 
+ham til at indse det. — som Sagen nu
+staar, kunde jeg tænke mig, at han ikke fik
+et eneste Billede færdigt (sagt imellem os[dobbeltunderstreget])
+Tak for den indlagte Avis.</t>
+  </si>
+  <si>
+    <t>1905-02-22</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/K7aH</t>
+  </si>
+  <si>
+    <t>[Tilføjet med blyant af Emil Hannover
+øv. th.:] Rohde 
+22 . II . 1905 .
+Nybrogade 12
+K
+Kjære Ven
+Tak for Kortet. Jeg saa igaar et
+Hæfte af “dansk Malerkunst” og troer der-
+efter, at mit Billed fra Ribe (Galleribilledet),
+saafremt De bruger nævnte Værks Clichéer,
+er at foretrække til Deres Bog. De to
+andre Gjengivelser synes mig meget daar-
+lige, hvilket er mig saa meget mere paa-
+faldende, som Billedernes enkle neutra-
+le Toner og temmelig glatte Behandling
+maatte begunstige Reproduktionen i høj
+Grad. De staar i Bogen døde og slappe
+i Valøren, synes De ikke?
+Et Poste-restante Kort, jeg efter Opfor-
+dring sendte Hr Avenard til Stockholm,
+er i Dag kommen retour. 
+Venlig Hilsen
+Deres Johan Rohde 
+Er De saa Græker?</t>
+  </si>
+  <si>
+    <t>1905-03-10</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ROSu</t>
+  </si>
+  <si>
+    <t>[Tilføjet med blyant af Emil Hannover
+øv. th.:] Rohde
+Nybrogade. 12
+K
+10. III . 1905. 
+Kjære Ven. 
+Tak, det vil vi begge meget gjerne
+og kommer saa Mandag Aften. 
+Venlige Hilsener herfra til Dem
+og Hustru
+Deres hengivne
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1892-01-12</t>
+  </si>
+  <si>
+    <t>Johan Rohde henviser til en samtale med en vred herre og forsikrer Emil Hannover om, at konflikten - som var reel - er afblæst. Rohde skriver indforstået om indholdet af et brev, han har modtaget fra Alice Hannover, og han sender sine hilsener til dem begge.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/yAxv</t>
+  </si>
+  <si>
+    <t>d. 12-1-92.
+Kjære Ven! Har talt med den vrede
+Mand. Der er ingen Fare; Stemnin-
+gen var igaar Aftes nærmest blød, elegisk.
+— men han fortalte (forresten uden
+Opfordring fra min Side, saa at han
+absolut ikke har mærket Hensigten),
+at han havde haft meget ondt
+i Sinde.
+Tak Deres Kone for Brevet og
+spørg hende, om det er at tage en
+Dame “seriøst”, at opfordre hende
+til at gaa med i Theatret. Vil hun
+imidlertid hellere drille mig — og det
+kan maaske være lige saa morsomt,
+det kræver i hvert Fald intet Apparat
+(eller behøver det i hvert Fald ikke, jeg husker 
+jo nok at hun engang har stillet en Seng op)
+saa skal det ogsaa være hende tilladt fremdeles.
 [i venstre margen:]
-Det gør mig uhyre ondt at De ikke synes om min Andersens
-[...710 lines deleted...]
-&amp;amp;c."
+Med venlig Hilsen Deres
+hengivne Johan Rohde</t>
+  </si>
+  <si>
+    <t>1892-01-22</t>
+  </si>
+  <si>
+    <t>Mogens Ballin
+Gad Frederik Clement
+Oscar Wandel</t>
+  </si>
+  <si>
+    <t>Oscar Wandel har fortalt Johan Rohde om et besøg af Gad F. Clement og Mogens Ballin. Wandels moder har nu bedt Rohde om at være diskret omkring de oplysninger, så Rohde må bede Hannover om det samme.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/jJZy</t>
+  </si>
+  <si>
+    <t>Kjære Ven!
+Lille Wandel fortalte mig, som De
+ved, om D. Hr. Clement og Ballins
+Besøg og om deres Udtalelser
+Fru Wandel, som jeg talte med i
+Kunstforeningen, syntes ikke, Søn-
+nen skulde have fortalt mig
+det, og bad mig ikke omtale
+det — Jeg lader Opfordringen
+gaa videre —
 Deres
-P.S. Krøyer</t>
-[...57 lines deleted...]
-gode Venner.</t>
+Johan Rohde</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -21500,51 +21500,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://emilhannover.ktdk.dk/d/zf4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/RNvz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/3YJP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/IYYI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/cQtZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/lWxU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rvgm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/9FEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/J7RC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/evf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EHzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dhAs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bfSS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dzKJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4xaT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1nI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/X5E4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ZZyS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jp4j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/d2T0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/h7AZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/q8SC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/sOV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/DteC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/BLQl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dja9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uONl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Lq9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XE93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wiVc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wZow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/LnG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Ax2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/CZO4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/TEO0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XazI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bmLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7avv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/lFcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/IFXK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/BtX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Y4zY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/svJR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XrZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wpNO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/xHEO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/cyN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uk2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1dCh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4bSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Zk1O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uOYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Xlqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ua8s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4Tyq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0q7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bLUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4ur9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dReb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4zhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1xM0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jDAY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/6IEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jxRP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/16GD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ydKP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/KwP5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XnwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/fRB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0nig" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/kGfn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/CAhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/VALa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/poa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/26Wk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1gEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HaQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/zmC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EGHX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/fSap" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/maCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/AcmW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Khz9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ec75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/pdW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/k4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/RLNl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/mbVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/6ySI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4Ieq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/vmAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/t5yB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/UCOF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/W5v5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/O6Pj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/swxV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/elFq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ryWI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7a6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/x1HN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/RMJq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7aze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/esZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dVtU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XeYq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/yPEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/eI0w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/MYpe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/afYZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/I8yP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Ltx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Zwcn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/xE28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0xzd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/PUzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/danQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/LPAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/qaza" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/hN4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/xlP6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/mWcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/e1Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/lZVI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/aoO3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/kUMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/39pG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HHsa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/MuWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/yAxv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jJZy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/r47r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/52tv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/R3XY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/aCwu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Kk7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/r9HV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/yeCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/gdsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ljxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/gKYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/udJ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7Do5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/u7Lw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0RXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/65Wm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/8FAd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/kO1B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/A2la" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4nXz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Vwo9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bdEq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/UNBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/5UVx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HXBW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/L3Rw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/AmFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1ku0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/AIpK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/2agm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/VDGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/o4a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/LPQO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/6dIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/92vf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XRPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HSTH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/JGdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/s5kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dCI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0ENA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/P3Ay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/i8Ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/CNnO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/2fwq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EV1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jl7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/awoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7uMu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jVNx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/L8q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bc9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/cMh8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/GByW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/po4X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/aKgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/qWUY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/MN5X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rL2s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/I42S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/s5J4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Oxbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wExR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EkXq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ZIXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Fuzd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ii66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/FYox" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ElDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/zqMZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/PYJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/w9TG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/cyYl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/nzp5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/v0uq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wvQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/h3kV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/DRiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HDAd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dxQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/54UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4Wtf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/31fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/YxM5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/OmRY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4InR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rqr0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/siR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XK8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wclN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Ue6B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/9YL5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/fEbO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/AlLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/OiE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/TtOQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1Hrt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/5ZKF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/21o2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ky6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rW87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/3A5P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uUc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ikwb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/hJz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/9F9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Le7K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/xIIw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1sFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rFQ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Sfn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EQhT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/g2tt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/zmpA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Wgxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/UTNN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/vO02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uimq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rH8r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/WMkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/kKxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/WulV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rBcO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/eRcp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/2we5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/K7aH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ROSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wBR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/21dH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/R6FI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/6WwQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/eDC1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XuPH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Xpyq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/oxou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/FWuZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/j3MZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/xssu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7cGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/sNDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/3CZm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/fYe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/iqMM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/tBqJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Ss2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Owo9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uEK9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/b2H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/8Awr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/YRRy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bBWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/CIuP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1iHD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/pFiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/WVtN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Fhyv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/04mY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/sy3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Rqln" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/TzmB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/gQc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/WWsV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0K6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/erkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://emilhannover.ktdk.dk/d/zf4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/RNvz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/3YJP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/evf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EHzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dhAs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bfSS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4xaT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1nI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/X5E4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ZZyS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jp4j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/DteC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uONl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Lq9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XE93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wiVc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wZow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Ax2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XazI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/lFcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/BtX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XrZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wpNO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/xHEO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uk2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4Tyq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dReb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1xM0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jDAY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/6IEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jxRP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ydKP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/KwP5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XnwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0nig" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/VALa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/poa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/26Wk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1gEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EGHX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Khz9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/mbVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4Ieq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/O6Pj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7a6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/x1HN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/xE28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/LPAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/qaza" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/39pG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/52tv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/yeCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/gKYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/udJ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/5UVx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/VDGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XRPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HSTH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/s5kq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0ENA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/CNnO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/2fwq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jl7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7uMu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bc9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/cMh8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/GByW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/po4X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rL2s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Oxbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ElDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/zqMZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/PYJ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/v0uq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/54UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4Wtf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/31fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/OmRY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4InR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wclN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/TtOQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1Hrt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/WulV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/eDC1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Xpyq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/sNDm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/3CZm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/fYe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/YRRy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/CIuP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/sy3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Rqln" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/zmpA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/WMkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/IYYI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/IFXK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uOYf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/W5v5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/RMJq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/s5J4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/g2tt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Wgxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/UTNN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wBR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/WWsV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0K6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/TEO0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bmLB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7avv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Y4zY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/svJR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0q7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4zhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/fRB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/fSap" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dVtU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0xzd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/PUzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/danQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/hN4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/xlP6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/mWcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/e1Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/kUMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HHsa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/MuWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dCI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/P3Ay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/i8Ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EV1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/awoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jVNx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/L8q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/w9TG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/nzp5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/DRiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/YxM5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/3A5P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uUc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rFQ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EQhT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/6WwQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/oxou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7cGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bBWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1iHD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/pFiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Fhyv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/16GD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/yPEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/gdsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Kk7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bdEq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Fuzd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HDAd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/aCwu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rvgm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/eI0w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/lZVI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/R3XY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/r9HV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ljxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ZIXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/9FEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/h7AZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/BLQl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Xlqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ua8s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/bLUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/zmC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ec75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/RLNl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/6ySI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7aze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XeYq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/I8yP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Ltx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/A2la" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4nXz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Vwo9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HXBW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/aKgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/qWUY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/AmFJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/d2T0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/LnG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/kO1B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1ku0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/h3kV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dja9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4bSL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/AlLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/iqMM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Ss2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/8Awr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/erkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wExR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rBcO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/R6FI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Owo9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/04mY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/gQc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ky6r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/TzmB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/FYox" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rqr0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/b2H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/cQtZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/J7RC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ryWI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XK8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uEK9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ikwb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Le7K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/xIIw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/XuPH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/FWuZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/j3MZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/xssu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/WVtN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/vmAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/AIpK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/UCOF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/afYZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/esZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Zwcn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/CAhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/MN5X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/cyYl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/fEbO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/siR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rW87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/9F9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Sfn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/kKxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/q8SC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/AcmW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/t5yB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/L3Rw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Ue6B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/OiE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/vO02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/eRcp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/2we5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dzKJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Zk1O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4ur9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/MYpe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/7Do5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/8FAd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/JGdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/I42S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/EkXq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ii66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wvQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/21o2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1sFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/uimq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/lWxU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/CZO4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/cyN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/1dCh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/maCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/k4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/elFq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/0RXN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/65Wm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/UNBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/92vf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/5ZKF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/21dH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/sOV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/kGfn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HaQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/pdW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/u7Lw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/6dIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dxQ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/hJz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/LPQO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/9YL5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/o4a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/2agm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/swxV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/rH8r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/tBqJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/aoO3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/r47r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/K7aH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ROSu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/yAxv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/jJZy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M294"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -21712,13056 +21712,13056 @@
       </c>
       <c r="K4" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>40</v>
-      </c>
-[...27 lines deleted...]
-        <v>41</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L6" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="I7" s="5"/>
+        <v>34</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>46</v>
+      </c>
       <c r="J7" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="M7" s="5" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I8" s="5"/>
+      <c r="H8" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>52</v>
+      </c>
       <c r="J8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L8" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="F9" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I9" s="5"/>
+      <c r="I9" s="5" t="s">
+        <v>59</v>
+      </c>
       <c r="J9" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H10" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I11" s="5"/>
+      <c r="H11" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>71</v>
+      </c>
       <c r="J11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>23</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="I15" s="5"/>
       <c r="J15" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="I16" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="L16" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="L16" s="6" t="s">
+      <c r="M16" s="5" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D17" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F17" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F17" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="I17" s="5"/>
       <c r="J17" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="M17" s="5" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F18" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I19" s="5"/>
+      <c r="H19" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>112</v>
+      </c>
       <c r="J19" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="M19" s="5" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="I20" s="5"/>
       <c r="J20" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E21" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>132</v>
+        <v>17</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="D23" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E23" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="I23" s="5"/>
       <c r="J23" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>144</v>
+        <v>17</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>16</v>
+        <v>139</v>
       </c>
       <c r="I24" s="5"/>
       <c r="J24" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="I25" s="5"/>
       <c r="J25" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D26" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="D26" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E26" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="I26" s="5"/>
       <c r="J26" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="I27" s="5"/>
+        <v>45</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>156</v>
+      </c>
       <c r="J27" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F28" s="5" t="s">
-        <v>17</v>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>165</v>
+        <v>15</v>
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="s">
-        <v>139</v>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D30" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F30" s="5" t="s">
-        <v>17</v>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>174</v>
+        <v>45</v>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F31" s="5" t="s">
-        <v>17</v>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I31" s="5"/>
       <c r="J31" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="I32" s="5"/>
       <c r="J32" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E33" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E33" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>193</v>
+        <v>185</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H34" s="5" t="s">
-        <v>195</v>
+      <c r="H34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E35" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="I35" s="5"/>
       <c r="J35" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="D36" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="5" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F36" s="5" t="s">
         <v>17</v>
       </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="I36" s="5"/>
       <c r="J36" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>209</v>
+        <v>199</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>215</v>
+        <v>204</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="5" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="F38" s="5" t="s">
         <v>17</v>
       </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D39" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="5" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>17</v>
+        <v>213</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="I39" s="5"/>
+        <v>214</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>215</v>
+      </c>
       <c r="J39" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="I40" s="5"/>
       <c r="J40" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>231</v>
+        <v>222</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>232</v>
+        <v>223</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H43" s="5" t="s">
-        <v>246</v>
+      <c r="H43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I43" s="5"/>
       <c r="J43" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="F44" s="5" t="s">
         <v>17</v>
       </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>252</v>
+        <v>240</v>
       </c>
       <c r="I44" s="5"/>
       <c r="J44" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>253</v>
+        <v>241</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>254</v>
+        <v>242</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>255</v>
+        <v>243</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>256</v>
+        <v>244</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H45" s="5" t="s">
-        <v>257</v>
+      <c r="H45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="I46" s="5"/>
       <c r="J46" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>264</v>
+        <v>251</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>265</v>
+        <v>252</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="I47" s="5"/>
+        <v>254</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>255</v>
+      </c>
       <c r="J47" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>268</v>
+        <v>256</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>269</v>
+        <v>257</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>251</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="I48" s="5"/>
       <c r="J48" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>273</v>
+        <v>261</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>274</v>
+        <v>262</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F49" s="5" t="s">
-        <v>251</v>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="I49" s="5"/>
       <c r="J49" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>46</v>
+        <v>154</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>282</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>271</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I50" s="5"/>
+      <c r="H50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>272</v>
+      </c>
       <c r="J50" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>17</v>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>289</v>
-[...3 lines deleted...]
-      </c>
+        <v>277</v>
+      </c>
+      <c r="I51" s="5"/>
       <c r="J51" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>291</v>
+        <v>278</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>292</v>
+        <v>279</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>293</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>46</v>
+        <v>282</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>17</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>15</v>
+        <v>283</v>
       </c>
       <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>301</v>
+        <v>17</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I53" s="5"/>
+      <c r="H53" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>289</v>
+      </c>
       <c r="J53" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>302</v>
+        <v>290</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="I54" s="5" t="s">
         <v>295</v>
-      </c>
-[...14 lines deleted...]
-        <v>306</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>307</v>
+        <v>296</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>131</v>
+        <v>23</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>311</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="I55" s="5"/>
       <c r="J55" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>313</v>
+        <v>301</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>314</v>
+        <v>302</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>315</v>
+        <v>303</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>316</v>
+        <v>304</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>15</v>
+        <v>305</v>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>317</v>
+        <v>306</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>318</v>
+        <v>307</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>319</v>
+        <v>308</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="F57" s="5" t="s">
         <v>17</v>
       </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="s">
-        <v>322</v>
+      <c r="H57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I57" s="5" t="s">
-        <v>323</v>
+        <v>310</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>324</v>
+        <v>311</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>325</v>
+        <v>312</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>326</v>
+        <v>313</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>131</v>
+        <v>23</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I58" s="5"/>
+      <c r="H58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>315</v>
+      </c>
       <c r="J58" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>332</v>
+        <v>319</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>333</v>
+        <v>45</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E59" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>334</v>
+        <v>16</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>335</v>
+        <v>320</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>336</v>
+        <v>321</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>337</v>
+        <v>322</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>338</v>
+        <v>323</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F60" s="5" t="s">
-        <v>17</v>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H60" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H60" s="5" t="s">
+        <v>324</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>339</v>
+        <v>325</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>340</v>
+        <v>326</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="F61" s="5" t="s">
         <v>17</v>
       </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="I61" s="5"/>
+        <v>329</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>330</v>
+      </c>
       <c r="J61" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>345</v>
+        <v>332</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>347</v>
+        <v>334</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F62" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F62" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="I62" s="5"/>
+        <v>335</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>336</v>
+      </c>
       <c r="J62" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="E63" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H63" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H63" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D64" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F64" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="I64" s="5"/>
       <c r="J64" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>357</v>
+        <v>347</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>358</v>
+        <v>348</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>360</v>
+        <v>350</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E65" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F65" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F65" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>351</v>
+      </c>
+      <c r="I65" s="5"/>
       <c r="J65" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>363</v>
+        <v>353</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>364</v>
+        <v>354</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>365</v>
+        <v>16</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>23</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>366</v>
+        <v>155</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H66" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H66" s="5" t="s">
+        <v>356</v>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D67" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F67" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F67" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H67" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H67" s="5" t="s">
+        <v>361</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>374</v>
+        <v>365</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D68" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F68" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F68" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H68" s="5" t="s">
-        <v>375</v>
+      <c r="H68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>376</v>
+        <v>366</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>382</v>
+        <v>372</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>383</v>
+        <v>373</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>384</v>
+        <v>374</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="5" t="s">
-        <v>385</v>
+        <v>17</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H70" s="5" t="s">
-        <v>386</v>
+      <c r="H70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>387</v>
+        <v>375</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>388</v>
+        <v>376</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>389</v>
+        <v>377</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>390</v>
+        <v>378</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C71" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F71" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>391</v>
+        <v>379</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>392</v>
+        <v>380</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>393</v>
+        <v>381</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>395</v>
+        <v>383</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>396</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>397</v>
+        <v>384</v>
       </c>
       <c r="I72" s="5"/>
       <c r="J72" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>398</v>
+        <v>385</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>399</v>
+        <v>386</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>400</v>
+        <v>387</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>401</v>
+        <v>388</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>365</v>
+        <v>23</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>23</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>402</v>
+        <v>389</v>
       </c>
       <c r="I73" s="5"/>
       <c r="J73" s="5" t="s">
-        <v>403</v>
+        <v>19</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>404</v>
+        <v>390</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>405</v>
+        <v>391</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>406</v>
+        <v>392</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>342</v>
+        <v>393</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F74" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F74" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H74" s="5" t="s">
-        <v>407</v>
+      <c r="H74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I74" s="5" t="s">
-        <v>408</v>
+        <v>394</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>409</v>
+        <v>395</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>410</v>
+        <v>396</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>411</v>
+        <v>397</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>412</v>
+        <v>398</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>365</v>
+        <v>16</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>343</v>
+        <v>155</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>413</v>
+        <v>399</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>414</v>
+        <v>400</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>415</v>
+        <v>401</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>417</v>
+        <v>403</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>418</v>
+        <v>404</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>14</v>
+        <v>405</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>46</v>
+        <v>406</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H76" s="5" t="s">
-        <v>419</v>
+      <c r="H76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>420</v>
+        <v>407</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>422</v>
+        <v>409</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>14</v>
+        <v>411</v>
       </c>
       <c r="C77" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D77" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F77" s="5" t="s">
+        <v>213</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="s">
-        <v>424</v>
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I77" s="5" t="s">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>427</v>
-[...5937 lines deleted...]
-      <c r="M211" s="5" t="str">
+        <v>414</v>
+      </c>
+      <c r="M77" s="5" t="str">
         <f> RP – FS – SVAR BETALT – ROMA
 ROHDE PITTORE VIA DIMONTETARPEO
 DI MONTETARPEO 69 3 PIANO 7 . ’
 [2]
 DE COPENHAGEN 4806 25 10-55 M =
 UDSIGTER FOR DEN PRIS BEVARING GAMMEL FORM. ^ ’ ’ TELEGRAFER FOR
 ELLER IMOD = HANNOVER . +</f>
       </c>
     </row>
+    <row r="78">
+      <c r="A78" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="I78" s="5"/>
+      <c r="J78" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K78" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I79" s="5"/>
+      <c r="J79" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K79" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="I80" s="5"/>
+      <c r="J80" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K80" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I81" s="5"/>
+      <c r="J81" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="I82" s="5"/>
+      <c r="J82" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K82" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="I83" s="5"/>
+      <c r="J83" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="I84" s="5"/>
+      <c r="J84" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I85" s="5"/>
+      <c r="J85" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K85" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="L85" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="I86" s="5"/>
+      <c r="J86" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="I87" s="5"/>
+      <c r="J87" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="I88" s="5"/>
+      <c r="J88" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K88" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I89" s="5"/>
+      <c r="J89" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I90" s="5"/>
+      <c r="J90" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L90" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I91" s="5"/>
+      <c r="J91" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K91" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="L91" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I92" s="5"/>
+      <c r="J92" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K92" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="L92" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L93" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="I94" s="5"/>
+      <c r="J94" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K94" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I95" s="5"/>
+      <c r="J95" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="L95" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I96" s="5"/>
+      <c r="J96" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K96" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="L96" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="M96" s="5" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I97" s="5"/>
+      <c r="J97" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K97" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="L97" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H98" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K98" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="L98" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I99" s="5"/>
+      <c r="J99" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K99" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="L99" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I100" s="5"/>
+      <c r="J100" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K100" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="L100" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="I101" s="5"/>
+      <c r="J101" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K101" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="L101" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I103" s="5"/>
+      <c r="J103" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K103" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I104" s="5"/>
+      <c r="J104" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K104" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="L104" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="J105" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K105" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="L105" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="M105" s="5" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I106" s="5"/>
+      <c r="J106" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L106" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="I107" s="5"/>
+      <c r="J107" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K107" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="L107" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K108" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="L108" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="J109" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K109" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="L109" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="J110" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K110" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="L110" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F111" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H111" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="I111" s="5"/>
+      <c r="J111" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K111" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="L111" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="M111" s="5" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H112" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="I112" s="5"/>
+      <c r="J112" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K112" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="L112" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="I113" s="5"/>
+      <c r="J113" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K113" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="L113" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="M113" s="5" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K114" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="L114" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="I115" s="5"/>
+      <c r="J115" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K115" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="L115" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="M115" s="5" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="I116" s="5"/>
+      <c r="J116" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K116" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="L116" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="J117" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K117" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="L117" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="M117" s="5" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="I118" s="5"/>
+      <c r="J118" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K118" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="L118" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="J119" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K119" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I120" s="5"/>
+      <c r="J120" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="L120" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I121" s="5"/>
+      <c r="J121" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K121" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I122" s="5"/>
+      <c r="J122" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K122" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="L122" s="6" t="s">
+        <v>632</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H123" s="5" t="s">
+        <v>635</v>
+      </c>
+      <c r="I123" s="5"/>
+      <c r="J123" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K123" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="L123" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="M123" s="5" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I124" s="5"/>
+      <c r="J124" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K124" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="L124" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="M124" s="5" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="I125" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="J125" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K125" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="M125" s="5" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="I126" s="5"/>
+      <c r="J126" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K126" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="L126" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="M126" s="5" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D127" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I127" s="5"/>
+      <c r="J127" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K127" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="L127" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="I128" s="5"/>
+      <c r="J128" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K128" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="L128" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H129" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="I129" s="5"/>
+      <c r="J129" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K129" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="L129" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H130" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K130" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="L130" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="M130" s="5" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H131" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="I131" s="5"/>
+      <c r="J131" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K131" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="L131" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="M131" s="5" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H132" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="I132" s="5"/>
+      <c r="J132" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K132" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="L132" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="M132" s="5" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F133" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="I133" s="5"/>
+      <c r="J133" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K133" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="L133" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H134" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="I134" s="5"/>
+      <c r="J134" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K134" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="L134" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="M134" s="5" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="I135" s="5"/>
+      <c r="J135" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K135" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="L135" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H136" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="I136" s="5"/>
+      <c r="J136" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K136" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="L136" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="M136" s="5" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="E137" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I137" s="5"/>
+      <c r="J137" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K137" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="L137" s="6" t="s">
+        <v>702</v>
+      </c>
+      <c r="M137" s="5" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H138" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="I138" s="5"/>
+      <c r="J138" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K138" s="5" t="s">
+        <v>707</v>
+      </c>
+      <c r="L138" s="6" t="s">
+        <v>708</v>
+      </c>
+      <c r="M138" s="5" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H139" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="I139" s="5"/>
+      <c r="J139" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K139" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="L139" s="6" t="s">
+        <v>713</v>
+      </c>
+      <c r="M139" s="5" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I140" s="5"/>
+      <c r="J140" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L140" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="M140" s="5" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="F141" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I141" s="5"/>
+      <c r="J141" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L141" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="M141" s="5" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H142" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="I142" s="5"/>
+      <c r="J142" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K142" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="L142" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="M142" s="5" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I143" s="5"/>
+      <c r="J143" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L143" s="6" t="s">
+        <v>730</v>
+      </c>
+      <c r="M143" s="5" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="5" t="s">
+        <v>732</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I144" s="5"/>
+      <c r="J144" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L144" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="M144" s="5" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F145" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I145" s="5"/>
+      <c r="J145" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L145" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="M145" s="5" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="5" t="s">
+        <v>738</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D146" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I146" s="5"/>
+      <c r="J146" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L146" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="M146" s="5" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="5" t="s">
+        <v>741</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I147" s="5"/>
+      <c r="J147" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L147" s="6" t="s">
+        <v>744</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="F148" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I148" s="5"/>
+      <c r="J148" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L148" s="6" t="s">
+        <v>747</v>
+      </c>
+      <c r="M148" s="5" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="D149" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="F149" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I149" s="5"/>
+      <c r="J149" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L149" s="6" t="s">
+        <v>750</v>
+      </c>
+      <c r="M149" s="5" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="B150" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C150" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D150" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F150" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="G150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I150" s="5"/>
+      <c r="J150" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K150" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="L150" s="6" t="s">
+        <v>755</v>
+      </c>
+      <c r="M150" s="5" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>757</v>
+      </c>
+      <c r="G151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I151" s="5"/>
+      <c r="J151" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K151" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="L151" s="6" t="s">
+        <v>759</v>
+      </c>
+      <c r="M151" s="5" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C152" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D152" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H152" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="J152" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K152" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="L152" s="6" t="s">
+        <v>765</v>
+      </c>
+      <c r="M152" s="5" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="F153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H153" s="5" t="s">
+        <v>769</v>
+      </c>
+      <c r="I153" s="5"/>
+      <c r="J153" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K153" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="L153" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="M153" s="5" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D154" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I154" s="5" t="s">
+        <v>774</v>
+      </c>
+      <c r="J154" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K154" s="5" t="s">
+        <v>775</v>
+      </c>
+      <c r="L154" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="M154" s="5" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D155" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="F155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H155" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="I155" s="5"/>
+      <c r="J155" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K155" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="L155" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="M155" s="5" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C156" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D156" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H156" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="I156" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="J156" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K156" s="5" t="s">
+        <v>787</v>
+      </c>
+      <c r="L156" s="6" t="s">
+        <v>788</v>
+      </c>
+      <c r="M156" s="5" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="5" t="s">
+        <v>790</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I157" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="J157" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K157" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="L157" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="M157" s="5" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D158" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H158" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="J158" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K158" s="5" t="s">
+        <v>797</v>
+      </c>
+      <c r="L158" s="6" t="s">
+        <v>798</v>
+      </c>
+      <c r="M158" s="5" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="F159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I159" s="5"/>
+      <c r="J159" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K159" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="L159" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="M159" s="5" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="5" t="s">
+        <v>805</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H160" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="I160" s="5"/>
+      <c r="J160" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K160" s="5" t="s">
+        <v>807</v>
+      </c>
+      <c r="L160" s="6" t="s">
+        <v>808</v>
+      </c>
+      <c r="M160" s="5" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I161" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="J161" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K161" s="5" t="s">
+        <v>812</v>
+      </c>
+      <c r="L161" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="M161" s="5" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="5" t="s">
+        <v>815</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="F162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H162" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="I162" s="5"/>
+      <c r="J162" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K162" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="L162" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="M162" s="5" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="5" t="s">
+        <v>820</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H163" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>822</v>
+      </c>
+      <c r="J163" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K163" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="L163" s="6" t="s">
+        <v>824</v>
+      </c>
+      <c r="M163" s="5" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D164" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F164" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K164" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="L164" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="M164" s="5" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H165" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="I165" s="5"/>
+      <c r="J165" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K165" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="L165" s="6" t="s">
+        <v>833</v>
+      </c>
+      <c r="M165" s="5" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I166" s="5"/>
+      <c r="J166" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K166" s="5" t="s">
+        <v>837</v>
+      </c>
+      <c r="L166" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="M166" s="5" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H167" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="J167" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K167" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="L167" s="6" t="s">
+        <v>845</v>
+      </c>
+      <c r="M167" s="5" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H168" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="I168" s="5"/>
+      <c r="J168" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K168" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="L168" s="6" t="s">
+        <v>850</v>
+      </c>
+      <c r="M168" s="5" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="F169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H169" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="I169" s="5" t="s">
+        <v>854</v>
+      </c>
+      <c r="J169" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K169" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="L169" s="6" t="s">
+        <v>856</v>
+      </c>
+      <c r="M169" s="5" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="F170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H170" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="I170" s="5"/>
+      <c r="J170" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K170" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="L170" s="6" t="s">
+        <v>862</v>
+      </c>
+      <c r="M170" s="5" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H171" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="I171" s="5"/>
+      <c r="J171" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K171" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="L171" s="6" t="s">
+        <v>867</v>
+      </c>
+      <c r="M171" s="5" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="5" t="s">
+        <v>869</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="F172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H172" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="I172" s="5"/>
+      <c r="J172" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K172" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="L172" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="5" t="s">
+        <v>874</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="F173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H173" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="I173" s="5"/>
+      <c r="J173" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K173" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="L173" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="M173" s="5" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H174" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="I174" s="5"/>
+      <c r="J174" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K174" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="L174" s="6" t="s">
+        <v>884</v>
+      </c>
+      <c r="M174" s="5" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="F175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H175" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="I175" s="5"/>
+      <c r="J175" s="5" t="s">
+        <v>888</v>
+      </c>
+      <c r="K175" s="5" t="s">
+        <v>889</v>
+      </c>
+      <c r="L175" s="6" t="s">
+        <v>890</v>
+      </c>
+      <c r="M175" s="5" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="F176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I176" s="5"/>
+      <c r="J176" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K176" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="L176" s="6" t="s">
+        <v>894</v>
+      </c>
+      <c r="M176" s="5" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="F177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H177" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="I177" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="J177" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K177" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="L177" s="6" t="s">
+        <v>900</v>
+      </c>
+      <c r="M177" s="5" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>903</v>
+      </c>
+      <c r="F178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H178" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="I178" s="5"/>
+      <c r="J178" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="K178" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="L178" s="6" t="s">
+        <v>907</v>
+      </c>
+      <c r="M178" s="5" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="5" t="s">
+        <v>909</v>
+      </c>
+      <c r="B179" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C179" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H179" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="I179" s="5"/>
+      <c r="J179" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K179" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="L179" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="M179" s="5" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="F180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H180" s="5" t="s">
+        <v>915</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="J180" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K180" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="L180" s="6" t="s">
+        <v>918</v>
+      </c>
+      <c r="M180" s="5" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="F181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H181" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="I181" s="5"/>
+      <c r="J181" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K181" s="5" t="s">
+        <v>922</v>
+      </c>
+      <c r="L181" s="6" t="s">
+        <v>923</v>
+      </c>
+      <c r="M181" s="5" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="5" t="s">
+        <v>925</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="F182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H182" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="J182" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K182" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="L182" s="6" t="s">
+        <v>930</v>
+      </c>
+      <c r="M182" s="5" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>932</v>
+      </c>
+      <c r="F183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="J183" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K183" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="L183" s="6" t="s">
+        <v>935</v>
+      </c>
+      <c r="M183" s="5" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="5" t="s">
+        <v>937</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H184" s="5" t="s">
+        <v>938</v>
+      </c>
+      <c r="I184" s="5"/>
+      <c r="J184" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K184" s="5" t="s">
+        <v>939</v>
+      </c>
+      <c r="L184" s="6" t="s">
+        <v>940</v>
+      </c>
+      <c r="M184" s="5" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H185" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="I185" s="5"/>
+      <c r="J185" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K185" s="5" t="s">
+        <v>944</v>
+      </c>
+      <c r="L185" s="6" t="s">
+        <v>945</v>
+      </c>
+      <c r="M185" s="5" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H186" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="I186" s="5"/>
+      <c r="J186" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K186" s="5" t="s">
+        <v>949</v>
+      </c>
+      <c r="L186" s="6" t="s">
+        <v>950</v>
+      </c>
+      <c r="M186" s="5" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="B187" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C187" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H187" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="I187" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="J187" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K187" s="5" t="s">
+        <v>955</v>
+      </c>
+      <c r="L187" s="6" t="s">
+        <v>956</v>
+      </c>
+      <c r="M187" s="5" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D188" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H188" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="J188" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K188" s="5" t="s">
+        <v>961</v>
+      </c>
+      <c r="L188" s="6" t="s">
+        <v>962</v>
+      </c>
+      <c r="M188" s="5" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C189" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="F189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H189" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="I189" s="5"/>
+      <c r="J189" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K189" s="5" t="s">
+        <v>967</v>
+      </c>
+      <c r="L189" s="6" t="s">
+        <v>968</v>
+      </c>
+      <c r="M189" s="5" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="5" t="s">
+        <v>970</v>
+      </c>
+      <c r="B190" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C190" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H190" s="5" t="s">
+        <v>971</v>
+      </c>
+      <c r="I190" s="5"/>
+      <c r="J190" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K190" s="5" t="s">
+        <v>972</v>
+      </c>
+      <c r="L190" s="6" t="s">
+        <v>973</v>
+      </c>
+      <c r="M190" s="5" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="B191" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C191" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>976</v>
+      </c>
+      <c r="F191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I191" s="5"/>
+      <c r="J191" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L191" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="M191" s="5" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H192" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="I192" s="5"/>
+      <c r="J192" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K192" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="L192" s="6" t="s">
+        <v>982</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>985</v>
+      </c>
+      <c r="F193" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H193" s="5" t="s">
+        <v>986</v>
+      </c>
+      <c r="I193" s="5" t="s">
+        <v>987</v>
+      </c>
+      <c r="J193" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K193" s="5" t="s">
+        <v>988</v>
+      </c>
+      <c r="L193" s="6" t="s">
+        <v>989</v>
+      </c>
+      <c r="M193" s="5" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>992</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H194" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="I194" s="5"/>
+      <c r="J194" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L194" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="M194" s="5" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="5" t="s">
+        <v>996</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>998</v>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I195" s="5"/>
+      <c r="J195" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L195" s="6" t="s">
+        <v>999</v>
+      </c>
+      <c r="M195" s="5" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I196" s="5"/>
+      <c r="J196" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L196" s="6" t="s">
+        <v>1002</v>
+      </c>
+      <c r="M196" s="5" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I197" s="5"/>
+      <c r="J197" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L197" s="6" t="s">
+        <v>1006</v>
+      </c>
+      <c r="M197" s="5" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I198" s="5"/>
+      <c r="J198" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L198" s="6" t="s">
+        <v>1010</v>
+      </c>
+      <c r="M198" s="5" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="5" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I199" s="5"/>
+      <c r="J199" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L199" s="6" t="s">
+        <v>1013</v>
+      </c>
+      <c r="M199" s="5" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H200" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="I200" s="5"/>
+      <c r="J200" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L200" s="6" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M200" s="5" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="5" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I201" s="5"/>
+      <c r="J201" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L201" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="M201" s="5" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="5" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B202" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C202" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I202" s="5"/>
+      <c r="J202" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L202" s="6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="M202" s="5" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B203" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C203" s="5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D203" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I203" s="5"/>
+      <c r="J203" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L203" s="6" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M203" s="5" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I204" s="5"/>
+      <c r="J204" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L204" s="6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="M204" s="5" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="5" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I205" s="5"/>
+      <c r="J205" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L205" s="6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="M205" s="5" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G206" s="5" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I206" s="5"/>
+      <c r="J206" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L206" s="6" t="s">
+        <v>1038</v>
+      </c>
+      <c r="M206" s="5" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="5" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H207" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="I207" s="5" t="s">
+        <v>1041</v>
+      </c>
+      <c r="J207" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K207" s="5" t="s">
+        <v>1042</v>
+      </c>
+      <c r="L207" s="6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M207" s="5" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I208" s="5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="J208" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K208" s="5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="L208" s="6" t="s">
+        <v>1048</v>
+      </c>
+      <c r="M208" s="5" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="5" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H209" s="5" t="s">
+        <v>1051</v>
+      </c>
+      <c r="I209" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="J209" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K209" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="L209" s="6" t="s">
+        <v>1054</v>
+      </c>
+      <c r="M209" s="5" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="5" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I210" s="5" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J210" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K210" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="L210" s="6" t="s">
+        <v>1059</v>
+      </c>
+      <c r="M210" s="5" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I211" s="5" t="s">
+        <v>1057</v>
+      </c>
+      <c r="J211" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="K211" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L211" s="6" t="s">
+        <v>1063</v>
+      </c>
+      <c r="M211" s="5" t="s">
+        <v>1064</v>
+      </c>
+    </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1109</v>
+        <v>1065</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D212" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E212" s="5" t="s">
-        <v>17</v>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="I212" s="5"/>
+        <v>1066</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>1067</v>
+      </c>
       <c r="J212" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1111</v>
+        <v>1068</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1112</v>
+        <v>1069</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1113</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1114</v>
+        <v>1071</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E213" s="5" t="s">
-        <v>17</v>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H213" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I213" s="5"/>
+      <c r="H213" s="5" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I213" s="5" t="s">
+        <v>1073</v>
+      </c>
       <c r="J213" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1115</v>
+        <v>1074</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1116</v>
+        <v>1075</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1117</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1118</v>
+        <v>1077</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>16</v>
+        <v>1078</v>
       </c>
       <c r="D214" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E214" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H214" s="5" t="s">
-        <v>1119</v>
+      <c r="H214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I214" s="5"/>
       <c r="J214" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K214" s="5" t="s">
-        <v>1120</v>
+      <c r="K214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1121</v>
+        <v>1079</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1122</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1123</v>
+        <v>1081</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C215" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D215" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="D215" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H215" s="5" t="s">
-        <v>1124</v>
+      <c r="H215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I215" s="5"/>
       <c r="J215" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K215" s="5" t="s">
-        <v>1125</v>
+      <c r="K215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1126</v>
+        <v>1082</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1127</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1128</v>
+        <v>1084</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>46</v>
+        <v>1078</v>
       </c>
       <c r="D216" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E216" s="5" t="s">
-        <v>17</v>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I216" s="5"/>
       <c r="J216" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1129</v>
+        <v>1085</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1130</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1131</v>
+        <v>1087</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>63</v>
+        <v>1078</v>
       </c>
       <c r="D217" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I217" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I217" s="5"/>
       <c r="J217" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K217" s="5" t="s">
-        <v>1133</v>
+      <c r="K217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1134</v>
+        <v>1088</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1135</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1136</v>
+        <v>1090</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>16</v>
+        <v>1078</v>
       </c>
       <c r="D218" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I218" s="5"/>
       <c r="J218" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1137</v>
+        <v>1091</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1138</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1139</v>
+        <v>1093</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>63</v>
+        <v>1078</v>
       </c>
       <c r="D219" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H219" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I219" s="5"/>
       <c r="J219" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K219" s="5" t="s">
-        <v>1142</v>
+      <c r="K219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1143</v>
+        <v>1094</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1144</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1145</v>
+        <v>1096</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>46</v>
+        <v>1078</v>
       </c>
       <c r="D220" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E220" s="5" t="s">
-        <v>17</v>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H220" s="5" t="s">
-        <v>15</v>
+      <c r="H220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I220" s="5"/>
       <c r="J220" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K220" s="5" t="s">
-        <v>1146</v>
+      <c r="K220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1147</v>
+        <v>1097</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1148</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1149</v>
+        <v>1099</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>16</v>
+        <v>1078</v>
       </c>
       <c r="D221" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I221" s="5"/>
       <c r="J221" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1150</v>
+        <v>1100</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1151</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1152</v>
+        <v>1102</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D222" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="D222" s="5" t="s">
-[...3 lines deleted...]
-        <v>1153</v>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I222" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I222" s="5"/>
       <c r="J222" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K222" s="5" t="s">
-        <v>1155</v>
+      <c r="K222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1156</v>
+        <v>1103</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1157</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1158</v>
+        <v>1105</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D223" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I223" s="5"/>
       <c r="J223" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K223" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K223" s="5" t="s">
+        <v>1106</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1159</v>
+        <v>1107</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1160</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1161</v>
+        <v>1109</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>1162</v>
+        <v>16</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H224" s="5" t="s">
-        <v>1163</v>
+      <c r="H224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I224" s="5"/>
       <c r="J224" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K224" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K224" s="5" t="s">
+        <v>1110</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1164</v>
+        <v>1111</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1165</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1166</v>
+        <v>1113</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D225" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D225" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H225" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I225" s="5"/>
+      <c r="H225" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="I225" s="5" t="s">
+        <v>1115</v>
+      </c>
       <c r="J225" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K225" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K225" s="5" t="s">
+        <v>1116</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1167</v>
+        <v>1117</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1168</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1169</v>
+        <v>1119</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D226" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>17</v>
+        <v>1120</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1170</v>
+        <v>1121</v>
       </c>
       <c r="I226" s="5"/>
       <c r="J226" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1171</v>
+        <v>1122</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1172</v>
+        <v>1123</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1173</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1174</v>
+        <v>1125</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>1175</v>
+        <v>16</v>
       </c>
       <c r="D227" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E227" s="5" t="s">
-        <v>17</v>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H227" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I227" s="5"/>
+      <c r="H227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I227" s="5" t="s">
+        <v>1126</v>
+      </c>
       <c r="J227" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K227" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K227" s="5" t="s">
+        <v>1127</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1176</v>
+        <v>1128</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1177</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1178</v>
+        <v>1130</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>131</v>
+        <v>23</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>803</v>
-[...4 lines deleted...]
-        </is>
+        <v>271</v>
+      </c>
+      <c r="F228" s="5" t="s">
+        <v>1131</v>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H228" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H228" s="5" t="s">
+        <v>1132</v>
       </c>
       <c r="I228" s="5"/>
       <c r="J228" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K228" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K228" s="5" t="s">
+        <v>1133</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1179</v>
+        <v>1134</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1180</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1181</v>
+        <v>1136</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>131</v>
+        <v>212</v>
       </c>
       <c r="D229" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F229" s="5" t="s">
-        <v>1182</v>
+      <c r="F229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H229" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H229" s="5" t="s">
+        <v>1137</v>
       </c>
       <c r="I229" s="5"/>
       <c r="J229" s="5" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-        </is>
+        <v>1138</v>
+      </c>
+      <c r="K229" s="5" t="s">
+        <v>1139</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1183</v>
+        <v>1140</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1184</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1185</v>
+        <v>942</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D230" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H230" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H230" s="5" t="s">
+        <v>1142</v>
       </c>
       <c r="I230" s="5"/>
       <c r="J230" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K230" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K230" s="5" t="s">
+        <v>1143</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1186</v>
+        <v>1144</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1187</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1188</v>
+        <v>1146</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>131</v>
+        <v>23</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1189</v>
+        <v>16</v>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1190</v>
+        <v>1147</v>
       </c>
       <c r="I231" s="5"/>
       <c r="J231" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K231" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K231" s="5" t="s">
+        <v>1148</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1191</v>
+        <v>1149</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1192</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1193</v>
+        <v>1151</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>131</v>
+        <v>154</v>
       </c>
       <c r="D232" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E232" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I232" s="5"/>
       <c r="J232" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1194</v>
+        <v>1152</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1195</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1196</v>
+        <v>1154</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="D233" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E233" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I233" s="5"/>
       <c r="J233" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1198</v>
+        <v>1155</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1199</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1200</v>
+        <v>1157</v>
       </c>
       <c r="B234" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>1201</v>
+        <v>154</v>
       </c>
       <c r="D234" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E234" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E234" s="5" t="s">
+        <v>1158</v>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H234" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H234" s="5" t="s">
+        <v>1159</v>
       </c>
       <c r="I234" s="5"/>
       <c r="J234" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1202</v>
+        <v>1160</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1203</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1204</v>
+        <v>1162</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D235" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I235" s="5"/>
       <c r="J235" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1205</v>
+        <v>1163</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1206</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1207</v>
+        <v>1165</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D236" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I236" s="5"/>
       <c r="J236" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1208</v>
+        <v>1166</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1209</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1210</v>
+        <v>1168</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>1201</v>
+        <v>16</v>
       </c>
       <c r="D237" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I237" s="5"/>
       <c r="J237" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1211</v>
+        <v>1169</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1212</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1213</v>
+        <v>1171</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>1201</v>
+        <v>23</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H238" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H238" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="I238" s="5"/>
       <c r="J238" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K238" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K238" s="5" t="s">
+        <v>1172</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1214</v>
+        <v>1173</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1215</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1216</v>
+        <v>1175</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D239" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E239" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E239" s="5" t="s">
+        <v>1176</v>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H239" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I239" s="5"/>
+      <c r="H239" s="5" t="s">
+        <v>1177</v>
+      </c>
+      <c r="I239" s="5" t="s">
+        <v>1178</v>
+      </c>
       <c r="J239" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K239" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K239" s="5" t="s">
+        <v>1179</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1217</v>
+        <v>1180</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1218</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1219</v>
+        <v>1182</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>40</v>
+        <v>270</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>1220</v>
+        <v>1027</v>
       </c>
       <c r="D240" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E240" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H240" s="5" t="s">
-        <v>1222</v>
+      <c r="H240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I240" s="5"/>
       <c r="J240" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K240" s="5" t="s">
-        <v>1223</v>
+      <c r="K240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1224</v>
+        <v>1183</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1225</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1226</v>
+        <v>1185</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D241" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D241" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I241" s="5"/>
+      <c r="I241" s="5" t="s">
+        <v>1186</v>
+      </c>
       <c r="J241" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K241" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K241" s="5" t="s">
+        <v>1187</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1227</v>
+        <v>1188</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1228</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1229</v>
+        <v>1190</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>1230</v>
+        <v>16</v>
       </c>
       <c r="D242" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F242" s="5" t="s">
-        <v>17</v>
+      <c r="F242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I242" s="5"/>
       <c r="J242" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1231</v>
+        <v>1191</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1232</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1233</v>
+        <v>1193</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>1220</v>
+        <v>16</v>
       </c>
       <c r="D243" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E243" s="5" t="s">
-        <v>1234</v>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I243" s="5"/>
       <c r="J243" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K243" s="5" t="s">
-        <v>1235</v>
+      <c r="K243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1236</v>
+        <v>1194</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1237</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1238</v>
+        <v>1196</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D244" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E244" s="5" t="s">
-        <v>1239</v>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I244" s="5"/>
       <c r="J244" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K244" s="5" t="s">
-        <v>1240</v>
+      <c r="K244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1241</v>
+        <v>1197</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1242</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1243</v>
+        <v>1199</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>1220</v>
+        <v>16</v>
       </c>
       <c r="D245" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E245" s="5" t="s">
-        <v>1234</v>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I245" s="5"/>
       <c r="J245" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K245" s="5" t="s">
-        <v>1244</v>
+      <c r="K245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1245</v>
+        <v>1200</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1246</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1247</v>
+        <v>1202</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D246" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E246" s="5" t="s">
-        <v>1248</v>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H246" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I246" s="5"/>
       <c r="J246" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K246" s="5" t="s">
-        <v>1251</v>
+      <c r="K246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1252</v>
+        <v>1203</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1253</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1254</v>
+        <v>1205</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>16</v>
+        <v>1066</v>
       </c>
       <c r="D247" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H247" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I247" s="5"/>
+      <c r="H247" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="I247" s="5" t="s">
+        <v>1207</v>
+      </c>
       <c r="J247" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K247" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K247" s="5" t="s">
+        <v>1208</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1255</v>
+        <v>1209</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1256</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1257</v>
+        <v>1211</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D248" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E248" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E248" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="F248" s="5" t="s">
+        <v>1212</v>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H248" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H248" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="I248" s="5"/>
       <c r="J248" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K248" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K248" s="5" t="s">
+        <v>1213</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1258</v>
+        <v>1214</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1259</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1260</v>
+        <v>1216</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>16</v>
+        <v>1217</v>
       </c>
       <c r="D249" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H249" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H249" s="5" t="s">
+        <v>1218</v>
       </c>
       <c r="I249" s="5"/>
       <c r="J249" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K249" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K249" s="5" t="s">
+        <v>1219</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1261</v>
+        <v>1220</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1262</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1263</v>
+        <v>1222</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D250" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E250" s="5" t="s">
-        <v>1239</v>
+        <v>1120</v>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H250" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H250" s="5" t="s">
+        <v>1223</v>
       </c>
       <c r="I250" s="5"/>
       <c r="J250" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1264</v>
+        <v>1224</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1265</v>
+        <v>1225</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1266</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1267</v>
+        <v>1227</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>921</v>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H251" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H251" s="5" t="s">
+        <v>1228</v>
       </c>
       <c r="I251" s="5"/>
       <c r="J251" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K251" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K251" s="5" t="s">
+        <v>1229</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1268</v>
+        <v>1230</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1269</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1270</v>
+        <v>1232</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D252" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>17</v>
+        <v>921</v>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H252" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I252" s="5"/>
+      <c r="H252" s="5" t="s">
+        <v>1233</v>
+      </c>
+      <c r="I252" s="5" t="s">
+        <v>1234</v>
+      </c>
       <c r="J252" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1271</v>
+        <v>1235</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1272</v>
+        <v>1236</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1273</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1274</v>
+        <v>1238</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>1275</v>
+        <v>155</v>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1276</v>
+        <v>1239</v>
       </c>
       <c r="I253" s="5"/>
       <c r="J253" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K253" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K253" s="5" t="s">
+        <v>1240</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1277</v>
+        <v>1241</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1278</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1279</v>
+        <v>1243</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D254" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I254" s="5"/>
       <c r="J254" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K254" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K254" s="5" t="s">
+        <v>1244</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1280</v>
+        <v>1245</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1281</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1282</v>
+        <v>1247</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D255" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E255" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E255" s="5" t="s">
+        <v>1248</v>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H255" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H255" s="5" t="s">
+        <v>1249</v>
       </c>
       <c r="I255" s="5"/>
       <c r="J255" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K255" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K255" s="5" t="s">
+        <v>1250</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1283</v>
+        <v>1251</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1284</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1285</v>
+        <v>1253</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D256" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E256" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E256" s="5" t="s">
+        <v>1254</v>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I256" s="5"/>
       <c r="J256" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K256" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K256" s="5" t="s">
+        <v>1255</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1286</v>
+        <v>1256</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1287</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1288</v>
+        <v>1258</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>16</v>
+        <v>1259</v>
       </c>
       <c r="D257" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E257" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E257" s="5" t="s">
+        <v>1260</v>
       </c>
       <c r="F257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I257" s="5"/>
-      <c r="J257" s="5" t="s">
-        <v>19</v>
+      <c r="J257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1289</v>
+        <v>1261</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1290</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1291</v>
+        <v>1263</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>1292</v>
+        <v>154</v>
       </c>
       <c r="D258" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E258" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F258" s="5" t="s">
+        <v>1264</v>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I258" s="5"/>
       <c r="J258" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1294</v>
+        <v>1265</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1295</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1296</v>
+        <v>1267</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I259" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I259" s="5"/>
       <c r="J259" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1298</v>
+        <v>1268</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1299</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1300</v>
+        <v>1270</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>712</v>
+        <v>16</v>
       </c>
       <c r="D260" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E260" s="5" t="s">
-        <v>1301</v>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I260" s="5"/>
       <c r="J260" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1302</v>
+        <v>1271</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1303</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1304</v>
+        <v>1273</v>
       </c>
       <c r="B261" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>712</v>
+        <v>45</v>
       </c>
       <c r="D261" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E261" s="5" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1274</v>
+      </c>
+      <c r="F261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H261" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H261" s="5" t="s">
+        <v>1275</v>
       </c>
       <c r="I261" s="5"/>
       <c r="J261" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K261" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K261" s="5" t="s">
+        <v>1276</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1305</v>
+        <v>1277</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1306</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1307</v>
+        <v>1279</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D262" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E262" s="5" t="s">
-        <v>17</v>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>712</v>
+        <v>1280</v>
       </c>
       <c r="I262" s="5"/>
       <c r="J262" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1308</v>
+        <v>1281</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1309</v>
+        <v>1282</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1310</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1311</v>
+        <v>1284</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>1201</v>
+        <v>23</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H263" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H263" s="5" t="s">
+        <v>1285</v>
       </c>
       <c r="I263" s="5"/>
       <c r="J263" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K263" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K263" s="5" t="s">
+        <v>1286</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1312</v>
+        <v>1287</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1313</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1314</v>
+        <v>1289</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D264" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E264" s="5" t="s">
-        <v>17</v>
+        <v>1290</v>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1276</v>
+        <v>1291</v>
       </c>
       <c r="I264" s="5"/>
       <c r="J264" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1315</v>
+        <v>1292</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1316</v>
+        <v>1293</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1317</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1318</v>
+        <v>1295</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>712</v>
+        <v>23</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>23</v>
-[...7 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H265" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H265" s="5" t="s">
+        <v>1297</v>
       </c>
       <c r="I265" s="5"/>
       <c r="J265" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K265" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K265" s="5" t="s">
+        <v>1298</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1319</v>
+        <v>1299</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1320</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1321</v>
+        <v>1301</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>1201</v>
+        <v>16</v>
       </c>
       <c r="D266" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H266" s="5" t="inlineStr">
-[...11 lines deleted...]
-        </is>
+      <c r="H266" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I266" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="J266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K266" s="5" t="s">
+        <v>1304</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1322</v>
+        <v>1305</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1323</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1324</v>
+        <v>1307</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>1201</v>
+        <v>23</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H267" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H267" s="5" t="s">
+        <v>1308</v>
       </c>
       <c r="I267" s="5"/>
       <c r="J267" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K267" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K267" s="5" t="s">
+        <v>1309</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1325</v>
+        <v>1310</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1326</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1327</v>
+        <v>1312</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>1201</v>
+        <v>45</v>
       </c>
       <c r="D268" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E268" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E268" s="5" t="s">
+        <v>921</v>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H268" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H268" s="5" t="s">
+        <v>1313</v>
       </c>
       <c r="I268" s="5"/>
       <c r="J268" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K268" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K268" s="5" t="s">
+        <v>1314</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1328</v>
+        <v>1315</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1329</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1330</v>
+        <v>1317</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>712</v>
+        <v>23</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>23</v>
-[...7 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="F269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I269" s="5"/>
       <c r="J269" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K269" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K269" s="5" t="s">
+        <v>1318</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1331</v>
+        <v>1319</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1332</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1333</v>
+        <v>1321</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D270" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E270" s="5" t="s">
-        <v>17</v>
+      <c r="E270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1334</v>
-[...1 lines deleted...]
-      <c r="I270" s="5"/>
+        <v>1322</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>1323</v>
+      </c>
       <c r="J270" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1335</v>
+        <v>1324</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1336</v>
+        <v>1325</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1337</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1338</v>
+        <v>1327</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>1339</v>
+        <v>16</v>
       </c>
       <c r="D271" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E271" s="5" t="s">
-        <v>17</v>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H271" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H271" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="I271" s="5"/>
       <c r="J271" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K271" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K271" s="5" t="s">
+        <v>1328</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1340</v>
+        <v>1329</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1341</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1342</v>
+        <v>1331</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>1339</v>
+        <v>154</v>
       </c>
       <c r="D272" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E272" s="5" t="s">
-        <v>17</v>
+        <v>926</v>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I272" s="5"/>
       <c r="J272" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1343</v>
+        <v>1332</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1344</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1345</v>
+        <v>1334</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>1346</v>
+        <v>16</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>1347</v>
+        <v>23</v>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I273" s="5"/>
+      <c r="I273" s="5" t="s">
+        <v>1335</v>
+      </c>
       <c r="J273" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1348</v>
+        <v>1336</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1349</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1350</v>
+        <v>1338</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="D274" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>1069</v>
+        <v>1339</v>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1351</v>
+        <v>16</v>
       </c>
       <c r="I274" s="5"/>
       <c r="J274" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1352</v>
+        <v>1340</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1353</v>
+        <v>1341</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1354</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1355</v>
+        <v>1343</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>1346</v>
+        <v>23</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>23</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>1344</v>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H275" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H275" s="5" t="s">
+        <v>1345</v>
       </c>
       <c r="I275" s="5"/>
       <c r="J275" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K275" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K275" s="5" t="s">
+        <v>1346</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1356</v>
+        <v>1347</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1357</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1358</v>
+        <v>1349</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>1346</v>
+        <v>154</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>23</v>
+        <v>875</v>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H276" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I276" s="5"/>
+      <c r="H276" s="5" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I276" s="5" t="s">
+        <v>1351</v>
+      </c>
       <c r="J276" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K276" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K276" s="5" t="s">
+        <v>1352</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1359</v>
+        <v>1353</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1360</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1361</v>
+        <v>1355</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>1201</v>
+        <v>875</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H277" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H277" s="5" t="s">
+        <v>1356</v>
       </c>
       <c r="I277" s="5"/>
       <c r="J277" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K277" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K277" s="5" t="s">
+        <v>1357</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1362</v>
+        <v>1358</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1363</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1364</v>
+        <v>1360</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>1220</v>
+        <v>16</v>
       </c>
       <c r="D278" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E278" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E278" s="5" t="s">
+        <v>965</v>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1365</v>
-[...3 lines deleted...]
-      </c>
+        <v>1361</v>
+      </c>
+      <c r="I278" s="5"/>
       <c r="J278" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1367</v>
+        <v>1362</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1368</v>
+        <v>1363</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1369</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1370</v>
+        <v>1365</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>712</v>
+        <v>16</v>
       </c>
       <c r="D279" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>1371</v>
+        <v>1366</v>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H279" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I279" s="5"/>
+      <c r="H279" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="I279" s="5" t="s">
+        <v>1368</v>
+      </c>
       <c r="J279" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K279" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K279" s="5" t="s">
+        <v>1369</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1373</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1374</v>
+        <v>1372</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D280" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E280" s="5" t="s">
-        <v>17</v>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H280" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H280" s="5" t="s">
+        <v>1373</v>
       </c>
       <c r="I280" s="5"/>
       <c r="J280" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K280" s="5" t="s">
+        <v>1374</v>
+      </c>
+      <c r="L280" s="6" t="s">
         <v>1375</v>
       </c>
-      <c r="L280" s="6" t="s">
+      <c r="M280" s="5" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>1379</v>
+        <v>16</v>
       </c>
       <c r="D281" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E281" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I281" s="5"/>
       <c r="J281" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1381</v>
+        <v>1378</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1382</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1383</v>
+        <v>1380</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I282" s="5"/>
+      <c r="I282" s="5" t="s">
+        <v>1381</v>
+      </c>
       <c r="J282" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K282" s="5" t="s">
+        <v>1382</v>
+      </c>
+      <c r="L282" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="M282" s="5" t="s">
         <v>1384</v>
-      </c>
-[...4 lines deleted...]
-        <v>1386</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1387</v>
+        <v>1385</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>1379</v>
+        <v>23</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E283" s="5" t="s">
-        <v>1380</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1386</v>
+      </c>
+      <c r="F283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I283" s="5"/>
+      <c r="I283" s="5" t="s">
+        <v>1387</v>
+      </c>
       <c r="J283" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K283" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K283" s="5" t="s">
+        <v>1388</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>1379</v>
+        <v>16</v>
       </c>
       <c r="D284" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E284" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H284" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I284" s="5"/>
+      <c r="H284" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I284" s="5" t="s">
+        <v>1393</v>
+      </c>
       <c r="J284" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K284" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K284" s="5" t="s">
+        <v>1394</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>510</v>
+        <v>1027</v>
       </c>
       <c r="D285" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I285" s="5"/>
       <c r="J285" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>40</v>
+        <v>270</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>46</v>
+        <v>154</v>
       </c>
       <c r="D286" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F286" s="5" t="s">
-        <v>1397</v>
+      <c r="F286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I286" s="5"/>
       <c r="J286" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>510</v>
+        <v>16</v>
       </c>
       <c r="D287" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I287" s="5"/>
       <c r="J287" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="B288" s="5" t="s">
-        <v>1405</v>
+        <v>270</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>712</v>
-[...4 lines deleted...]
-        </is>
+        <v>499</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>23</v>
       </c>
       <c r="E288" s="5" t="s">
-        <v>17</v>
+        <v>700</v>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H288" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H288" s="5" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I288" s="5"/>
       <c r="J288" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K288" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K288" s="5" t="s">
+        <v>1409</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1407</v>
+        <v>1410</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="289">
-      <c r="A289" s="5" t="s">
-        <v>1409</v>
+      <c r="A289" s="5" t="n">
+        <v>1892</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D289" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E289" s="5" t="s">
-        <v>17</v>
+      <c r="E289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H289" s="5" t="s">
-        <v>1410</v>
+      <c r="H289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I289" s="5"/>
       <c r="J289" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>1346</v>
+        <v>16</v>
       </c>
       <c r="D290" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G290" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H290" s="5" t="s">
+        <v>154</v>
       </c>
       <c r="I290" s="5"/>
       <c r="J290" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K290" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K290" s="5" t="s">
+        <v>1416</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>510</v>
+        <v>16</v>
       </c>
       <c r="D291" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I291" s="5"/>
       <c r="J291" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D292" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E292" s="5" t="s">
-        <v>35</v>
+      <c r="E292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H292" s="5" t="s">
-        <v>1422</v>
+      <c r="H292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I292" s="5"/>
       <c r="J292" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K292" s="5" t="s">
+      <c r="K292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L292" s="6" t="s">
         <v>1423</v>
       </c>
-      <c r="L292" s="6" t="s">
+      <c r="M292" s="5" t="s">
         <v>1424</v>
-      </c>
-[...1 lines deleted...]
-        <v>1425</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1426</v>
+        <v>1425</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="D293" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E293" s="5" t="s">
-        <v>234</v>
+      <c r="E293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H293" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H293" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="I293" s="5"/>
       <c r="J293" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K293" s="5" t="s">
+        <v>1426</v>
+      </c>
+      <c r="L293" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="M293" s="5" t="s">
         <v>1428</v>
-      </c>
-[...4 lines deleted...]
-        <v>1430</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1431</v>
+        <v>1429</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>712</v>
+        <v>16</v>
       </c>
       <c r="D294" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E294" s="5" t="s">
-        <v>1012</v>
+      <c r="E294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H294" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H294" s="5" t="s">
+        <v>1430</v>
       </c>
       <c r="I294" s="5"/>
       <c r="J294" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="K294" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K294" s="5" t="s">
+        <v>1431</v>
       </c>
       <c r="L294" s="6" t="s">
         <v>1432</v>
       </c>
       <c r="M294" s="5" t="s">
         <v>1433</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>