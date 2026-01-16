--- v0 (2025-11-11)
+++ v1 (2026-01-16)
@@ -44,331 +44,63 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1892-10-25</t>
+    <t>Udateret</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Emil Hannover</t>
+  </si>
+  <si>
     <t>Johan  Rohde</t>
   </si>
   <si>
-    <t>Emil Hannover</t>
-[...4 lines deleted...]
-  <si>
     <t>Den Hirschsprungske Samling</t>
-  </si>
-[...263 lines deleted...]
-    <t>Udateret</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/MF4o</t>
   </si>
   <si>
     <t>Kjære Rohde,
 Deres Svar fra Italien bragte mig
 til at mindes en Bog, jeg en Gang
 bladede igjennem, og som har den Titel
 Italien wie es wirklich ist. Den handlede,
 som Deres Brev, om Italiens Nederdrægtig-
 hed, om Italienernes Slyngelagtighed,
 om Lopperne og den sure Vin og
 Tiggerne og de hæslige Kvinder. Tager
 jeg ikke fejl, hed Bogens Forfatter 
 Nicolai, hvilket jeg sikkert for længst
 havde glemt, hvis ikke Bæreren af
 Navnet havde forekommet mig saa
 gnaven, at jeg selv, sammenlignende
 mig med ham, forekom mig at være
 det livsgladeste Menneske under
 Solen.
 Se nu, kjære Nicolai, hverken hin
 Bog eller Deres Brev har overbevist
 mig om, at mine egne Øjne har
@@ -433,50 +165,121 @@
 er. N…..d….ingen Nej, jeg troer virkelig,
 De er ved at blive blind af alt det
 meget, De i det sidste Halvaar har
 set. Ellers kan jeg ikke forklare mig,
 at De kan finde Livet i S. Gemignano
 eller Siena beslægtet med det i Hobro.
 Naa, men vi ses jo snart, og
 saa kan vi jo skændes videre og forklare
 os bedre. Jeg kan jo nu være forberedt paa,
 at De kommer hjem og fortæller, 
 at Dogepaladset er noget rent juks
 i Sammenligning med Bethelskibet, 
 eller at i hvert Fald Nyhavn i 
 Dejlighed overtræffer over hundred
 Gange den store Kanal i Venedig,
 og at Knippelsbro i Sammenligning
 med Rialto er den rene Poesi.
 Med min Kones Helbred gaaer det
 atter nedad, mit eget er heller ikke
 for godt. Willumsen har jeg set nogle
 Gange. Slott-Møllers skal være komne
 til Byen. Høstudstillingen er uhyre tarvelig
 jeg længes forfærdelig meget efter Dem, og
 min Kone og jeg sender Dem hjærtelige
 Hilsener. Deres hengivne Emil Hannover</t>
+  </si>
+  <si>
+    <t>1885-06-06</t>
+  </si>
+  <si>
+    <t>Rasmus  Christiansen</t>
+  </si>
+  <si>
+    <t>Aarhus</t>
+  </si>
+  <si>
+    <t>Rasmus Christiansen har modtaget et brevkort fra Emil Hannover. Hannover beder om hans adresse - men har ikke husket at angive, hvor han selv opholder sig. Christiansen spørger, hvordan Hannover og Wildenrath responderede på en sag i Berlingske, og han fortsætter med en humoristisk beskrivelse af følelsen af mindreværd efter Hannovers brev om Rubens og andre hovednavne i kunsthistorien. Christiansen planlægger et par ugers ophold i København, hvorefter han tager tilbage til Aarhus. Der har han lovning på et godt atelier, som står tomt i sommerperioden på teknisk skole: "Saa skal jeg til at spytte i Næverne og se at faa noget udrettet, hidtil har det kun været Rekognoceringer".</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/9FEX</t>
+  </si>
+  <si>
+    <t>Aarhus den 6 Juni 1885
+Kjære Hannover!
+Jeg har i Dag af den ny Ejer paa Frydenslund
+faaet overleveret Deres Brevkort, hvilket er meget
+heldigt, da jeg i Morgen stikker af igjen herfra
+Byen og bliver borte en 14 Dages Tid. Det er
+grumme snedigt af Dem, at De beder mig hurtigst
+mulig meddele Dem min Adresse, saafremt jeg
+ikke skulde faa Deres Kort, for at De kan til-
+skrive mig yderligere — hvordan skulde jeg bære
+mig ad med at skrive, naar jeg ikke af Deres
+Brev fik Deres Adresse? —
+Naar De igjen skriver, fortæl mig saa, hvad
+det blev til med det, som De og Wildenradt lave-
+de sammen som Modgift imod hvad der var
+fremkommet i “Berlingske” angaaende Adressen.
+—Ja undskyld — maaske bringer jeg ved denne An-
+modning et irriterende Pust herhjemmefra om alt
+det Vrøvl og Kjævl, som De nu lykkelig er und-
+sluppet; men i Deres sidste Brev til mig, hvor
+det nu var det traf mig et eller andet Sted oppe
+i Jylland, skrev De, at De havde lavet noget sam-
+men, som ikke var saa daarlig, men som jeg sene-
+re skulde faa nærmere Underretning om. —
+[2]
+Det er jo meget nedslaaende, hvad De fortæller om
+gamle Fatter Rubens og de andre. Man faar saadan
+en løjerlig Smag i Munden, naar man sammen-
+lignelsesvis kommer til at tænke paa ens egen
+Fedteri og Bagstræveri heroppe mellem Bønder-
+ne i Løbet af Sommeren.
+Omkring den 18-20 Juni rejser jeg til Kjø-
+benhavn og bliver der en fjorten Dages Tid eller
+mere. Indtil den første Juli er jeg der under
+alle Omstændigheder. Hvis De derfor skriver in-
+den den Tid, kan De ganske rolig addressere[sic] Bre-
+vet til Hauserplads 10, som sædvanligt. — Efter
+den Tid vil jeg altid kunne faa Deres Breve
+naar De adresserer dem hertil Aarhus, Olsens-
+vej No 12 i Stuen. 
+Naar jeg kommer her tilbage igjen faar jeg
+rimeligvis et godt Ateliér her i tekniskt Skoles 
+Lokaler, som ikke benyttes om Sommeren. 
+Saa skal jeg til at spytte i Næverne og se at faa
+noget udrettet, hidtil har det kun været Rekognocerin-
+ger.
+I Haab om snart at høre fra Dem en hjær-
+telig Hilsen med Ønsket om et godt Udbytte,
+baade med Hensyn til Deres Helbred og Deres
+Studier.
+R. Christiansen.
+[underskriften ender i en tegning af et edderkoppespind med en hængende edderkop.
+Under signaturen tillige en dekorativ tegning med påfuglefjer, en lærke, en slange, tre frøer
+og en snegl]</t>
   </si>
   <si>
     <t>1890-03-23</t>
   </si>
   <si>
     <t>Firenze</t>
   </si>
   <si>
     <t>Sandro Botticelli
 Georg Brandes
 Rasmus  Christiansen
 Alice Hannover
 Erik Henningsen
 Julius Langbehn
 Julius  Lange
 Karl Madsen
 Sophus Schandorph
 Agnes Slott-Møller
 Harald Slott-Møller</t>
   </si>
   <si>
     <t>Alice Hannover er stadig syg, men parret vil vente med at konsultere en læge, til de befinder sig i Rom. Hendes tilstand påvirker dem begge en del. Når Hannover har ladet sin Watteau-bog oversætte til tysk, er det for at kunne sammenligne udlandets reaktion med de hjemlige kritikeres. Hannover har opgivet tanken om at tage en universitetsgrad. Han har for meget om ørerne, og mener at han er blevet for gammel til det. Og dog kunne han godt tænkte sig den anerkendelse og indflydelse, der følger med. For Hannover er det især glæden ved at skrive om kunst, der driver hans værk. Han er efter eget udsagn mindre interesseret i, hvad andre måtte synes om det, han foretager sig.
 Hannover er på sin Italiensrejse blevet overbevist om den ældre kunsts storhed. Særligt fremhæver han Botticellis "Venus' fødsel" og "Foråret" i Uffizierne. Johan Rohde er en af de få kunstnere hjemme, der ikke forekommer Hannover ligegyldig i sammenligning. Hannover er mere kritisk indstillet overfor Harald Slott-Møllers kunst. Han betvivler ægtheden af den og mener ikke, at Slott-Møller ville være der, hvor han er nu, uden Agnes Slott-Møller. Hannover antyder i øvrigt nogle forbehold overfor venskabet med Harald Slott-Møller. Hannover har respekt for Agnes Slott-Møllers bestræbelser som kunstner, men er ikke begejstret for hendes fortolkning af historiemaleriet. Han har hørt om Julius Langbehns "Rembrandt som opdrager" (1890) mens han var i München, men han har ikke læst bogen. Han vil gerne høre, hvad Brandes har at sige om den. Han beder i det hele taget om nyt hjemmefra og vil gemme nærmere beskrivelser af den italienske kunst til et senere brev. Erik Henningsen er nabo til Hannovers i Firenze, men de er ikke på talefod.</t>
   </si>
   <si>
@@ -602,311 +405,50 @@
 Ja, nu skulde jeg jo egentlig først til at fortælle Dem om
 vor Rejse og om al den vidunderlige Kunst, vi har set. Men jeg
 tænker mig, De nu har nok af mig og helst vil gjemme Resten
 til en anden Gang. Men hvor forresten begynde og hvor ende for at
 give Dem en Forestilling om al denne Herlighed! Da jeg havde skrevet
 de første Sider af dette Brev var Botticellis Venus det bedste, jeg endnu
 havde set paa min Rejse. Men nu, Dagen efter, har jeg allerede set
 noget endnu bedre, et Vidunder mellem alle Vidundere af Kunst:
 Botticellis ”Foraaret”. Aa, man kunde blive gal af Henrykkelse
 foran dét Billed!
 Vi har været nu i Verona, Padua og Bologna, og herfra Florents
 gaaer vi over Siena og Orvieto til Rom, hvor vi tænker at
 blive en Maaned. Hvis De skriver, kan De skrive posta
 restante, og har De Tid, kan de[!] glæde os meget ved snart igjen
 at lade os høre fra Dem. Min Kone sender hjærtelige Hilsener, 
 ligesom Deres hengivne
 Emil Hannover
 jeg modtog først Deres 11/3 daterede
 Brev igaar, d. 22/3. Firenze.
 [I højre margen:]
 E. Henningsen boer her hos samme Dame som vi. Jeg skal ved Lejlig-
 hed fortælle Dem, hvorledes han ser paa Malerier i Gallerierne. Forresten
 har vi intet at gjøre med ham; vi hilser ikke en Gang paa hinanden.</t>
   </si>
   <si>
-    <t>1892-09-13</t>
-[...259 lines deleted...]
-  <si>
     <t>1890-09-04</t>
   </si>
   <si>
     <t>Agnes Slott-Møller
 Harald Slott-Møller
 Johan Peter Wildenrath</t>
   </si>
   <si>
     <t>Brevet fortsættes den efterfølgende dag, hvor Rohde undskylder for at have misforstået Emil Hannovers stillingtagen i sagen. Se brevet fra Rohde, 5/9-1890, der må formodes at have været vedlagt nærværende brev fra 4/9, som ikke afsluttes med en hilsen eller Rohdes signatur.</t>
   </si>
   <si>
     <t>Wildenrath har bedt om flere penge. Rohde lader det være op til Hannover at afgøre, om hans ønske skal imødekommes, men mener, at det vil være en fejl at gøre. I sammenligning med sine danske kunstnerkolleger lever Wildenrath langt over evne. Rohde er irriteret over hans desperate facon, og mener, at han bør have sig en lærestreg. Så længe han bliver ved med at få tilsendt penge hjemmefra, er det usandsynligt, at han overhovedet kommer hjem. Rohde mener, at han både kunne leve billigere og blive en bedre kunstner hjemme end i udlandet.</t>
   </si>
   <si>
     <t>https://emilhannover.ktdk.dk/d/k4hQ</t>
   </si>
   <si>
     <t>Torsdag Aften. D-4 Sept-90.
 Kjære Venner! Tak for Deres Brev, der har foraarsaget
 mig nogen – Ærgrelse. ): mest det indlagte
 Brudstykke. Jeg ser imidlertid af Aktstykkerne,
 at mine gode Venner paa Katterinebjærg til De[sic]
 saa mange udmærkede Egenskaber ogsaa føjer en
 englelig Taalmodighed.
 — Ja det er jo egentlig meningsløst af
@@ -973,50 +515,508 @@
 [4]
 Det sandsynligste er jo, at Værten i Holland beslag-
 lægger Postanvisningen med de 500, og saa er han jo
 lige vidt.
 Men hvorfor Manden foretrækker, at lade sin Kone
 sidde paa Kontor i Marseille og selv være Skopud-
 ser (?) fremfor at tage den Billet til Kjøbenhavn,
 som bliver ham tilbudt, det forstaar jeg ikke.
 Herregud vi er jo nok Smaafolk og Fattigfolk
 herhjemme, men endnu har jeg dog ikke set nogle
 af W’s ligestillede som Skopudsere. De lever
 dog som Malere, hvordan de nu end bærer sig
 ad dermed.
 Men som sagt jeg forstaar ikke, at De mere vil
 have noget med W.s Pengeaffærer at gjøre
 thi de er jo haabløse — som De selv stadig
 siger — og det er jo hans egen Skyld, som De
 ogsaa selv siger.
 De 500 Kroner der staar i Sparekassen er jo
 W’s; men det forekommer mig, at jo før der
 kommer et Krach desto bedre. Det kunde maa-
 ske forandre hans Opfattelse af, hvad en
 Mand uden Formue kan tillade sig.
 Eller tror De maaske paa Succes’en i Paris, selv
 om han fik nogle af sine Billeder udstillede?</t>
+  </si>
+  <si>
+    <t>1892-08-02</t>
+  </si>
+  <si>
+    <t>Middelfart</t>
+  </si>
+  <si>
+    <t>Otto Benzon
+Alice Hannover</t>
+  </si>
+  <si>
+    <t>Den danske forfatter og poet Otto Benzon omtales i sagen om den bortløbne ægtefælle, mens identiteten af Svend Rubow, der også har part i sagen, ikke er kendt pt.</t>
+  </si>
+  <si>
+    <t>Emil Hannover skriver fra Middelfart, hvor han og Alice opholder sig, da et udbrud af kolera i Aarhus har sendt dem fra Silkeborg Kuranstalt før tid. Han glæder sig over, at Johan Rohde endelig er på vej mod Italien, og brevet indledes derfor med en stribe venlige formaninger om, hvordan vennen bedst anvender sin tid i udlandet. Hvad angår nyheder fra København remser Hannover op, at han og Alice muligvis flytter fra deres lejlighed i Reventlowsgade til en ejendom ved Frue Plads, at han fortsætter sit engagement ved Politiken, og at en hustru (ikke hans egen) er bortløben.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/Vwo9</t>
+  </si>
+  <si>
+    <t>Behrendts Hotel
+Middelfart
+2. VIII. 92
+Kjære Rohde,
+Mange Gange Tak for Deres venlige Brev
+fra Salzburg. Det glædede os meget at se,
+at De var paa Vejen til Italien. Det er
+vist en udmærket Plan at ville kopiere
+noget i S. Gemignano – Gozzoli eller
+Ghirlandajo –, men De maa dog ikke
+ofre altfor megen Tid derpaa og navnlig
+ikke lade Kopien stjæle altfor megen Tid
+fra Florentz og de andre Byer i det nord-
+lige Italien. Saa langt syd paa som til
+Siena maa De ogsaa endelig søge at
+komme. Med stor Længsel imødeser jeg
+nu Deres første Brev fra Italien. Jeg ved
+ikke, om jeg har faaet sagt Dem Tak for
+sidste Del af Journalen, som jeg havde
+stor Glæde af. Jeg er nysgærrig efter at
+erfare, om De vil kunne overkomme
+at fortsætte den i Italien: De bør dog
+sikkert sætte noget ind paa at kunne
+gjøre det.
+Kuren i Silkeborg sluttede den 1 Sept. Det
+var Meningen, at min Kone skulde
+være bleven i Jylland endnu nogle Uger,
+men Budskabet om Koleraen i Aarhus
+forjog os, og vi har nu foreløbig slaaet os
+ned her i Middelfart, hvor min Kone
+formodentlig bliver, naar jeg om nogle Dage
+tager til Kjøbenhavn.
+[2]
+I min Kones Helbred er der tydelige Frem-
+skridt at spore. Hendes Bryst er efter
+Lægernes Sigende en Del bedre, men der
+er dog endnu nogen Sygelighed tilbage. Da
+hun ikke mener, at vor Lejlighed i
+Reventlowsgade er sund for hende, tænker
+vi paa at flytte endnu i dette Efteraar,
+og der er Tale om en Lejlighed paa
+Hjørnet af Nørregade og Frue Plads.
+Flytningen vil desværre gjøre et nyt Af-
+bræk i mit Arbejde, som har hvilet
+fuldstændig i de sidste tre Uger. Jeg kan
+forresten melde Dem, at jeg har bundet
+mig paa Ny til ”Politiken” for det
+kommende Aar, uden dog at have til 
+Hensigt at blive nogen synderlig flittig
+Medarbejder.
+Ja, jeg er ellers i den pinlige Situation
+aldeles intet at have at skrive. Den
+eneste Skandale – fraregnet de kommunale –
+der længe er kommen mig for Øre er
+den, at Otto Benzons Kone er løbet bort
+med Svend Rubow. De kjender for-
+modentlig ingen af Parterne og har
+[3]
+følgelig ingen Interesse af Sagen.
+Straf mig nu ikke for disse
+Liniers Kummerlighed ved at blive
+ugidelig til at skrive. Jeg er bleven saa
+dum af disse tre Maaneders Liv i den
+frie Luft, at jeg kun med Undseelse
+vover mig til Kjøbenhavn igjen. Jeg
+medbringer imidlertid fem Pund dejligt
+nyt Kjød, som jeg haaber at kunne
+omsætte i Intelligenspapirer i Hoved-
+staden.
+Lev nu vel og skriv, som sagt, saa snart
+som mulig og giv os Andel i alle de
+Nydelser, der forestaaer Dem. Hils
+Botticellis Foraar og anden Skjønhed
+paa de Veje i Italien, jeg selv har betraadt.
+Jeg vilde forfærdelig gærne have haft
+Dem under Armen paa Deres første
+Gang i Florents’ Gader!
+De venligste Hilsener fra os begge.
+Deres hengivne
+Emil Hannover</t>
+  </si>
+  <si>
+    <t>1892-09-13</t>
+  </si>
+  <si>
+    <t>Agnes Slott-Møller
+Harald Slott-Møller
+Hans von Marées</t>
+  </si>
+  <si>
+    <t>Hannover bekræfter at have modtaget hele Rohdes journal. Han beder Rohde forhindre, at Slott-Møllers flytter ind i en lejlighed i dårlig stand.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/85Gr</t>
+  </si>
+  <si>
+    <t>Kjære Ven,
+Journalen er vistnok komplet. Jeg har liggende
+p. 1 – 168; de sidste Sider handler om Marées.
+Alt her ved det gamle, længes meget efter at
+faa Dem hjem. Kunde De ikke skrive til
+Slott-Møllers, at De de ikke maa flytte ind i
+det smækvaade nye Sted. Men De maa naturlig-
+vis ikke skrive, det er mig, som har allarmeret
+Dem desangaaende.
+Lad os snart høre fra Dem igjen.
+Deres hengivne 
+E.H.
+13. IX. 92</t>
+  </si>
+  <si>
+    <t>1892-10-10</t>
+  </si>
+  <si>
+    <t>San Gimignano</t>
+  </si>
+  <si>
+    <t>Alice Hannover</t>
+  </si>
+  <si>
+    <t>Johan Rohde beder Emil Hannover bekræfte, at han har modtaget de seneste forsendelser fra sig: omkring 50 siders rejsebeskrivelser fordelt på fire breve.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/4djS</t>
+  </si>
+  <si>
+    <t>Locanda il leon bianco.
+San Gimignano d. 10 Okt.
+Italia (Provincia di Siena.)
+Kjære Ven! Kun to Ord, — jeg har daarlig
+Tid. Da jeg formoder at der er noget
+galt fat med min Korrespondance — det
+synes som om en Del Breve er gaaet tabt
+(NB ikke Breve vexlede mellem Dem og mig),
+beder jeg Dem omgaaende lade mig vide,
+... om De har modtaget — jeg troer — c. 50
+Sider af min Journal sendte i 4 Breve
+umiddelbart efter hinanden og efter det
+første Brev hvorpaa, jeg modtog Svar for
+en Uge siden.
+Tak for Brevet som jeg gjerne vilde have 
+Tid til at besvare. Venlig Hilsen
+til Deres Kone, Dem selv
+Deres Johan Rohde
+bliver her endnu sandsynligvis en Uges Tid.</t>
+  </si>
+  <si>
+    <t>1892-10-25</t>
+  </si>
+  <si>
+    <t>Siena</t>
+  </si>
+  <si>
+    <t>Johan Rohde er i pengenød i Siena og spørger, om han kan få nogle udlånte penge retur foruden et lån lagt oveni fra Hannover. Han fortæller om sine planer i Firenzes omegn, før han om nogle uger vil forlade Toscana for at rejse nordpå.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/vIJD</t>
+  </si>
+  <si>
+    <t>[med blæk i Emil Hannovers hånd:]
+afs. 137 lirer
+D. 29/X–92
+Siena d. 25-X-92
+Kjære Ven!
+De tilbød mig engang at sende mig nogle Penge
+som jeg havde lagt ud for Dem: det var
+i mine flotte Dage, da Dublonerne rullede
+— nu er de forbi, og jeg er en forarmet 
+Mand. Derfor beder jeg nu om Pengene,
+men jeg gaar endogsaa lidt videre og spørger
+Dem om De i Øjeblikket er saaledes
+situeret at De kan laane mig nogle extra
+— Jeg spørger Dem lige ud derom og
+dette frimodige Spørgsmaal forudsætter
+at De ligesaa frimodigt vil sige nej,
+hvis De ikke kan eller ikke har Lyst.
+Hvis De kan og vil, vilde jeg bede Dem
+have den ulejlighed at sende mig i alt 100
+Kr. paa en Postanvisning til Florents
+poste restante, og i saa Fald var det maaske
+rigtigst med 2 Ord at underrette mig derom ...
+— (samme Adresse). Jeg rejser imorgen til
+Orvieto[,] gjør maaske paa Rejsen derfra til
+[2]
+Florents et lille Ophold i Cortona eller Chiusi
+for at se en etruskisk Grav med Væggemaleri
+kommer i hvert Fald om et Par Dage
+til Florents[,] bliver der c. et Par Uger og da
+gaar Rejsen mod Nord.
+Det er sandt[,] De talte om en billig
+Fotograf i Florents, men gav mig ikke
+Adressen. —
+venlig Hilsen til Ders Kone
+haaber at det gaar bedre med
+Helbredet
+Deres
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1892-10-29</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/OV1f</t>
+  </si>
+  <si>
+    <t>Kjære Rohde,
+Tak for deres linjer fra Siena. Det er mig selvfølgelig en
+Fornøjelse at kunne sende Dem de 100 Kroner.
+Dog er det muligt, at Postanvisningen først kommer
+afsted paa mandag. Hvis de behøver flere Penge,
+Kan jeg godt skaffe Dem dem, thi jeg nyder en
+uindskrænket Kredit hos Christiansen, naar jeg 
+ingen har selv.
+De maa da ikke forlade Italien uden at have set 
+Venedig. Har de ikke Tid eller Raad til mere, maa 
+De tage derhen og sejle omkring i Gaderne et Par 
+Dage. Naar kan vi vente Dem?
+Venlige hilsener fra os begge
+Deres hengivne E.H.</t>
+  </si>
+  <si>
+    <t>1892-11-08</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Se Johan Rohdes brev til Emil Hannover dateret 25. september 1892, hvori Rohde beder Hannover om at få nogle lånte penge tilbagebetalt, samt et beløb til låns oveni, da det nu er Rohde selv, der er i økonomisk bekneb. Det såkaldt arrige brev, Rohde omtaler at have sendt til Hannover om sommeren, kan være brevet dateret 25 august det år: Rohde har skrevet nogle lidt utidige bemærkninger om, at Guldalderen - som Hannover netop da skriver om i sin Købke-bog - er en kedelig periode.</t>
+  </si>
+  <si>
+    <t>"et gnavent Brev" i sommers fra Johan Rohde til Emil Hannover, som svarede ham lettere arrigt: Ved siden af en tak for penge tilbagebetalt og en sum derudover til låns, er den misfornøjede udveksling emnet for denne hilsen fra Rohde i Italien, hvor vejret til gengæld nu er dejligt og humøret tilsvarende godt. Han har faktisk slet ikke tid til at skrive breve, men han håber at ses snart med sin ven i København; der er meget at berette.</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/HXBW</t>
+  </si>
+  <si>
+    <t>Ravenna d. 8 Nov. 92
+Kjære Ven!
+Kun to Ord for at takke
+Dem for de i Florents mod-
+tagne Penge (100 Kr). Og und-
+skyld min Paatrængenhed.
+—
+Jeg skrev Dem engang i 
+Begyndelsen af mit Ophold
+hernede et gnavent Brev
+[2]
+til, og De svarede mig med et
+— skal vi sige en lille Smule
+arrigt (andre gjorde forresten ligesaa)
+— havde jeg ventet med mit Brev
+til nu, vilde Korrespondancen for-
+modentligt have formet sig anderledes,
+da jeg har modificeret mine An-
+skuelser en Del.
+Jeg kom hertil i Sommer og traf
+Vinter — men i denne Vintertid har
+jeg nu fundet Sommer — og i Som-
+mervejr kan der være herligt baade
+i Florents og Siena og mange
+andre Steder.
+Men jeg har slet ikke Tid
+til at skrive Breve.
+[3]
+Venlig Hilsen til Dem
+og Deres Kone; nu
+haaber jeg snart vi ses
+Jeg længes ogsaa efter at pakke
+lidt ud af “Posen”, der kan
+snart ikke være mere — eller rettere;
+der kan ikke være mere.
+Deres
+Johan Rohde</t>
+  </si>
+  <si>
+    <t>1895-09-21</t>
+  </si>
+  <si>
+    <t>H.P. Hanssen</t>
+  </si>
+  <si>
+    <t>Aabenraa</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/dObv</t>
+  </si>
+  <si>
+    <t>Aabenraa
+d 21 Septbr. 95
+Højstærede Hr. Emil Hannover!
+Hr. Stolzenburg har modtaget Deres Bud
+at jeg kan nu meddele Dem, at han beredvil-
+lig vil stille sine Malerier til Disposition.
+Jeg afsender nu herfra til Kunstforeningen:
+Et Portræt af Jessens Kone
+En dansk Korvet
+[klamme efter de to titler og teksten:] begge af Eckersberg
+Et Portræt af J. Jessen
+To Portrætter af Borgere i Aabenraa
+[klamme efter de to titler og teksten:] alle malede af J. Jessen 
+De to sidste Portrætter er delvis ødelagde af en 
+Haandværker her i Byen, der har villet ”opfri-
+ske Omridsene”.
+Endvidere har jeg fundet endnu et Portræt
+[2]
+her i Byen, der skal være malet af Eckersberg
+men som ikke sendes med, da det ikke vides
+bestemt. Det ejes af Orgelbygger Markussen
+og er af hans Fader. De vil maaske undersøge
+det nærmere, naar De kommer herover.
+Endelig sender jeg Dem hoslagt[?] i Brevet
+den omtalte lille Tegning, der efter Tradi-
+tionen er tegnet af Eckersberg paa en
+Kornskjæppe i Loen mens han var Tjeneste-
+dreng i Bollerslev Sogn og som han har foræret
+en god Ven her i Byen, senere Murmester
+Callesen. I Virkeligheden er den vist tegnet
+1807, da Major Schill ikke var kjendt før den
+Tid, under et Ophold i Aabenraa, rimelig-
+vis i Anledning af hans gamle Mester
+Maler J. Jessens Død, og han har da foræret
+den til sin Ven fra Tjenestedrenge-Dagene
+som en Prøve paa, hvad han nu kunde.
+Sikkert er det, at den stammer fra Eckersbergs
+[3]
+Haand. Dette i stor Hast. De andre Op-
+tegnelse[r], som jeg har liggende skal De faa senere,
+og hvis De kommer herover som De stillede i 
+Udsigt, skal jeg gjærne være Dem til Tjeneste.
+Fra Senator Stolzenburg skal jeg hilse og sige
+at De er velkommen i hans Hus og at hans 
+Kone J. Jessens, Sønnedatter gjærne vil fortælle
+Dem alt hvad hun ved.
+Deres ærb. forb.
+Hr. Hanssen-Nørremølle</t>
+  </si>
+  <si>
+    <t>1900-09-25</t>
+  </si>
+  <si>
+    <t>Niels  Skovgaard</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/ikwb</t>
+  </si>
+  <si>
+    <t>Et hoved som dette med rødt hår og skæg, hvid skjortekrave og rødlig dragt, købte
+jeg på auktionen efter C.H. (Fader var dengang død). Nummeret ved jeg ikke, heller
+ikke det fra udstillingen i Kunstfor:. Jeg har aldrig været i tvivl om, at det er et
+studie til ”Kong Abel”. Det er vist malt efter en model
+som han ofte brugte. Der er hverken signatur eller
+dato. Højde 11½ Tomme, brede [!] 10½ Tomme, lysmål.
+Billederne af fru C.H. med tre børn og
+min moder med Joakim og mig ere
+16¼ Tomme høje og 19¼ Tomme brede.
+Jeg var forleden oppe på stilladset i universi-
+tetets forhald [!], og beundrede en smedesvend som
+løfter hammeren over sit hoved. Jeg tænkte på,
+at en gengivelse af ham i Deres bog, vilde give
+et godt begreb om hvad C.H. kunde gjøre
+med få midler, og hvor flydende hans behand-
+ling kunde være, men De har naturligvis
+studeret de ting så nøje, at De finder, at jeg hellere skulde 
+passe mig selv. Det er dog interesse og ikke vigtighed, som fik
+mig til at skrive dette. 
+Deres Niels Skovgaard.</t>
+  </si>
+  <si>
+    <t>1900-12-18</t>
+  </si>
+  <si>
+    <t>Theodor Philipsen</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/oDGf</t>
+  </si>
+  <si>
+    <t>På bagsiden, både foroven og forneden, med blyant med Emil Hannovers hånd: Philipsen
+Kastrup den 18de Dcb
+1900
+Kjære Hannover
+Her har De nogle Kragetær
+som skal forestille Const
+Hansens Model til Prometeus,
+men Studiet staaer til
+Deres Disposition, hvis
+De ønsker det. Baggrunden
+er det hvide Lærred, men
+Signatur findes ikke.
+Med Ønsket om en glædelig
+Jul er jeg Deres hengivne
+Th Philipsen
+[2]
+Tegning</t>
+  </si>
+  <si>
+    <t>1905-04-28</t>
+  </si>
+  <si>
+    <t>Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Amaliegade
+København</t>
+  </si>
+  <si>
+    <t>https://emilhannover.ktdk.dk/d/wBR2</t>
+  </si>
+  <si>
+    <t>[med blyant i Hannovers hånd:] Zahrtmann
+Amaliegd 14. 28 April 5
+Kære Hr. Hannover!
+Tak for Forespørgslen. Jeg tror ikke
+der existerer Fotografi direkte efter 
+Billedet af Leon. Christina i Ma-
+ribo. Derimod haves et stort, særd[e]-
+les godt Fototypi hos Winkel og Mag[-]
+nussen af Gætjes Tegning dertil og 
+den kan jeg ikke sende. Winkel &amp;amp;
+M. have i sin Tid foruden at tage Bil-
+ledet lille til L. Chr. Mappen taget 
+det ene Billed stort, men jeg har aldrig
+haft noget Exemplar deraf. Derpaa 
+er Lysfordelingen mere storslaa[e]t tror
+jeg end i Billedet. 
+præterea censeo at den døen[-]
+de Sofie Amalie er langt betydeli-
+gere i hver Henseende.
+Deres heng.
+Kristian Zahrtmann
+Sidste sætning[?] tildels[?] tilføjet fordi jeg i enkelte
+Ting elsker en behersket Dissonans, saaledes
+de røde Trekanter i Tæppet paa Atelieret paa
+den frie.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1093,51 +1093,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://emilhannover.ktdk.dk/d/vIJD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/OV1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4djS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Vwo9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HXBW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/MF4o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/kGfn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/85Gr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wBR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ikwb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/oDGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/9FEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dObv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/k4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://emilhannover.ktdk.dk/d/MF4o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/9FEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/kGfn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/k4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/Vwo9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/85Gr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/4djS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/vIJD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/OV1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/HXBW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/dObv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/ikwb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/oDGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://emilhannover.ktdk.dk/d/wBR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1177,681 +1177,681 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
-        <v>17</v>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E3" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>23</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>24</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="F5" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K5" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="J5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>40</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="I6" s="5" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H7" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E9" s="5" t="s">
+        <v>57</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="s">
-        <v>55</v>
+      <c r="H9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E10" s="5" t="s">
-        <v>61</v>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L10" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I11" s="5"/>
+      <c r="I11" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="J11" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="K11" s="5" t="s">
+        <v>68</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L12" s="6" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>15</v>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>17</v>
+      </c>
+      <c r="K13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L13" s="6" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>15</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I14" s="5"/>
       <c r="J14" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L14" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D15" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E15" s="5" t="s">
+        <v>86</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="s">
-[...11 lines deleted...]
-        <v>86</v>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L15" s="6" t="s">
         <v>87</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>88</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>